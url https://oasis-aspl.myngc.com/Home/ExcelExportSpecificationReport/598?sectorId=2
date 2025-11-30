--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4d34cd64c3499a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12174e7163b400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R090a6e334acc4307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbe99d4692c6d461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R090a6e334acc4307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe99d4692c6d461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -799,1986 +799,2084 @@
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>9</x:v>
+        <x:v>26164</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90049444</x:v>
+        <x:v>90059086</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
+        <x:v>Certified Metal Craft Inc</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>2454 E 58TH ST</x:v>
+        <x:v>877 VERNON WAY</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>VERNON</x:v>
+        <x:v>EL CAJON</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90058-3558</x:v>
+        <x:v>92020</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>323-583-8711</x:v>
+        <x:v>619-593-3636</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/16/2023</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>25464</x:v>
+        <x:v>29216</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>5490</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90043413</x:v>
+        <x:v>90049444</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>CLIO INC BB HEMPHILL SPRINGS                      </x:v>
+        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>12981 166TH ST                      </x:v>
+        <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>CERRITOS                            </x:v>
+        <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90703                               </x:v>
+        <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>5629263724</x:v>
+        <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>562-483-1532</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>25440</x:v>
+        <x:v>25464</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>183</x:v>
+        <x:v>5490</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90049647</x:v>
+        <x:v>90043413</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Continental Heat Treating</x:v>
+        <x:v>CLIO INC BB HEMPHILL SPRINGS                      </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>10643 S. Norwalk Ave</x:v>
+        <x:v>12981 166TH ST                      </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Santa Fe Springs</x:v>
+        <x:v>CERRITOS                            </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90670</x:v>
+        <x:v>90703                               </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(562) 944-8808</x:v>
+        <x:v>5629263724</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(562) 944-1499</x:v>
+        <x:v>562-483-1532</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>9/25/2008</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>28921</x:v>
+        <x:v>25440</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>85</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90049647</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>Continental Heat Treating</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>10643 S. Norwalk Ave</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Santa Fe Springs</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>90670</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>(562) 944-8808</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>(562) 944-1499</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/25/2008</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>30398</x:v>
+        <x:v>28921</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>189</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90050735</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>101 CLASSON AVE # 105               </x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>BROOKLYN                            </x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>NY </x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>11205-1401                          </x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>718-625-1266</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>718-875-0582</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>29598</x:v>
+        <x:v>30398</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>26029</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90068565</x:v>
+        <x:v>90050735</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>HTA LOS ANGELES LLC                               </x:v>
+        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>10140 Romandel Ave                  </x:v>
+        <x:v>101 CLASSON AVE # 105               </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>SANTA FE SPRINGS                    </x:v>
+        <x:v>BROOKLYN                            </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>90670-3407                          </x:v>
+        <x:v>11205-1401                          </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>5623212100</x:v>
+        <x:v>718-625-1266</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>562-321-2096</x:v>
+        <x:v>718-875-0582</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>9/13/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>28883</x:v>
+        <x:v>29598</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>2960</x:v>
+        <x:v>26029</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90050936</x:v>
+        <x:v>90068565</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>18301 S SANTA FE AVE</x:v>
+        <x:v>10140 Romandel Ave                  </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>90221</x:v>
+        <x:v>90670-3407                          </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>3105373750</x:v>
+        <x:v>5623212100</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>310-537-2919</x:v>
+        <x:v>562-321-2096</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/13/2021</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Limited to furnaces V1, AR3, and AR5</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>25474</x:v>
+        <x:v>28883</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>3218</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90042003</x:v>
+        <x:v>90050936</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>KAYDON CORPORATION</x:v>
+        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>2860 MCCRACKEN ST</x:v>
+        <x:v>18301 S SANTA FE AVE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>NORTON SHORES</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>MI</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>49441-3421</x:v>
+        <x:v>90221</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>231-755-3747</x:v>
+        <x:v>3105373750</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>231-755-4102</x:v>
+        <x:v>310-537-2919</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Martensitic Corrosion resistant steel parts</x:v>
+        <x:v>Limited to furnaces V1, AR3, and AR5</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>25608</x:v>
+        <x:v>25474</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>23794</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>67213</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v/>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V17" t="str">
         <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>29543</x:v>
+        <x:v>25323</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>24890</x:v>
+        <x:v>3218</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90066192</x:v>
+        <x:v>90042003</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>National Thermal Processing, Inc.</x:v>
+        <x:v>KAYDON CORPORATION</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>14651 Mallory Drive</x:v>
+        <x:v>2860 MCCRACKEN ST</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Fontana</x:v>
+        <x:v>NORTON SHORES</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA</x:v>
+        <x:v>MI</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>92335</x:v>
+        <x:v>49441-3421</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>909-427-1300</x:v>
+        <x:v>231-755-3747</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>231-755-4102</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>5/12/2020</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v/>
+        <x:v>Martensitic Corrosion resistant steel parts</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>29945</x:v>
+        <x:v>25608</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>87</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>NH</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>03246</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>25475</x:v>
+        <x:v>29543</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>148</x:v>
+        <x:v>24890</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90066192</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>National Thermal Processing, Inc.</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>14651 Mallory Drive</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Fontana</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>98032</x:v>
+        <x:v>92335</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>909-427-1300</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/12/2020</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>28903</x:v>
+        <x:v>29945</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>12075</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90065980</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>4827 CHELSEA AVE                    </x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>MO </x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>64130-2821                          </x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>816-595-5424</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>4/25/2016</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>27409</x:v>
+        <x:v>25475</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>343</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V22" t="str">
         <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>30315</x:v>
+        <x:v>28903</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>242</x:v>
+        <x:v>12075</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90065980</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>4827 CHELSEA AVE                    </x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>PA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>19446</x:v>
+        <x:v>64130-2821                          </x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>816-595-5424</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>4/25/2016</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>24910</x:v>
+        <x:v>27409</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>26164</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90059086</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Solar Atmospheres (formerly Certified Metal Craft)</x:v>
+        <x:v>Quality Heat Treating</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>877 VERNON WAY</x:v>
+        <x:v>3305 Burton Ave              </x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>EL CAJON</x:v>
+        <x:v>Burbank</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>92020</x:v>
+        <x:v>91504-3106                          </x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>619-593-3636</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>6/16/2023</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29216</x:v>
+        <x:v>30315</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>211</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90127588</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>8606 LIVE OAK AVE                   </x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>FONTANA                             </x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>92335                               </x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>9092177400</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>3/22/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>30153</x:v>
+        <x:v>24910</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>29703</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90206229</x:v>
+        <x:v>90127588</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
+        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>9516 LYNWOOD DR                     </x:v>
+        <x:v>8606 LIVE OAK AVE                   </x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>FORT WORTH                          </x:v>
+        <x:v>FONTANA                             </x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>76134                               </x:v>
+        <x:v>92335                               </x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>817-797-2287</x:v>
+        <x:v>9092177400</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>9/3/2024</x:v>
+        <x:v>3/22/2012</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v>F-35 Ground support only.																					</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>29894</x:v>
+        <x:v>30153</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>26397</x:v>
+        <x:v>29703</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90204172</x:v>
+        <x:v>90206229</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Superior Heat Treat LLC</x:v>
+        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>36125 Groesbeck Hwy</x:v>
+        <x:v>9516 LYNWOOD DR                     </x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Clinton Township</x:v>
+        <x:v>FORT WORTH                          </x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>MI</x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>48035</x:v>
+        <x:v>76134                               </x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>586-792-9500</x:v>
+        <x:v>817-797-2287</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>6/6/2024</x:v>
+        <x:v>9/3/2024</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>No Vacuum Furnaces used</x:v>
+        <x:v>																					</x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>30216</x:v>
+        <x:v>29894</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>26403</x:v>
+        <x:v>26397</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90203983</x:v>
+        <x:v>90204172</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>VACUBRAZE INC</x:v>
+        <x:v>Superior Heat Treat LLC</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>2200 Kumry Road</x:v>
+        <x:v>36125 Groesbeck Hwy</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Quakertown</x:v>
+        <x:v>Clinton Township</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>PA</x:v>
+        <x:v>MI</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>18951</x:v>
+        <x:v>48035</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>215-453-0414</x:v>
+        <x:v>586-792-9500</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>6/28/2024</x:v>
+        <x:v>6/6/2024</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Ground support hardware only</x:v>
+        <x:v>No Vacuum Furnaces used</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>29712</x:v>
+        <x:v>30216</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="n">
+        <x:v>26403</x:v>
+      </x:c>
+      <x:c r="B29" t="str">
+        <x:v>90203983</x:v>
+      </x:c>
+      <x:c r="C29" t="str">
+        <x:v>VACUBRAZE INC</x:v>
+      </x:c>
+      <x:c r="D29" t="str">
+        <x:v>2200 Kumry Road</x:v>
+      </x:c>
+      <x:c r="E29" t="str">
+        <x:v>Quakertown</x:v>
+      </x:c>
+      <x:c r="F29" t="str">
+        <x:v>PA</x:v>
+      </x:c>
+      <x:c r="G29" t="str">
+        <x:v>18951</x:v>
+      </x:c>
+      <x:c r="H29" t="str">
+        <x:v>215-453-0414</x:v>
+      </x:c>
+      <x:c r="I29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J29" t="str">
+        <x:v>6/28/2024</x:v>
+      </x:c>
+      <x:c r="K29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O29" t="str">
+        <x:v>AMS 2759</x:v>
+      </x:c>
+      <x:c r="P29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q29" t="str">
+        <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
+      </x:c>
+      <x:c r="R29" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U29" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V29" t="str">
+        <x:v>Ground support hardware only</x:v>
+      </x:c>
+      <x:c r="W29" t="n">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="X29" t="n">
+        <x:v>29712</x:v>
+      </x:c>
+      <x:c r="Y29" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z29" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA29" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB29" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC29" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD29" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE29" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF29" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>