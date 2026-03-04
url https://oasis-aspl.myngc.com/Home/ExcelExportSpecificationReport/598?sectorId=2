--- v1 (2025-11-30)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re12174e7163b400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb75139668bc492e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbe99d4692c6d461d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9e4e6c5ce9614292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe99d4692c6d461d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e4e6c5ce9614292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,313 +211,313 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>137</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90055923</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Bodycote Thermal Processing</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>9921 Romandel Ave              </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Santa Fe Springs             </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>90220</x:v>
+        <x:v>90670-3441                          </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>213-946-1717</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2014</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V3" t="str">
         <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>29324</x:v>
+        <x:v>29793</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>309</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90055923</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>9921 Romandel Ave              </x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Santa Fe Springs             </x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90670-3441                          </x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>213-946-1717</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>8/7/2014</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>29793</x:v>
+        <x:v>29111</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>29111</x:v>
+        <x:v>29324</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -799,1881 +799,1881 @@
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>26164</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90059086</x:v>
+        <x:v>90049444</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Certified Metal Craft Inc</x:v>
+        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>877 VERNON WAY</x:v>
+        <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>EL CAJON</x:v>
+        <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>92020</x:v>
+        <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>619-593-3636</x:v>
+        <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>6/16/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>29216</x:v>
+        <x:v>25464</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>9</x:v>
+        <x:v>5490</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90049444</x:v>
+        <x:v>90043413</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
+        <x:v>CLIO INC BB HEMPHILL SPRINGS                      </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>2454 E 58TH ST</x:v>
+        <x:v>12981 166TH ST                      </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>VERNON</x:v>
+        <x:v>CERRITOS                            </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90058-3558</x:v>
+        <x:v>90703                               </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>323-583-8711</x:v>
+        <x:v>5629263724</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>562-483-1532</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>25464</x:v>
+        <x:v>25440</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>5490</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90043413</x:v>
+        <x:v>90049647</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>CLIO INC BB HEMPHILL SPRINGS                      </x:v>
+        <x:v>Continental Heat Treating</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>12981 166TH ST                      </x:v>
+        <x:v>10643 S. Norwalk Ave</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>CERRITOS                            </x:v>
+        <x:v>Santa Fe Springs</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90703                               </x:v>
+        <x:v>90670</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>5629263724</x:v>
+        <x:v>(562) 944-8808</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>562-483-1532</x:v>
+        <x:v>(562) 944-1499</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/25/2008</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>25440</x:v>
+        <x:v>28921</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>183</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90049647</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Continental Heat Treating</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>10643 S. Norwalk Ave</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Santa Fe Springs</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>90670</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(562) 944-8808</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>(562) 944-1499</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>9/25/2008</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>28921</x:v>
+        <x:v>30398</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>85</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90050735</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>101 CLASSON AVE # 105               </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>BROOKLYN                            </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>KS </x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>11205-1401                          </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>718-625-1266</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>718-875-0582</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>30398</x:v>
+        <x:v>29598</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>189</x:v>
+        <x:v>26029</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90050735</x:v>
+        <x:v>90068565</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>101 CLASSON AVE # 105               </x:v>
+        <x:v>10140 Romandel Ave                  </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>BROOKLYN                            </x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>NY </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>11205-1401                          </x:v>
+        <x:v>90670-3407                          </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>718-625-1266</x:v>
+        <x:v>5623212100</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>718-875-0582</x:v>
+        <x:v>562-321-2096</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/13/2021</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>29598</x:v>
+        <x:v>28883</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>26029</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90068565</x:v>
+        <x:v>90050936</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>HTA LOS ANGELES LLC                               </x:v>
+        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>10140 Romandel Ave                  </x:v>
+        <x:v>18301 S SANTA FE AVE</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>SANTA FE SPRINGS                    </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>90670-3407                          </x:v>
+        <x:v>90221</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>5623212100</x:v>
+        <x:v>3105373750</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>562-321-2096</x:v>
+        <x:v>310-537-2919</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>9/13/2021</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v/>
+        <x:v>Limited to furnaces V1, AR3, and AR5</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>28883</x:v>
+        <x:v>25474</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>2960</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90050936</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>18301 S SANTA FE AVE</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90221</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>3105373750</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>310-537-2919</x:v>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Limited to furnaces V1, AR3, and AR5</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>25474</x:v>
+        <x:v>25323</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>8</x:v>
+        <x:v>3218</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90041621</x:v>
+        <x:v>90042003</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+        <x:v>KAYDON CORPORATION</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>1221 WEST STRUCK AVENUE</x:v>
+        <x:v>2860 MCCRACKEN ST</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>ORANGE</x:v>
+        <x:v>NORTON SHORES</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA</x:v>
+        <x:v>MI</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>92867</x:v>
+        <x:v>49441-3421</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>3106457300</x:v>
+        <x:v>231-755-3747</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>310-645-3598</x:v>
+        <x:v>231-755-4102</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>9/9/2008</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v/>
+        <x:v>Martensitic Corrosion resistant steel parts</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>25323</x:v>
+        <x:v>25608</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>3218</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90042003</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>KAYDON CORPORATION</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>2860 MCCRACKEN ST</x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>NORTON SHORES</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>MI</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>49441-3421</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>231-755-3747</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>231-755-4102</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Martensitic Corrosion resistant steel parts</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>25608</x:v>
+        <x:v>29543</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>23794</x:v>
+        <x:v>24890</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90066192</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>National Thermal Processing, Inc.</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>14651 Mallory Drive</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Fontana</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>67213</x:v>
+        <x:v>92335</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>909-427-1300</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>5/12/2020</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>29543</x:v>
+        <x:v>29945</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>24890</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90066192</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>National Thermal Processing, Inc.</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>14651 Mallory Drive</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Fontana</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>92335</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>909-427-1300</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>5/12/2020</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>29945</x:v>
+        <x:v>25475</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>87</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>NH</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>03246</x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>25475</x:v>
+        <x:v>28903</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>148</x:v>
+        <x:v>12075</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90065980</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>4827 CHELSEA AVE                    </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Kent</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>WA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>98032</x:v>
+        <x:v>64130-2821                          </x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>816-595-5424</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>4/25/2016</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V22" t="str">
         <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>28903</x:v>
+        <x:v>27409</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>12075</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90065980</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>4827 CHELSEA AVE                    </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>64130-2821                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>816-595-5424</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>4/25/2016</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>27409</x:v>
+        <x:v>30315</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>343</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>30315</x:v>
+        <x:v>24910</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>242</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90127588</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA INC</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>8606 LIVE OAK AVENUE</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>19446</x:v>
+        <x:v>92335-3172</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>9092177400</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/22/2012</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>24910</x:v>
+        <x:v>30153</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>211</x:v>
+        <x:v>29703</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90127588</x:v>
+        <x:v>90206229</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
+        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>8606 LIVE OAK AVE                   </x:v>
+        <x:v>9516 LYNWOOD DR                     </x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>FONTANA                             </x:v>
+        <x:v>FORT WORTH                          </x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>92335                               </x:v>
+        <x:v>76134                               </x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>9092177400</x:v>
+        <x:v>817-797-2287</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>3/22/2012</x:v>
+        <x:v>9/3/2024</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v/>
+        <x:v>																					</x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>30153</x:v>
+        <x:v>29894</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>29703</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90206229</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>9516 LYNWOOD DR                     </x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>FORT WORTH                          </x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>76134                               </x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>817-797-2287</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v/>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>9/3/2024</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2759</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>General Requirements for Heat Treatment of Steel Parts</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>																					</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>29894</x:v>
+        <x:v>30590</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>