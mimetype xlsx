--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf76e264e63b743b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c3340e3184849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5546d85275704652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1399b8de3edc4e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5546d85275704652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1399b8de3edc4e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -511,63 +511,63 @@
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>26372</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90064851</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>DUCOMMUN LABARGE TECHNOLOGIES INC                 </x:v>
+        <x:v>DUCOMMUN LABARGE TECHNOLOGIES INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>1505 S MAIDEN LN                    </x:v>
+        <x:v>1505 SOUTH MAIDEN LANE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>JOPLIN                              </x:v>
+        <x:v>JOPLIN</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>MO </x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>64801                               </x:v>
+        <x:v>64801-3819</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>530-661-5940</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v/>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>3/28/2024</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-4101</x:v>
       </x:c>