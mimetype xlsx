--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c3340e3184849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08af8f5dfbba49ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1399b8de3edc4e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R18d57e43ce4e4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1399b8de3edc4e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18d57e43ce4e4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">