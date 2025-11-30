--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a804ac7236347f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b314978a194341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcb7b8df1b8904f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R07efadc2e9ab40a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcb7b8df1b8904f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07efadc2e9ab40a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -603,313 +603,313 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>38358</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90205239</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>MULTICHROME CO INC</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>1013 W HILLCREST BLVD.</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>INGLEWOOD</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>90301</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>3102161086</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/7/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L7" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>29999</x:v>
+        <x:v>24893</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>134</x:v>
+        <x:v>38358</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051884</x:v>
+        <x:v>90205239</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
+        <x:v>MULTICHROME CO INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>122 Second Street</x:v>
+        <x:v>1013 W HILLCREST BLVD.</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>MINEOLA</x:v>
+        <x:v>INGLEWOOD</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>11501-3054</x:v>
+        <x:v>90301</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>5167466666</x:v>
+        <x:v>3102161086</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>516-378-0262</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/7/2025</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>26052</x:v>
+        <x:v>29999</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>174</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051884</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>122 Second Street</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>MINEOLA</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>11501-3054</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>5167466666</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>516-378-0262</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L9" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>24893</x:v>
+        <x:v>26052</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>