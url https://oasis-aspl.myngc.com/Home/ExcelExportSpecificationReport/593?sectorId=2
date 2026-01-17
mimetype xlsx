--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b314978a194341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d009b866ae24f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R07efadc2e9ab40a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7343e8496d2b4cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07efadc2e9ab40a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7343e8496d2b4cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,72 +217,72 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
@@ -761,51 +761,51 @@
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2460</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Plating, Chromium</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v/>
+        <x:v>Limited to Ground Support Equipment only. Not authorized for flight hardware</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>593</x:v>
       </x:c>
       <x:c r="X8" t="n">
         <x:v>29999</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>