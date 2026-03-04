--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d009b866ae24f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1861030f21c34eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7343e8496d2b4cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf6e5b811914e44c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7343e8496d2b4cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf6e5b811914e44c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">