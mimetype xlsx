--- v0 (2025-10-16)
+++ v1 (2025-12-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f705988aad47c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ad441078eb499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R91cf5d70f00e4404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1244014120d34e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91cf5d70f00e4404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1244014120d34e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -309,215 +309,215 @@
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>137</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90220</x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>20234</x:v>
+        <x:v>29115</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>29115</x:v>
+        <x:v>20234</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -897,215 +897,215 @@
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>85</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L10" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>17025</x:v>
+        <x:v>26131</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>174</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L11" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>26131</x:v>
+        <x:v>17025</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1349,51 +1349,51 @@
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>F-35 Ground support only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>592</x:v>
       </x:c>
       <x:c r="X14" t="n">
         <x:v>29898</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>