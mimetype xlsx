--- v1 (2025-12-31)
+++ v2 (2026-03-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ad441078eb499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38504affeb044f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1244014120d34e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd81469712ddd442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1244014120d34e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd81469712ddd442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -437,51 +437,51 @@
       <x:c r="C5" t="str">
         <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
@@ -731,51 +731,51 @@
       <x:c r="C8" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2759/11</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Stress relief of steel parts</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>