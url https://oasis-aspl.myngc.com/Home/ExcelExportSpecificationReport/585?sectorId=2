--- v0 (2025-12-21)
+++ v1 (2026-03-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1eaadebc53a47c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R741fc4049ce54c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R8d49453db27a472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9fceccc61845448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d49453db27a472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9fceccc61845448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -507,321 +507,223 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>3616</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90051610</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>2922 WHEELING AVE</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>KANSAS CITY</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>64129</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>8169236262</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>816-923-6277</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v>2X572</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L6" t="str">
-        <x:v>007168685</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AWS D1.1</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Structural Steel Welding - Steel</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Ground support hardware only</x:v>
+        <x:v>Limited to non-flight ground support hardware only</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>28781</x:v>
+        <x:v>2220</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>337</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90057898</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>ULTRA TECH AEROSPACE INC                          </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>3000 POWER DR                       </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>66106                               </x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>913-671-2963 </x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AWS D1.1</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Structural Steel Welding - Steel</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Limited to non-flight ground support hardware only</x:v>
+        <x:v>Limited to non-flight ground support hardware only
+</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>585</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>2220</x:v>
+        <x:v>10430</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
-        <x:v>AS</x:v>
-[...97 lines deleted...]
-      <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>