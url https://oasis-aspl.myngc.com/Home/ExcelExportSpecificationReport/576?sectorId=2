--- v0 (2025-10-13)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70991259444a4ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8902884ec1cc44c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re05368c2aebb4d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5fa755ba17034d3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re05368c2aebb4d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5fa755ba17034d3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">