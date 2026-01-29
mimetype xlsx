--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8902884ec1cc44c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6ddb7cfc0a4b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5fa755ba17034d3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa07f721bf4947be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5fa755ba17034d3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa07f721bf4947be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,63 +119,63 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>
@@ -603,320 +603,418 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>82</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Plating - Nickel - Electroless</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>29308</x:v>
+        <x:v>30550</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051884</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>122 Second Street</x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>MINEOLA</x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>11501-3054</x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>5167466666</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>516-378-0262</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Plating - Nickel - Electroless</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>26053</x:v>
+        <x:v>29308</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>351</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90063017</x:v>
+        <x:v>90051884</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>PARAMOUNT METAL FINISHING</x:v>
+        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>1515 W ELIZABETH AVE</x:v>
+        <x:v>122 Second Street</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>LINDEN</x:v>
+        <x:v>MINEOLA</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NJ</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>07036-6322</x:v>
+        <x:v>11501-3054</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>908-862-0772</x:v>
+        <x:v>5167466666</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>908-862-9477</x:v>
+        <x:v>516-378-0262</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/7/2014</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Plating - Nickel - Electroless</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>576</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>25986</x:v>
+        <x:v>26053</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10">
+      <x:c r="A10" t="n">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="B10" t="str">
+        <x:v>90063017</x:v>
+      </x:c>
+      <x:c r="C10" t="str">
+        <x:v>PARAMOUNT METAL FINISHING</x:v>
+      </x:c>
+      <x:c r="D10" t="str">
+        <x:v>1515 W ELIZABETH AVE</x:v>
+      </x:c>
+      <x:c r="E10" t="str">
+        <x:v>LINDEN</x:v>
+      </x:c>
+      <x:c r="F10" t="str">
+        <x:v>NJ</x:v>
+      </x:c>
+      <x:c r="G10" t="str">
+        <x:v>07036-6322</x:v>
+      </x:c>
+      <x:c r="H10" t="str">
+        <x:v>908-862-0772</x:v>
+      </x:c>
+      <x:c r="I10" t="str">
+        <x:v>908-862-9477</x:v>
+      </x:c>
+      <x:c r="J10" t="str">
+        <x:v>1/7/2014</x:v>
+      </x:c>
+      <x:c r="K10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O10" t="str">
+        <x:v>AMS-C-26074</x:v>
+      </x:c>
+      <x:c r="P10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q10" t="str">
+        <x:v>Plating - Nickel - Electroless</x:v>
+      </x:c>
+      <x:c r="R10" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U10" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V10" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W10" t="n">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="X10" t="n">
+        <x:v>25986</x:v>
+      </x:c>
+      <x:c r="Y10" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z10" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA10" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB10" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC10" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD10" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE10" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF10" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>