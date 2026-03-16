--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6ddb7cfc0a4b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4367fe494970463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa07f721bf4947be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2a6b2161122f4633"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa07f721bf4947be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2a6b2161122f4633" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -609,63 +609,63 @@
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS-C-26074</x:v>
       </x:c>