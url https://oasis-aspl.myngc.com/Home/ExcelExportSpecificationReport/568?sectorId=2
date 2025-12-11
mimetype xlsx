--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d8d088215e4e37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23d046979734033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R333557c9ae504d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9880b2e3c96a4069"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R333557c9ae504d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9880b2e3c96a4069" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">