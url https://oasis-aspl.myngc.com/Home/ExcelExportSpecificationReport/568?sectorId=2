--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23d046979734033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reffe324029b841ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9880b2e3c96a4069"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R654d143fc19f40aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9880b2e3c96a4069" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R654d143fc19f40aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -241,54 +241,54 @@
       <x:c r="C3" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L3" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -603,411 +603,411 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>25630</x:v>
+        <x:v>24572</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>337</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>25758</x:v>
+        <x:v>25630</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>15007</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>25673</x:v>
+        <x:v>25758</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>129</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>WA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>98108</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ASTM B600</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Descaling  Cleaning Titanium and Titanium Alloy Surfaces</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>568</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24572</x:v>
+        <x:v>25673</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>