--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7b516cf1f1c415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17fbea91460448f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4a0efecd24604fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R03a52fdbe5664208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a0efecd24604fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03a52fdbe5664208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,418 +211,320 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>66</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ASTM A380</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Cleaning, Descaling, and Passivation of Stainless Steel</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V3" t="str">
         <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>287</x:v>
+        <x:v>2246</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>355</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ASTM A380</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Cleaning, Descaling, and Passivation of Stainless Steel</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>2246</x:v>
+        <x:v>23437</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>25939</x:v>
+        <x:v>16028</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90068226</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>5101 COMLY ST                       </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>CA</x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90813</x:v>
+        <x:v>19135-4317                          </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>215-535-8090</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>215-288-5110</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>11/16/2017</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ASTM A380</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Cleaning, Descaling, and Passivation of Stainless Steel</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>567</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>23437</x:v>
+        <x:v>23411</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>