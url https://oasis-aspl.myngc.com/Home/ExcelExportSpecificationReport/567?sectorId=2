--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17fbea91460448f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a8a3a213b84bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R03a52fdbe5664208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ebc123ea3434f28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R03a52fdbe5664208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ebc123ea3434f28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,63 +217,63 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ASTM A380</x:v>
       </x:c>