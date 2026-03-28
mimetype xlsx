--- v2 (2026-02-11)
+++ v3 (2026-03-28)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a8a3a213b84bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76050ec553aa4490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ebc123ea3434f28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0e879d7ad9664afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ebc123ea3434f28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e879d7ad9664afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">