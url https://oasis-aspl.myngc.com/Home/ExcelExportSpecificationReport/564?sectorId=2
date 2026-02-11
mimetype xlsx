--- v0 (2025-12-11)
+++ v1 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53400ba8531642ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd89c59da694db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R62ad03f34f724561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra01886f842e0491a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R62ad03f34f724561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra01886f842e0491a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,105 +217,105 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS 2488</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Anodic Coating</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Limited to Type II, not approved for Propellant Compatibility</x:v>
+        <x:v>Limited to Type II, not approved for Propellant Capability</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>564</x:v>
       </x:c>
       <x:c r="X3" t="n">
         <x:v>24965</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -511,69 +511,69 @@
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90051466</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90805</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS 2488</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Anodic Coating</x:v>
       </x:c>