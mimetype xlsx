--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bde70ab72c444c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ca4d1278574608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R85ebb54828434bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5ab32bba179a46ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R85ebb54828434bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ab32bba179a46ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">