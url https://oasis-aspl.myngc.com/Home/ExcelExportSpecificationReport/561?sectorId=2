--- v1 (2026-01-19)
+++ v2 (2026-03-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ca4d1278574608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5dfeb55bb24cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5ab32bba179a46ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5db6e06d3c8e4997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ab32bba179a46ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5db6e06d3c8e4997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,106 +315,105 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AWS D17.2</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Resistance Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>No Limits. Visual weld inspectors are qualified to AWS B5.2
-</x:v>
+        <x:v>Visual weld inspectors qualified to AWS B5.2</x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>561</x:v>
       </x:c>
       <x:c r="X4" t="n">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -1198,69 +1197,69 @@
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>90046204</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Welding Metallurgy Inc</x:v>
+        <x:v>WELDING METALLURGY INC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>91 Heartland Blvd</x:v>
+        <x:v>91 HEARTLAND BOULEVARD</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Edgewood</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>11717</x:v>
+        <x:v>11717-8330</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(631) 586-5200 x 133</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v/>
+        <x:v>631-231-4970</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AWS D17.2</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Resistance Welding for Aerospace Applications</x:v>
       </x:c>