--- v0 (2025-10-17)
+++ v1 (2026-01-01)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186dc6813ab64895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091be91000c74e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4a7d4c5324c948b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra07413f031e9492d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a7d4c5324c948b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra07413f031e9492d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -309,215 +309,215 @@
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>5</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90805</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>MIL-PRF-46147</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>2778</x:v>
+        <x:v>29729</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>174</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>Lubeco Inc</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>6859 Downey Ave</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>90805</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>(562) 602-1791</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>(562) 633-4078</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L5" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>MIL-PRF-46147</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>554</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>29729</x:v>
+        <x:v>2778</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>