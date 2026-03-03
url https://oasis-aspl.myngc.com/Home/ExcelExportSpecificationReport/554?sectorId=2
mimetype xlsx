--- v1 (2026-01-01)
+++ v2 (2026-03-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091be91000c74e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4060287fb6f9457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra07413f031e9492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rbe43273e78ec4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra07413f031e9492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rbe43273e78ec4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -413,69 +413,69 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90051466</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90805</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>MIL-PRF-46147</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Lubricant, Solid Film, Air Cured (Corrosion Inhibiting)</x:v>
       </x:c>