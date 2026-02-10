--- v0 (2025-10-27)
+++ v1 (2026-02-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4e7b98f9d449b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9007e3aa744a4e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0d4739bc84e943cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R37275da37b86497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0d4739bc84e943cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37275da37b86497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -799,705 +799,705 @@
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>34</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90053973</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Heroux-Devtek Inc</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>755 Rue Thurber</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Longueuil Quebec</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>J4H 3N2</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(450) 679-5450</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(450) 679-4554</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L9" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>23457</x:v>
+        <x:v>2036</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>246</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90053973</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>Heroux-Devtek Inc</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>755 Rue Thurber</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Denton</x:v>
+        <x:v>Longueuil Quebec</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>TX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>76207</x:v>
+        <x:v>J4H 3N2</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>(450) 679-5450</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>(450) 679-4554</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>2383</x:v>
+        <x:v>23457</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB10" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC10" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>221</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>NY</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>11704</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>1946</x:v>
+        <x:v>2383</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>1110</x:v>
+        <x:v>1946</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>142</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90053907</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>McWILLIAMS FORGE CO                               </x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>387 FRANKLIN AVE                    </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>ROCKAWAY                            </x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>NJ </x:v>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>07866-4014                          </x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>973-627-0200</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>973-625-9316</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>10384</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>277</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90063507</x:v>
+        <x:v>90053907</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>MISTRAS GROUP INC</x:v>
+        <x:v>McWILLIAMS FORGE CO                               </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>16 INTERNATIONAL DR # F</x:v>
+        <x:v>387 FRANKLIN AVE                    </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>EAST GRANBY</x:v>
+        <x:v>ROCKAWAY                            </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CT</x:v>
+        <x:v>NJ </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>06026</x:v>
+        <x:v>07866-4014                          </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>508-335-5671</x:v>
+        <x:v>973-627-0200</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>860-653-0077</x:v>
+        <x:v>973-625-9316</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>5/19/2014</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>30289</x:v>
+        <x:v>10384</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>174</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90063507</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>MISTRAS GROUP INC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>16 INTERNATIONAL DR # F</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>EAST GRANBY</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>06026</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>508-335-5671</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>860-653-0077</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/19/2014</x:v>
       </x:c>
       <x:c r="K15" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L15" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>NGT23K</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Magnetic Particle Method of Inspection for Non-Destructive Test</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>550</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>2036</x:v>
+        <x:v>30289</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -1785,51 +1785,51 @@
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>90053487</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E19" t="str">
         <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>NC</x:v>
       </x:c>
       <x:c r="G19" t="str">
         <x:v>27012</x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>