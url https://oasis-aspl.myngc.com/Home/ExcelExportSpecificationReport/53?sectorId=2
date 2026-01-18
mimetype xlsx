--- v0 (2025-10-14)
+++ v1 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d86ca58c0d419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423ccc9e7b8441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcf29d887739b465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4b560c69a9fe4f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcf29d887739b465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b560c69a9fe4f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,124 +211,222 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>9</x:v>
+        <x:v>5625</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90049444</x:v>
+        <x:v>90041109</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>2454 E 58TH ST</x:v>
+        <x:v>2900 S SUNOL DR                     </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>VERNON</x:v>
+        <x:v>VERNON                              </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>90058-3558</x:v>
+        <x:v>90023                             </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>323-583-8711</x:v>
+        <x:v>(323) 264-0111</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v/>
+        <x:v>323-268-9897</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>C-52</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Cleaning Prior to Heat Treat Carbon  Low Alloy Steels</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Limited to solvent wipe and alkaline clean only</x:v>
+        <x:v>Limited to solvent clean only</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>463</x:v>
+        <x:v>30517</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4">
+      <x:c r="A4" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B4" t="str">
+        <x:v>90049444</x:v>
+      </x:c>
+      <x:c r="C4" t="str">
+        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
+      </x:c>
+      <x:c r="D4" t="str">
+        <x:v>2454 E 58TH ST</x:v>
+      </x:c>
+      <x:c r="E4" t="str">
+        <x:v>VERNON</x:v>
+      </x:c>
+      <x:c r="F4" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G4" t="str">
+        <x:v>90058-3558</x:v>
+      </x:c>
+      <x:c r="H4" t="str">
+        <x:v>323-583-8711</x:v>
+      </x:c>
+      <x:c r="I4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J4" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="K4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O4" t="str">
+        <x:v>C-52</x:v>
+      </x:c>
+      <x:c r="P4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q4" t="str">
+        <x:v>Cleaning Prior to Heat Treat Carbon  Low Alloy Steels</x:v>
+      </x:c>
+      <x:c r="R4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T4" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U4" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V4" t="str">
+        <x:v>Limited to solvent wipe and alkaline clean only</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="X4" t="n">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD4" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>