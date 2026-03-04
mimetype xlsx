--- v1 (2026-01-18)
+++ v2 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423ccc9e7b8441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03b04f0520124f96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4b560c69a9fe4f6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rdde5703117be4c40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b560c69a9fe4f6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdde5703117be4c40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -339,51 +339,51 @@
       <x:c r="C4" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>C-52</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Cleaning Prior to Heat Treat Carbon  Low Alloy Steels</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>