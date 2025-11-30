--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7fc79fed84e47d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967dfb8d0593484d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R055250699a154973"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1101f5869f2f42c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R055250699a154973" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1101f5869f2f42c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -601,28 +601,126 @@
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
+    <x:row r="7">
+      <x:c r="A7" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B7" t="str">
+        <x:v>90041621</x:v>
+      </x:c>
+      <x:c r="C7" t="str">
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+      </x:c>
+      <x:c r="D7" t="str">
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
+      </x:c>
+      <x:c r="E7" t="str">
+        <x:v>ORANGE</x:v>
+      </x:c>
+      <x:c r="F7" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G7" t="str">
+        <x:v>92867</x:v>
+      </x:c>
+      <x:c r="H7" t="str">
+        <x:v>3106457300</x:v>
+      </x:c>
+      <x:c r="I7" t="str">
+        <x:v>310-645-3598</x:v>
+      </x:c>
+      <x:c r="J7" t="str">
+        <x:v>9/9/2008</x:v>
+      </x:c>
+      <x:c r="K7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O7" t="str">
+        <x:v>AMS 2774</x:v>
+      </x:c>
+      <x:c r="P7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q7" t="str">
+        <x:v>Heat Treatment Nickel Alloy and Cobalt Alloy Parts </x:v>
+      </x:c>
+      <x:c r="R7" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U7" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V7" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W7" t="n">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="X7" t="n">
+        <x:v>25326</x:v>
+      </x:c>
+      <x:c r="Y7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z7" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA7" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB7" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC7" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD7" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG7" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>