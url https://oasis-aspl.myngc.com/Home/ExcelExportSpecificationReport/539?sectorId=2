--- v1 (2025-11-30)
+++ v2 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R967dfb8d0593484d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43540861900b4898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1101f5869f2f42c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5430226b41ac431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1101f5869f2f42c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5430226b41ac431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">