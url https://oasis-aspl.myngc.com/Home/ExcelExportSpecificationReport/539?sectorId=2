--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43540861900b4898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05826053d7134db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5430226b41ac431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3deaba19692341d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5430226b41ac431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3deaba19692341d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -339,51 +339,51 @@
       <x:c r="C4" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D4" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G4" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS 2774</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Heat Treatment Nickel Alloy and Cobalt Alloy Parts </x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>