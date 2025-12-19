--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec709ad24ce4bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac3ceb1dccf46cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf33cb5b422024111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra36c19d03f2141e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf33cb5b422024111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra36c19d03f2141e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,532 +113,532 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>26</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V2" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W2" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="X2" t="n">
+        <x:v>14934</x:v>
+      </x:c>
+      <x:c r="Y2" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z2" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA2" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB2" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC2" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD2" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE2" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF2" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG2" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B3" t="str">
+        <x:v>90054958</x:v>
+      </x:c>
+      <x:c r="C3" t="str">
+        <x:v>Applied Aerospace Structures Corp</x:v>
+      </x:c>
+      <x:c r="D3" t="str">
+        <x:v>3437 S Airport Way                 </x:v>
+      </x:c>
+      <x:c r="E3" t="str">
+        <x:v>Stockton                            </x:v>
+      </x:c>
+      <x:c r="F3" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G3" t="str">
+        <x:v>95206                               </x:v>
+      </x:c>
+      <x:c r="H3" t="str">
+        <x:v> 209-983-3244</x:v>
+      </x:c>
+      <x:c r="I3" t="str">
+        <x:v>209-982-3375</x:v>
+      </x:c>
+      <x:c r="J3" t="str">
+        <x:v>5/27/2004</x:v>
+      </x:c>
+      <x:c r="K3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O3" t="str">
+        <x:v>ACS-PRS-8002</x:v>
+      </x:c>
+      <x:c r="P3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q3" t="str">
+        <x:v>Area Requirements for Composite Fabrication</x:v>
+      </x:c>
+      <x:c r="R3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U3" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V3" t="str">
         <x:v>Limits: 
 Approved for Areas “C  E” only Not approved for Appendix A  B
 </x:v>
       </x:c>
-      <x:c r="W2" t="n">
-[...97 lines deleted...]
-      </x:c>
       <x:c r="W3" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>11526</x:v>
+        <x:v>23409</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>202</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90048326</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>ATK SPACE SYSTEMS INC                             </x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>7130 MIRAMAR RD STE 100B            </x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>SAN DIEGO                           </x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>92121                               </x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>858-621-7452</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>858-621-5700</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>2/13/2008</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V4" t="str">
+        <x:v>Limits: Limited to Areas; C, D and E only Not Approved for Appendix A  B 
+</x:v>
+      </x:c>
+      <x:c r="W4" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="X4" t="n">
+        <x:v>11526</x:v>
+      </x:c>
+      <x:c r="Y4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z4" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA4" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB4" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC4" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD4" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>90048326</x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>ATK SPACE SYSTEMS INC                             </x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>7130 MIRAMAR RD STE 100B            </x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>SAN DIEGO                           </x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>92121                               </x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v>858-621-7452</x:v>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>858-621-5700</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v>2/13/2008</x:v>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>ACS-PRS-8002</x:v>
+      </x:c>
+      <x:c r="P5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q5" t="str">
+        <x:v>Area Requirements for Composite Fabrication</x:v>
+      </x:c>
+      <x:c r="R5" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V5" t="str">
         <x:v>Limits: 
 Limited to Areas: B, C  E only
 </x:v>
       </x:c>
-      <x:c r="W4" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W5" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>1544</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>66</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90048917</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>Aurora Flight Sciences Of West</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>3000 E Benedum Industrial Dr</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>BRIDGEPORT</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA</x:v>
+        <x:v>WV</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>26330</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>3048428100</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>304-842-8116</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Limited to paint booth area requirements</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>775</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
         <x:v>2313</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>90050216</x:v>
       </x:c>
       <x:c r="C7" t="str">
         <x:v>EURO-COMPOSITES CORP                              </x:v>
       </x:c>
       <x:c r="D7" t="str">
         <x:v>13213 AIRPARK DR                    </x:v>
       </x:c>
       <x:c r="E7" t="str">
@@ -712,66 +712,66 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>18136</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90068156</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>EVONIK FOAMS INC</x:v>
+        <x:v>EVONIK CORPORATION</x:v>
       </x:c>
       <x:c r="D8" t="str">
         <x:v>4375 INDUSTRIAL RD</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>THEODORE</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>AL</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>36582</x:v>
+        <x:v>36582-7286</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>866-764-6235</x:v>
+        <x:v>8667646235</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>866-764-6329</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>7/11/2018</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
@@ -1203,1012 +1203,815 @@
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>26114</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90051101</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C13" t="str">
         <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1476 MOORE ST                       </x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>SEDRO WOOLLEY                       </x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>WA </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>98284                               </x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>360.814.1753</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>360-814-1707</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>10/28/2022</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Exclude Appendix
-A  B</x:v>
+        <x:v>Not approved for Appendix A  B</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>29880</x:v>
+        <x:v>10375</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>3129</x:v>
+        <x:v>7376</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90063142</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>Machine Tek LLC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>1985 Palomar Oaks Way</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>Carlsbad</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>WA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>92011</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>760-438-6644</x:v>
       </x:c>
       <x:c r="I14" t="str">
         <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Not approved for Appendix A  B</x:v>
+        <x:v>Limited to Areas:D  E  only
+</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>10375</x:v>
+        <x:v>10347</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>7376</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90063142</x:v>
+        <x:v>90024437</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Machine Tek LLC</x:v>
+        <x:v>PERFORMANCE PLASTICS INC                          </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1985 Palomar Oaks Way</x:v>
+        <x:v>7919 SAINT ANDREWS AVE              </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Carlsbad</x:v>
+        <x:v>SAN DIEGO                           </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>92011</x:v>
+        <x:v>92154                               </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>760-438-6644</x:v>
+        <x:v>(509) 934-9102</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v/>
+        <x:v>619-428-5506</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>5/25/2005</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Limited to Areas:D  E  only
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>10347</x:v>
+        <x:v>29384</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>20</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90024437</x:v>
+        <x:v>90123318</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>PERFORMANCE PLASTICS INC                          </x:v>
+        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>7919 SAINT ANDREWS AVE              </x:v>
+        <x:v>300 AUSTIN BLVD                     </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>SAN DIEGO                           </x:v>
+        <x:v>RED OAK                             </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>92154                               </x:v>
+        <x:v>75154                               </x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(509) 934-9102</x:v>
+        <x:v>4698206500</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>619-428-5506</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>5/25/2005</x:v>
+        <x:v>6/22/2021</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>29384</x:v>
+        <x:v>23761</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>25999</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90123318</x:v>
+        <x:v>90124548</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
+        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>300 AUSTIN BLVD                     </x:v>
+        <x:v>90 HIGHWAY 22 W</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>RED OAK                             </x:v>
+        <x:v>MILLEDGEVILLE</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>TX </x:v>
+        <x:v>GA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>75154                               </x:v>
+        <x:v>31061</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>4698206500</x:v>
+        <x:v>4783630723</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>6/22/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V17" t="str">
         <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>23761</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>233</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90124548</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>90 HIGHWAY 22 W</x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>MILLEDGEVILLE</x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>GA</x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>31061</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>4783630723</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v/>
-[...96 lines deleted...]
-      <x:c r="V19" t="str">
         <x:v>Limits: Approved for Areas C,D  E only: 
 RC/I 419997 for Area "D" only 
 Not Approved for Appenix A  B
 </x:v>
       </x:c>
+      <x:c r="W18" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="X18" t="n">
+        <x:v>11518</x:v>
+      </x:c>
+      <x:c r="Y18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA18" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB18" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC18" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD18" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG18" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="n">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="B19" t="str">
+        <x:v>90053187</x:v>
+      </x:c>
+      <x:c r="C19" t="str">
+        <x:v>SWIFT ENGINEERING INC                             </x:v>
+      </x:c>
+      <x:c r="D19" t="str">
+        <x:v>1141 VIA CALLEJON                   </x:v>
+      </x:c>
+      <x:c r="E19" t="str">
+        <x:v>SAN CLEMENTE                        </x:v>
+      </x:c>
+      <x:c r="F19" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G19" t="str">
+        <x:v>92673                               </x:v>
+      </x:c>
+      <x:c r="H19" t="str">
+        <x:v>9494926608</x:v>
+      </x:c>
+      <x:c r="I19" t="str">
+        <x:v>949-492-7516</x:v>
+      </x:c>
+      <x:c r="J19" t="str">
+        <x:v>8/29/2007</x:v>
+      </x:c>
+      <x:c r="K19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O19" t="str">
+        <x:v>ACS-PRS-8002</x:v>
+      </x:c>
+      <x:c r="P19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q19" t="str">
+        <x:v>Area Requirements for Composite Fabrication</x:v>
+      </x:c>
+      <x:c r="R19" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U19" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V19" t="str">
+        <x:v>
+</x:v>
+      </x:c>
       <x:c r="W19" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>11518</x:v>
+        <x:v>1728</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>736</x:v>
+        <x:v>18137</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90069010</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>TIGHITCO INC</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>245 OLD BRICKYARD LN</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>BERLIN</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>KS </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>06037-1423</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>860-828-0298</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>860-828-0432</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>7/12/2018</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v/>
+        <x:v>Not approved for Appendix A or B. Reference B A 102593 for Fabrication Planning Clarification</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>14934</x:v>
+        <x:v>14730</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
-        <x:v>AS</x:v>
-[...195 lines deleted...]
-      <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>