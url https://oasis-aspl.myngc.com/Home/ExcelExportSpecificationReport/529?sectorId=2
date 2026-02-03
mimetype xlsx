--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac3ceb1dccf46cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90c77c631714338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra36c19d03f2141e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb577f569029e45d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra36c19d03f2141e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb577f569029e45d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,1719 +113,1719 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>736</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90054958</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>Applied Aerospace Structures Corp</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>3437 S Airport Way                 </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>Stockton                            </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>67210</x:v>
+        <x:v>95206                               </x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>13165235351</x:v>
+        <x:v> 209-983-3244</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V2" t="str">
-        <x:v/>
+        <x:v>Limits: 
+Approved for Areas “C  E” only Not approved for Appendix A  B
+</x:v>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>14934</x:v>
+        <x:v>23409</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>26</x:v>
+        <x:v>5287</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90044639</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>425 E 400 N                         </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>GUNNISON                            </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>84634                               </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>435-528-7199</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v>435-528-5172</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Limits: 
-Approved for Areas “C  E” only Not approved for Appendix A  B
+        <x:v>Limits: Limited to Areas; C, D and E only Not Approved for Appendix A  B 
 </x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>23409</x:v>
+        <x:v>11526</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>5287</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90044639</x:v>
+        <x:v>90048326</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>APPLIED COMPOSITE TECHNOLOGY                      </x:v>
+        <x:v>ATK SPACE SYSTEMS INC                             </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>425 E 400 N                         </x:v>
+        <x:v>7130 MIRAMAR RD STE 100B            </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>GUNNISON                            </x:v>
+        <x:v>SAN DIEGO                           </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>UT </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>84634                               </x:v>
+        <x:v>92121                               </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>435-528-7199</x:v>
+        <x:v>858-621-7452</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>435-528-5172</x:v>
+        <x:v>858-621-5700</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>2/13/2008</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>Limits: Limited to Areas; C, D and E only Not Approved for Appendix A  B 
+        <x:v>Limits: 
+Limited to Areas: B, C  E only
 </x:v>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>11526</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>202</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90048326</x:v>
+        <x:v>90048917</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>ATK SPACE SYSTEMS INC                             </x:v>
+        <x:v>Aurora Flight Sciences Of West</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>7130 MIRAMAR RD STE 100B            </x:v>
+        <x:v>3000 E Benedum Industrial Dr</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>SAN DIEGO                           </x:v>
+        <x:v>BRIDGEPORT</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>CA </x:v>
+        <x:v>WV</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>92121                               </x:v>
+        <x:v>26330</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>858-621-7452</x:v>
+        <x:v>3048428100</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>858-621-5700</x:v>
+        <x:v>304-842-8116</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>2/13/2008</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v>Limits: 
-[...1 lines deleted...]
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>1136</x:v>
+        <x:v>1544</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>234</x:v>
+        <x:v>2313</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90048917</x:v>
+        <x:v>90050216</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Aurora Flight Sciences Of West</x:v>
+        <x:v>EURO-COMPOSITES CORP                              </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>3000 E Benedum Industrial Dr</x:v>
+        <x:v>13213 AIRPARK DR                    </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>BRIDGEPORT</x:v>
+        <x:v>ELKWOOD                             </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>WV</x:v>
+        <x:v>VA </x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>26330</x:v>
+        <x:v>22718                               </x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3048428100</x:v>
+        <x:v>5407278500</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>304-842-8116</x:v>
+        <x:v>540-829-6611</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>1544</x:v>
+        <x:v>14767</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>2313</x:v>
+        <x:v>18136</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90050216</x:v>
+        <x:v>90068156</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>EURO-COMPOSITES CORP                              </x:v>
+        <x:v>EVONIK CORPORATION</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>13213 AIRPARK DR                    </x:v>
+        <x:v>4375 INDUSTRIAL RD</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>ELKWOOD                             </x:v>
+        <x:v>THEODORE</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>VA </x:v>
+        <x:v>AL</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>22718                               </x:v>
+        <x:v>36582-7286</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>5407278500</x:v>
+        <x:v>8667646235</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>540-829-6611</x:v>
+        <x:v>866-764-6329</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>7/11/2018</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v/>
+        <x:v>Rohacell foam only
+Not approved for Appendix A and B
+</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>14767</x:v>
+        <x:v>23487</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>18136</x:v>
+        <x:v>23712</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90068156</x:v>
+        <x:v>90075162</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>EVONIK CORPORATION</x:v>
+        <x:v>GSE Dynamics Inc.</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>4375 INDUSTRIAL RD</x:v>
+        <x:v>110 Oser Ave</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>THEODORE</x:v>
+        <x:v>Hauppauge</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>AL</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>36582-7286</x:v>
+        <x:v>11788</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>8667646235</x:v>
+        <x:v>(631) 231-1044</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>866-764-6329</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>7/11/2018</x:v>
+        <x:v>6/13/2019</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Rohacell foam only
-[...1 lines deleted...]
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>23487</x:v>
+        <x:v>20184</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>23712</x:v>
+        <x:v>20214</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90075162</x:v>
+        <x:v>90068941</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>GSE Dynamics Inc.</x:v>
+        <x:v>HERA TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>110 Oser Ave</x:v>
+        <x:v>1055 EAST FRANCIS STREET</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Hauppauge</x:v>
+        <x:v>ONTARIO</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>11788</x:v>
+        <x:v>91761-5633</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(631) 231-1044</x:v>
+        <x:v>9093212001</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>6/13/2019</x:v>
+        <x:v>1/2/2019</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>Limited to Area D Only
+Not approved for all Appendices
+</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>20184</x:v>
+        <x:v>14918</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>20214</x:v>
+        <x:v>2773</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90068941</x:v>
+        <x:v>90050760</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>HERA TECHNOLOGIES LLC</x:v>
+        <x:v>HEXCEL  CORPORATION                               </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>1055 EAST FRANCIS STREET</x:v>
+        <x:v>172 INDUSTRIAL PARK RD              </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>ONTARIO</x:v>
+        <x:v>SAINT CLAIR                         </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA</x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>91761-5633</x:v>
+        <x:v>17970-0179                          </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>9093212001</x:v>
+        <x:v>570-429-1741</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>1/2/2019</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Limited to Area D Only
-Not approved for all Appendices
+        <x:v>Limited to Area C.  Not approved to Appendix A  B
+Ref RCI BR 210952
 </x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>14918</x:v>
+        <x:v>23350</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>2773</x:v>
+        <x:v>23799</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90050760</x:v>
+        <x:v>90075252</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>HEXCEL  CORPORATION                               </x:v>
+        <x:v>HEXCEL CORPORATION</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>172 INDUSTRIAL PARK RD              </x:v>
+        <x:v>19819 84TH AVE SOUTH</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>SAINT CLAIR                         </x:v>
+        <x:v>KENT</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>PA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>17970-0179                          </x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>570-429-1741</x:v>
+        <x:v>2536709154</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v/>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/17/2019</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Limited to Area C.  Not approved to Appendix A  B
-Ref RCI BR 210952
+        <x:v>Limits: Limited to Areas C  E only. Not approved for appendix A  B.
 </x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>23350</x:v>
+        <x:v>18089</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>23799</x:v>
+        <x:v>3129</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90075252</x:v>
+        <x:v>90078410</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>HEXCEL CORPORATION</x:v>
+        <x:v>JANICKI INDUSTRIES INC                            </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>19819 84TH AVE SOUTH</x:v>
+        <x:v>34240 STATE RTE 20                  </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>KENT</x:v>
+        <x:v>HAMILTON                            </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>WA</x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>98032</x:v>
+        <x:v>98255                               </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>2536709154</x:v>
+        <x:v>360-814-1708</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>9/17/2019</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>Limits: Limited to Areas C  E only. Not approved for appendix A  B.
-</x:v>
+        <x:v>Not approved for Appendix A  B</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>18089</x:v>
+        <x:v>10375</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>3129</x:v>
+        <x:v>7376</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90078410</x:v>
+        <x:v>90063142</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>Machine Tek LLC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>34240 STATE RTE 20                  </x:v>
+        <x:v>1985 Palomar Oaks Way</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>HAMILTON                            </x:v>
+        <x:v>Carlsbad</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>WA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>98255                               </x:v>
+        <x:v>92011</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>360-814-1708</x:v>
+        <x:v>760-438-6644</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Not approved for Appendix A  B</x:v>
+        <x:v>Limited to Areas:D  E  only
+</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>10375</x:v>
+        <x:v>10347</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>7376</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90063142</x:v>
+        <x:v>90024437</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Machine Tek LLC</x:v>
+        <x:v>PERFORMANCE PLASTICS INC                          </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>1985 Palomar Oaks Way</x:v>
+        <x:v>7919 SAINT ANDREWS AVE              </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Carlsbad</x:v>
+        <x:v>SAN DIEGO                           </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>92011</x:v>
+        <x:v>92154                               </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>760-438-6644</x:v>
+        <x:v>(509) 934-9102</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v/>
+        <x:v>619-428-5506</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>5/25/2005</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Limited to Areas:D  E  only
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>10347</x:v>
+        <x:v>29384</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>20</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90024437</x:v>
+        <x:v>90123318</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>PERFORMANCE PLASTICS INC                          </x:v>
+        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>7919 SAINT ANDREWS AVE              </x:v>
+        <x:v>300 AUSTIN BLVD                     </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>SAN DIEGO                           </x:v>
+        <x:v>RED OAK                             </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>92154                               </x:v>
+        <x:v>75154                               </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>(509) 934-9102</x:v>
+        <x:v>4698206500</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>619-428-5506</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/25/2005</x:v>
+        <x:v>6/22/2021</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>29384</x:v>
+        <x:v>23761</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>25999</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90123318</x:v>
+        <x:v>90124548</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
+        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>300 AUSTIN BLVD                     </x:v>
+        <x:v>90 HIGHWAY 22 W</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>RED OAK                             </x:v>
+        <x:v>MILLEDGEVILLE</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>TX </x:v>
+        <x:v>GA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>75154                               </x:v>
+        <x:v>31061</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>4698206500</x:v>
+        <x:v>4783630723</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>6/22/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>23761</x:v>
+        <x:v>1519</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>233</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90124548</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>90 HIGHWAY 22 W</x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>MILLEDGEVILLE</x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>GA</x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>31061</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>4783630723</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v/>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v/>
-[...96 lines deleted...]
-      <x:c r="V18" t="str">
         <x:v>Limits: Approved for Areas C,D  E only: 
 RC/I 419997 for Area "D" only 
 Not Approved for Appenix A  B
 </x:v>
       </x:c>
+      <x:c r="W17" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="X17" t="n">
+        <x:v>11518</x:v>
+      </x:c>
+      <x:c r="Y17" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z17" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA17" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB17" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC17" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD17" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE17" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF17" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG17" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="n">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="B18" t="str">
+        <x:v>90053043</x:v>
+      </x:c>
+      <x:c r="C18" t="str">
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
+      </x:c>
+      <x:c r="D18" t="str">
+        <x:v>3801 S OLIVER ST</x:v>
+      </x:c>
+      <x:c r="E18" t="str">
+        <x:v>WICHITA</x:v>
+      </x:c>
+      <x:c r="F18" t="str">
+        <x:v>KS</x:v>
+      </x:c>
+      <x:c r="G18" t="str">
+        <x:v>67210</x:v>
+      </x:c>
+      <x:c r="H18" t="str">
+        <x:v>13165235351</x:v>
+      </x:c>
+      <x:c r="I18" t="str">
+        <x:v>316-526-1102</x:v>
+      </x:c>
+      <x:c r="J18" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="K18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O18" t="str">
+        <x:v>ACS-PRS-8002</x:v>
+      </x:c>
+      <x:c r="P18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q18" t="str">
+        <x:v>Area Requirements for Composite Fabrication</x:v>
+      </x:c>
+      <x:c r="R18" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U18" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V18" t="str">
+        <x:v/>
+      </x:c>
       <x:c r="W18" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>11518</x:v>
+        <x:v>14934</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>90053187</x:v>
       </x:c>
       <x:c r="C19" t="str">
         <x:v>SWIFT ENGINEERING INC                             </x:v>
       </x:c>
       <x:c r="D19" t="str">
         <x:v>1141 VIA CALLEJON                   </x:v>
       </x:c>
       <x:c r="E19" t="str">