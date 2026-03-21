--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90c77c631714338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd969d75bc1994f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb577f569029e45d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R91f5504314b843a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb577f569029e45d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R91f5504314b843a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,66 +119,66 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90054958</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED AEROSPACE STRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3437 SOUTH AIRPORT WAY</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>STOCKTON</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>95206-3853</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>2099820160</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
@@ -1894,124 +1894,223 @@
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>18137</x:v>
+        <x:v>7670</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90069010</x:v>
+        <x:v>90051486</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>TIGHITCO INC</x:v>
+        <x:v>THE GILL CORPORATION                              </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>245 OLD BRICKYARD LN</x:v>
+        <x:v>4056 EASY ST                        </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>BERLIN</x:v>
+        <x:v>EL MONTE                            </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>06037-1423</x:v>
+        <x:v>91731                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>860-828-0298</x:v>
+        <x:v>6264436094</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>860-828-0432</x:v>
+        <x:v>626-258-2799</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>7/12/2018</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ACS-PRS-8002</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Area Requirements for Composite Fabrication</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Composites</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Not approved for Appendix A or B. Reference B A 102593 for Fabrication Planning Clarification</x:v>
+        <x:v>Limited to Area D: Core Carving only
+Not approved for Appendix A  B</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>529</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>14730</x:v>
+        <x:v>14875</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG20" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21">
+      <x:c r="A21" t="n">
+        <x:v>18137</x:v>
+      </x:c>
+      <x:c r="B21" t="str">
+        <x:v>90069010</x:v>
+      </x:c>
+      <x:c r="C21" t="str">
+        <x:v>TIGHITCO INC</x:v>
+      </x:c>
+      <x:c r="D21" t="str">
+        <x:v>245 OLD BRICKYARD LN</x:v>
+      </x:c>
+      <x:c r="E21" t="str">
+        <x:v>BERLIN</x:v>
+      </x:c>
+      <x:c r="F21" t="str">
+        <x:v>CT</x:v>
+      </x:c>
+      <x:c r="G21" t="str">
+        <x:v>06037-1423</x:v>
+      </x:c>
+      <x:c r="H21" t="str">
+        <x:v>860-828-0298</x:v>
+      </x:c>
+      <x:c r="I21" t="str">
+        <x:v>860-828-0432</x:v>
+      </x:c>
+      <x:c r="J21" t="str">
+        <x:v>7/12/2018</x:v>
+      </x:c>
+      <x:c r="K21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O21" t="str">
+        <x:v>ACS-PRS-8002</x:v>
+      </x:c>
+      <x:c r="P21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q21" t="str">
+        <x:v>Area Requirements for Composite Fabrication</x:v>
+      </x:c>
+      <x:c r="R21" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="T21" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U21" t="str">
+        <x:v>Composites</x:v>
+      </x:c>
+      <x:c r="V21" t="str">
+        <x:v>Not approved for Appendix A or B. Reference B A 102593 for Fabrication Planning Clarification</x:v>
+      </x:c>
+      <x:c r="W21" t="n">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="X21" t="n">
+        <x:v>14730</x:v>
+      </x:c>
+      <x:c r="Y21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA21" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB21" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC21" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD21" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
-      <x:c r="AE20" t="n">
-[...5 lines deleted...]
-      <x:c r="AG20" t="str">
+      <x:c r="AE21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>