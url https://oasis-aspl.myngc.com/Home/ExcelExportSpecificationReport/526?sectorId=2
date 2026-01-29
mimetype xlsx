--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b722530476e4110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514d196a68994211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R18efcb0544264ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb58e71806cd94703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18efcb0544264ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb58e71806cd94703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -416,63 +416,63 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
@@ -905,972 +905,972 @@
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>174</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L10" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24870</x:v>
+        <x:v>30551</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L11" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>25725</x:v>
+        <x:v>24870</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>347</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>06110</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>24761</x:v>
+        <x:v>25725</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>175</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>26102</x:v>
+        <x:v>24761</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>5</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>90805</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J14" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>24482</x:v>
+        <x:v>26102</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>221</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>11704</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J15" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>24742</x:v>
+        <x:v>24482</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>18157</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90069110</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>METAL CHEM INC                                    </x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>21514 NORDHOFF ST                   </x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>91311-5822                          </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>818-727-9951</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>818-727-1153</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>8/16/2018</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Ground support only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>25553</x:v>
+        <x:v>24742</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>247</x:v>
+        <x:v>18157</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90069110</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>METAL CHEM INC                                    </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>21514 NORDHOFF ST                   </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>57213</x:v>
+        <x:v>91311-5822                          </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>818-727-9951</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>818-727-1153</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/16/2018</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v/>
+        <x:v>Ground support only.</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>25867</x:v>
+        <x:v>25553</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>161</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>63080</x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
         <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>526</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>25669</x:v>
+        <x:v>25867</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B19" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Valence Grove</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>2900 E Hwy 10</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Grove</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H19" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I19" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J19" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Dry Film Lube
 Superseded by AS5272 for Ty I  II only</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
@@ -1890,31 +1890,130 @@
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B20" t="str">
+        <x:v>90053143</x:v>
+      </x:c>
+      <x:c r="C20" t="str">
+        <x:v>Sullivan Precision Metal Finishing</x:v>
+      </x:c>
+      <x:c r="D20" t="str">
+        <x:v>995 North Service Road West</x:v>
+      </x:c>
+      <x:c r="E20" t="str">
+        <x:v>Sullivan</x:v>
+      </x:c>
+      <x:c r="F20" t="str">
+        <x:v>MO</x:v>
+      </x:c>
+      <x:c r="G20" t="str">
+        <x:v>63080</x:v>
+      </x:c>
+      <x:c r="H20" t="str">
+        <x:v>(573) 468-8049</x:v>
+      </x:c>
+      <x:c r="I20" t="str">
+        <x:v>(573) 468-2182</x:v>
+      </x:c>
+      <x:c r="J20" t="str">
+        <x:v>1/1/2003</x:v>
+      </x:c>
+      <x:c r="K20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N20" t="str">
+        <x:v>Replaces MIL-L-46010</x:v>
+      </x:c>
+      <x:c r="O20" t="str">
+        <x:v>MIL-PRF-46010</x:v>
+      </x:c>
+      <x:c r="P20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q20" t="str">
+        <x:v>Dry Film Lube
+Superseded by AS5272 for Ty I  II only</x:v>
+      </x:c>
+      <x:c r="R20" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U20" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W20" t="n">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="X20" t="n">
+        <x:v>25669</x:v>
+      </x:c>
+      <x:c r="Y20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA20" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB20" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC20" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD20" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>