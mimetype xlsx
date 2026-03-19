--- v1 (2026-01-29)
+++ v2 (2026-03-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R514d196a68994211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8484b0ba0612411a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb58e71806cd94703"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra93beab79cec4080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb58e71806cd94703" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra93beab79cec4080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -911,63 +911,63 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>Replaces MIL-L-46010</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>MIL-PRF-46010</x:v>
       </x:c>