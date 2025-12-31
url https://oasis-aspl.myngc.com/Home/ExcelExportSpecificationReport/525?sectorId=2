--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a47a3b87f5c4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a66603ed23a4d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R40d3bade6d1d47f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R47457dc5cc40477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R40d3bade6d1d47f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47457dc5cc40477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -899,7191 +899,7191 @@
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>196</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90054292</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>AIRCRAFT FINISHING CORP</x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>612 RUTGERS RD</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>WEST BABYLON</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>NY</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>11704-5555</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>631-422-5000</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>613-422-0815</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24711</x:v>
+        <x:v>25602</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>43</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90048561</x:v>
+        <x:v>90054292</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Aircraft X-Ray Laboratories Inc</x:v>
+        <x:v>AIRCRAFT FINISHING CORP</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>5216 Pacific Blvd</x:v>
+        <x:v>612 RUTGERS RD</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Huntington Park</x:v>
+        <x:v>WEST BABYLON</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90255</x:v>
+        <x:v>11704-5555</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(323) 587-4141</x:v>
+        <x:v>631-422-5000</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(323) 588-6410</x:v>
+        <x:v>613-422-0815</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>24478</x:v>
+        <x:v>24711</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>26266</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90174381</x:v>
+        <x:v>90048561</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Align Precision 597 North 1500 West</x:v>
+        <x:v>Aircraft X-Ray Laboratories Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>597 North 1500 West</x:v>
+        <x:v>5216 Pacific Blvd</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Cedar City</x:v>
+        <x:v>Huntington Park</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>UT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>84721</x:v>
+        <x:v>90255</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>435-586-3871</x:v>
+        <x:v>(323) 587-4141</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>(323) 588-6410</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>10/20/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>29284</x:v>
+        <x:v>24478</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>19</x:v>
+        <x:v>26266</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90048618</x:v>
+        <x:v>90174381</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>All Metals Processing of Orange County, LLC</x:v>
+        <x:v>Align Precision 597 North 1500 West</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>8401 STANDUSTRIAL ST                </x:v>
+        <x:v>597 North 1500 West</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>STANTON                             </x:v>
+        <x:v>Cedar City</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>90680-2619                          </x:v>
+        <x:v>84721</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>714-828-8238</x:v>
+        <x:v>435-586-3871</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>714-828-4552</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/20/2023</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>24616</x:v>
+        <x:v>29284</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>4945</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90048627</x:v>
+        <x:v>90048618</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>ALLEN AIRCRAFT PRODUCTS INC                       </x:v>
+        <x:v>All Metals Processing of Orange County, LLC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>6168 WOODBINE RD                    </x:v>
+        <x:v>8401 STANDUSTRIAL ST                </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>RAVENNA                             </x:v>
+        <x:v>STANTON                             </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>OH </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>44266-1211                     </x:v>
+        <x:v>90680-2619                          </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>330-298-3434</x:v>
+        <x:v>714-828-8238</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>330-296-5532</x:v>
+        <x:v>714-828-4552</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Limited to Method 1, Types 1 and 3</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>30142</x:v>
+        <x:v>24616</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>260</x:v>
+        <x:v>4945</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90048650</x:v>
+        <x:v>90048627</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Alloy Processing</x:v>
+        <x:v>ALLEN AIRCRAFT PRODUCTS INC                       </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>1900 W Walnut St</x:v>
+        <x:v>6168 WOODBINE RD                    </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Compton</x:v>
+        <x:v>RAVENNA                             </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA</x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>90220-5019</x:v>
+        <x:v>44266-1211                     </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>(310) 635-9995</x:v>
+        <x:v>330-298-3434</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>(310) 635-9936</x:v>
+        <x:v>330-296-5532</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>3/11/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Method 1, Types 1 and 3</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>24793</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>169</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90044349</x:v>
+        <x:v>90048650</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>ANADITE CA RESTORATION TRUST</x:v>
+        <x:v>Alloy Processing</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>10647 S. GARFIELD AVE.</x:v>
+        <x:v>1900 W Walnut St</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>SOUTH GATE</x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90280-7325</x:v>
+        <x:v>90220-5019</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>5628612205</x:v>
+        <x:v>(310) 635-9995</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>562-862-6479</x:v>
+        <x:v>(310) 635-9936</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>10/20/2009</x:v>
+        <x:v>3/11/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v> Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>25422</x:v>
+        <x:v>24793</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>237</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90048772</x:v>
+        <x:v>90044349</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>ANOPLATE CORPORATION                              </x:v>
+        <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>459 Pulaski St.                     </x:v>
+        <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>SYRACUSE                            </x:v>
+        <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>NY </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>13204                               </x:v>
+        <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>315-471- 6143 x211</x:v>
+        <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v/>
+        <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Approved for Type I and Type II. Approval for Type II is limited to the VTUAV Program only.</x:v>
+        <x:v> Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>24906</x:v>
+        <x:v>25422</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>26</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90048772</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>ANOPLATE CORPORATION                              </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>459 Pulaski St.                     </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>SYRACUSE                            </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>13204                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>315-471- 6143 x211</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
+        <x:v>Approved for Type I and Type II. Approval for Type II is limited to the VTUAV Program only.</x:v>
+      </x:c>
+      <x:c r="W18" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="X18" t="n">
+        <x:v>24906</x:v>
+      </x:c>
+      <x:c r="Y18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA18" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB18" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC18" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD18" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG18" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B19" t="str">
+        <x:v>90054958</x:v>
+      </x:c>
+      <x:c r="C19" t="str">
+        <x:v>Applied Aerospace Structures Corp</x:v>
+      </x:c>
+      <x:c r="D19" t="str">
+        <x:v>3437 S Airport Way                 </x:v>
+      </x:c>
+      <x:c r="E19" t="str">
+        <x:v>Stockton                            </x:v>
+      </x:c>
+      <x:c r="F19" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G19" t="str">
+        <x:v>95206                               </x:v>
+      </x:c>
+      <x:c r="H19" t="str">
+        <x:v> 209-983-3244</x:v>
+      </x:c>
+      <x:c r="I19" t="str">
+        <x:v>209-982-3375</x:v>
+      </x:c>
+      <x:c r="J19" t="str">
+        <x:v>5/27/2004</x:v>
+      </x:c>
+      <x:c r="K19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O19" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="P19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q19" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="R19" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U19" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V19" t="str">
         <x:v> Limited to Type 1 only
 </x:v>
       </x:c>
-      <x:c r="W18" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W19" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>25539</x:v>
+        <x:v>24410</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>122</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90053952</x:v>
+        <x:v>90066724</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Avior Integrated Products (Canada)</x:v>
+        <x:v>Asko Processing, Inc.</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>1001 Highway 440 West</x:v>
+        <x:v>434 N. 35th Street</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Laval Quebec</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v/>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>H7L 3W3</x:v>
+        <x:v>98103</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(450) 629-6200</x:v>
+        <x:v>(206) 634-2080</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(514) 324-6241</x:v>
+        <x:v>(206) 547-4511</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>4/14/2004</x:v>
+        <x:v>6/17/2008</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>24564</x:v>
+        <x:v>25539</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>171</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90008061</x:v>
+        <x:v>90053952</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>Avior Integrated Products (Canada)</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>1001 Highway 440 West</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>Laval Quebec</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>H7L 3W3</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>3104780078</x:v>
+        <x:v>(450) 629-6200</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>(514) 324-6241</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>4/14/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>24650</x:v>
+        <x:v>24564</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB21" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC21" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>318</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90064236</x:v>
+        <x:v>90008061</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>2210 BARRY AVE                      </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>LOS ANGELES                         </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>UT </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>90064-1402                          </x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>8019725590</x:v>
+        <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>801-972-6346</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>25668</x:v>
+        <x:v>24650</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>59</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90049168</x:v>
+        <x:v>90064236</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Bowman Plating Company Inc</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>2631 E 126th St</x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Compton</x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>CA</x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>90222</x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>(310) 639-4343 EXTN 152</x:v>
+        <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>(310) 639-3577</x:v>
+        <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>29633</x:v>
+        <x:v>25668</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90049333</x:v>
+        <x:v>90049168</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
+        <x:v>Bowman Plating Company Inc</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>1530 W Slauson Ave                  </x:v>
+        <x:v>2631 E 126th St</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Los Angeles                         </x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>90047                               </x:v>
+        <x:v>90222</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>3237532247</x:v>
+        <x:v>(310) 639-4343 EXTN 152</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v/>
+        <x:v>(310) 639-3577</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>24407</x:v>
+        <x:v>29633</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>26026</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90124324</x:v>
+        <x:v>90049333</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Cametoid Technologies Inc</x:v>
+        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>45 South Satellite Road</x:v>
+        <x:v>1530 W Slauson Ave                  </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>South Windsor</x:v>
+        <x:v>Los Angeles                         </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>06074</x:v>
+        <x:v>90047                               </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>(860) 372-4042 (office)</x:v>
+        <x:v>3237532247</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>8/31/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v>Only as Post Treatment to Ion Vapor Deposition Aluminum (Type 2) per MIL-DTL-83488, GP17R</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>25966</x:v>
+        <x:v>24407</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>128</x:v>
+        <x:v>26026</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90056729</x:v>
+        <x:v>90124324</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
+        <x:v>Cametoid Technologies Inc</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>2121 S EDWARDS ST.                  </x:v>
+        <x:v>45 South Satellite Road</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>South Windsor</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>KS </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>67213-1868                          </x:v>
+        <x:v>06074</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>316-942-9351</x:v>
+        <x:v>(860) 372-4042 (office)</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>316-942-6771</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>10/20/2010</x:v>
+        <x:v>8/31/2021</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v>Limited to Type 1 only </x:v>
+        <x:v>Only as Post Treatment to Ion Vapor Deposition Aluminum (Type 2) per MIL-DTL-83488, GP17R</x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>24903</x:v>
+        <x:v>25966</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>25978</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90120694</x:v>
+        <x:v>90056729</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Central Metal Finishing LLC</x:v>
+        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>1006 Airport Rd.</x:v>
+        <x:v>2121 S EDWARDS ST.                  </x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Holdenville</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>OK</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>74848</x:v>
+        <x:v>67213-1868                          </x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>405-379-5252</x:v>
+        <x:v>316-942-9351</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v/>
+        <x:v>316-942-6771</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>4/29/2021</x:v>
+        <x:v>10/20/2010</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1 only </x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>25853</x:v>
+        <x:v>24903</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>13930</x:v>
+        <x:v>25978</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90066082</x:v>
+        <x:v>90120694</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>CHEMRESEARCH CO INC</x:v>
+        <x:v>Central Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>1130 W HILTON AVE</x:v>
+        <x:v>1006 Airport Rd.</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>PHOENIX</x:v>
+        <x:v>Holdenville</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>AZ</x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>85007-4305</x:v>
+        <x:v>74848</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>602-288-0894</x:v>
+        <x:v>405-379-5252</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>602-254-0428</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>5/9/2017</x:v>
+        <x:v>4/29/2021</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>25461</x:v>
+        <x:v>25853</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>124</x:v>
+        <x:v>13930</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90049468</x:v>
+        <x:v>90066082</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>CHEM-TEK METAL FINISHING                          </x:v>
+        <x:v>CHEMRESEARCH CO INC</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>636 ATLANTIS RD                     </x:v>
+        <x:v>1130 W HILTON AVE</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>MELBOURNE                           </x:v>
+        <x:v>PHOENIX</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>FL </x:v>
+        <x:v>AZ</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>32904-2315                          </x:v>
+        <x:v>85007-4305</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>321-259-5010</x:v>
+        <x:v>602-288-0894</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>321-722-2927</x:v>
+        <x:v>602-254-0428</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/9/2017</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>24566</x:v>
+        <x:v>25461</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>26006</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90069062</x:v>
+        <x:v>90049468</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
+        <x:v>CHEM-TEK METAL FINISHING                          </x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>3939 W 29th St S</x:v>
+        <x:v>636 ATLANTIS RD                     </x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>MELBOURNE                           </x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>KS</x:v>
+        <x:v>FL </x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>67217</x:v>
+        <x:v>32904-2315                          </x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>316-944-3600</x:v>
+        <x:v>321-259-5010</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v/>
+        <x:v>321-722-2927</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>7/8/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>25882</x:v>
+        <x:v>24566</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>298</x:v>
+        <x:v>26006</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90174063</x:v>
+        <x:v>90069062</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>CIL INC. METAL FINISHING</x:v>
+        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>400 CANAL STREET</x:v>
+        <x:v>3939 W 29th St S</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>LAWRENCE</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>MA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>01840</x:v>
+        <x:v>67217</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>9786858300</x:v>
+        <x:v>316-944-3600</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>7/29/2011</x:v>
+        <x:v>7/8/2021</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v/>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>24862</x:v>
+        <x:v>25882</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>319</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90041112</x:v>
+        <x:v>90174063</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>COASTLINE METAL FINISHING CORP                    </x:v>
+        <x:v>CIL INC. METAL FINISHING</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>7061 PATTERSON DR                   </x:v>
+        <x:v>400 CANAL STREET</x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>GARDEN GROVE                        </x:v>
+        <x:v>LAWRENCE</x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>CA </x:v>
+        <x:v>MA</x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>92841                               </x:v>
+        <x:v>01840</x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>7148959099</x:v>
+        <x:v>9786858300</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>714-895-4728</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>10/1/2007</x:v>
+        <x:v>7/29/2011</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Approved type 1 Only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>25125</x:v>
+        <x:v>24862</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>43213</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90217589</x:v>
+        <x:v>90041112</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>CONNELL PROCESSING INC</x:v>
+        <x:v>COASTLINE METAL FINISHING CORP                    </x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>3080 N AVON ST</x:v>
+        <x:v>7061 PATTERSON DR                   </x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>GARDEN GROVE                        </x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>91504-2003</x:v>
+        <x:v>92841                               </x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>8188457661</x:v>
+        <x:v>7148959099</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v/>
+        <x:v>714-895-4728</x:v>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>7/25/2025</x:v>
+        <x:v>10/1/2007</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Approved type 1 Only</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>30429</x:v>
+        <x:v>25125</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>226</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90049292</x:v>
+        <x:v>90217589</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
+        <x:v>CONNELL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>91 HEARTLAND BLVD                   </x:v>
+        <x:v>3080 N AVON ST</x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>EDGEWOOD                            </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>NY </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>11717                               </x:v>
+        <x:v>91504-2003</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>6315865200</x:v>
+        <x:v>8188457661</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>631-870-1138</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>12/8/2005</x:v>
+        <x:v>7/25/2025</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Limited to Touch-up</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>24745</x:v>
+        <x:v>30429</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>23672</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90074102</x:v>
+        <x:v>90049292</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
+        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>7152 Central Ave</x:v>
+        <x:v>91 HEARTLAND BLVD                   </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
+        <x:v>EDGEWOOD                            </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>AR</x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>71913-7348</x:v>
+        <x:v>11717                               </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>5015250268</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v/>
+        <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>5/21/2019</x:v>
+        <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Touch-up</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>25620</x:v>
+        <x:v>24745</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>23724</x:v>
+        <x:v>23672</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90075204</x:v>
+        <x:v>90074102</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
+        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>5486 FAIRCHILD RD</x:v>
+        <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>CRESTVIEW</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>FL</x:v>
+        <x:v>AR</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>32539-8155</x:v>
+        <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>8503314193</x:v>
+        <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v/>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>7/1/2019</x:v>
+        <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>25628</x:v>
+        <x:v>25620</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>184</x:v>
+        <x:v>23724</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90049744</x:v>
+        <x:v>90075204</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>CYGNUS INC                                        </x:v>
+        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
+        <x:v>5486 FAIRCHILD RD</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>PONDERAY                            </x:v>
+        <x:v>CRESTVIEW</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>ID </x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>83852                               </x:v>
+        <x:v>32539-8155</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>2082634761</x:v>
+        <x:v>8503314193</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>208-263-9217</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>10/1/2004</x:v>
+        <x:v>7/1/2019</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>26242</x:v>
+        <x:v>25628</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>66</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90049744</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>CYGNUS INC                                        </x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>PONDERAY                            </x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>CA</x:v>
+        <x:v>ID </x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>83852                               </x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>2082634761</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>208-263-9217</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/1/2004</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>24454</x:v>
+        <x:v>26242</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>9025</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90061995</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>ELECTRODE TECHNOLOGIES INC DBA REID METAL FINISHING</x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>3110 W HARVARD ST</x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>Santa Ana</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F39" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>USA</x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>562-454-3434</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>714-549-3008</x:v>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>8/6/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
+        <x:v>Limited to Type 1 only</x:v>
+      </x:c>
+      <x:c r="W39" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="X39" t="n">
+        <x:v>24454</x:v>
+      </x:c>
+      <x:c r="Y39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA39" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB39" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC39" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD39" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG39" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="n">
+        <x:v>9025</x:v>
+      </x:c>
+      <x:c r="B40" t="str">
+        <x:v>90061995</x:v>
+      </x:c>
+      <x:c r="C40" t="str">
+        <x:v>ELECTRODE TECHNOLOGIES INC DBA REID METAL FINISHING</x:v>
+      </x:c>
+      <x:c r="D40" t="str">
+        <x:v>3110 W HARVARD ST</x:v>
+      </x:c>
+      <x:c r="E40" t="str">
+        <x:v>Santa Ana</x:v>
+      </x:c>
+      <x:c r="F40" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G40" t="str">
+        <x:v>USA</x:v>
+      </x:c>
+      <x:c r="H40" t="str">
+        <x:v>562-454-3434</x:v>
+      </x:c>
+      <x:c r="I40" t="str">
+        <x:v>714-549-3008</x:v>
+      </x:c>
+      <x:c r="J40" t="str">
+        <x:v>8/6/2015</x:v>
+      </x:c>
+      <x:c r="K40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O40" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="P40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q40" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="R40" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U40" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V40" t="str">
         <x:v>Type 1, 2.
 Customer is responsible for specific chem film type.
 </x:v>
       </x:c>
-      <x:c r="W39" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W40" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>24891</x:v>
+        <x:v>25276</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>11072</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90065860</x:v>
+        <x:v>90050097</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Electromold Australia</x:v>
+        <x:v>ELECTROLURGY INC                                  </x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>202 Holt Parade</x:v>
+        <x:v>1121 DURYEA AVE                     </x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>Thomastown, VIC</x:v>
+        <x:v>IRVINE                              </x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v/>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>3074</x:v>
+        <x:v>92614-5519                          </x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>+61394640922</x:v>
+        <x:v>949-250-4494</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>+610394640548</x:v>
+        <x:v>949-250-4072</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>3/23/2016</x:v>
+        <x:v>9/24/2007</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v>Limited to Type 1 only </x:v>
+        <x:v>Type 1 Only</x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>25374</x:v>
+        <x:v>24891</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
-        <x:v>254</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB41" t="str">
-        <x:v>Australia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC41" t="str">
-        <x:v>AU</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>355</x:v>
+        <x:v>11072</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90065860</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>Electromold Australia</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>202 Holt Parade</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>Thomastown, VIC</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>+61394640922</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v>+610394640548</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>3/23/2016</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Limited to Type 1, Class 1A, 3 and Type 2</x:v>
+        <x:v>Limited to Type 1 only </x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>24963</x:v>
+        <x:v>25374</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="AB42" t="str">
-        <x:v>United States</x:v>
+        <x:v>Australia</x:v>
       </x:c>
       <x:c r="AC42" t="str">
-        <x:v>US</x:v>
+        <x:v>AU</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>18138</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90068715</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Elmet International SRL</x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>Constantei Street No 1</x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>Bacau</x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v/>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>600108</x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>40234580092</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v/>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>7/18/2018</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v/>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1, Class 1A, 3 and Type 2</x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>28660</x:v>
+        <x:v>24963</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
-        <x:v>70</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
-        <x:v>Romania</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
-        <x:v>RO</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>174</x:v>
+        <x:v>18138</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90068715</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Elmet International SRL</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>Constantei Street No 1</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Bacau</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>CA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>600108</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>40234580092</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>7/18/2018</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v/>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v>Type 1  Type 2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>24669</x:v>
+        <x:v>28660</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
-        <x:v>268</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="AB44" t="str">
-        <x:v>United States</x:v>
+        <x:v>Romania</x:v>
       </x:c>
       <x:c r="AC44" t="str">
-        <x:v>US</x:v>
+        <x:v>RO</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F45" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K45" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L45" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v/>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1  Type 2</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>25726</x:v>
+        <x:v>24669</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>12878</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90065231</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>FLARE GROUP CORP</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>1571 MACARTHUR BLVD</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>COSTA MESA</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F46" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>92626</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>7148502080</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>714-850-8795</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>1/31/2017</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v/>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v>Limited to Type 1</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>25561</x:v>
+        <x:v>25726</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>8015</x:v>
+        <x:v>12878</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90065231</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>FLARE GROUP CORP</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>1571 MACARTHUR BLVD</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>COSTA MESA</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>32548</x:v>
+        <x:v>92626</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>7148502080</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v>714-850-8795</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>1/31/2017</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v/>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1</x:v>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>25108</x:v>
+        <x:v>25561</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>26065</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90125444</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Galvair Srl</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>Via T. Edison, 10</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Barberino del Mugello, Firenze</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v/>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>50031</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(+39) 055-842-5835</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v/>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>3/29/2022</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v/>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v>Limited to Type II CL 1A only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>26106</x:v>
+        <x:v>25108</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>210</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90024658</x:v>
+        <x:v>90125444</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Har-Conn Aerospace, Inc</x:v>
+        <x:v>Galvair Srl</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>5000 Augusta Dr</x:v>
+        <x:v>Via T. Edison, 10</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>Fort Worth</x:v>
+        <x:v>Barberino del Mugello, Firenze</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>TX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>76106</x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>(817) 626-5437</x:v>
+        <x:v>(+39) 055-842-5835</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>(817) 625-5521</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>3/29/2022</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v/>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
-        <x:v/>
+        <x:v>Limited to Type II CL 1A only</x:v>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>25369</x:v>
+        <x:v>26106</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
-        <x:v>268</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="AB49" t="str">
-        <x:v>United States</x:v>
+        <x:v>Italy</x:v>
       </x:c>
       <x:c r="AC49" t="str">
-        <x:v>US</x:v>
+        <x:v>IT</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>347</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90024658</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>Har-Conn Aerospace, Inc</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>5000 Augusta Dr</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>Fort Worth</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>CT</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>06110</x:v>
+        <x:v>76106</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>(817) 626-5437</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v>(817) 625-5521</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v/>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
         <x:v/>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>24760</x:v>
+        <x:v>25369</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>217</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90050724</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>1402 S 69TH EAST AVE                </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>TULSA                               </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>OK </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>74112                               </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>425-241-9587</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v/>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v/>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>24730</x:v>
+        <x:v>24760</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>26091</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90125705</x:v>
+        <x:v>90050724</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>HERITAGE AVIATION LTD                             </x:v>
+        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>901 AVENUE T                        </x:v>
+        <x:v>1402 S 69TH EAST AVE                </x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>GRAND PRAIRIE                       </x:v>
+        <x:v>TULSA                               </x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>TX </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>75050                               </x:v>
+        <x:v>74112                               </x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>9729888000</x:v>
+        <x:v>425-241-9587</x:v>
       </x:c>
       <x:c r="I52" t="str">
         <x:v/>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>8/4/2022</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v/>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>28887</x:v>
+        <x:v>24730</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>16028</x:v>
+        <x:v>26091</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90068226</x:v>
+        <x:v>90125705</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>HILLOCK ANODIZING INC                             </x:v>
+        <x:v>HERITAGE AVIATION LTD                             </x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>5101 COMLY ST                       </x:v>
+        <x:v>901 AVENUE T                        </x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>GRAND PRAIRIE                       </x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>PA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>19135-4317                          </x:v>
+        <x:v>75050                               </x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>215-535-8090</x:v>
+        <x:v>9729888000</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>215-288-5110</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>11/16/2017</x:v>
+        <x:v>8/4/2022</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v/>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Approved for Type 1 (Class 1A and Class 3) and Type 2 (Class 1A and Class 3)</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>25500</x:v>
+        <x:v>28887</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>246</x:v>
+        <x:v>16028</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90068226</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>5101 COMLY ST                       </x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>Denton</x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>TX</x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>76207</x:v>
+        <x:v>19135-4317                          </x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>215-535-8090</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>215-288-5110</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/16/2017</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v/>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Approved for Type 1 (Class 1A and Class 3) and Type 2 (Class 1A and Class 3)</x:v>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>24782</x:v>
+        <x:v>25500</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J55" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v/>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Type 1 only unless specified on NGAS drawings</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>24673</x:v>
+        <x:v>24782</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>191</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J56" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v/>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only unless specified on NGAS drawings</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>24705</x:v>
+        <x:v>24673</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>288</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>32796</x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v/>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>24817</x:v>
+        <x:v>24705</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>40934</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90069135</x:v>
+        <x:v>90053200</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>KL ANODIZING CORPORATION</x:v>
+        <x:v>INCERTEC FLORIDA</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>1200 S VICTORY BLVD</x:v>
+        <x:v>895 Buffalo Road</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>Titusville</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>91503-0631</x:v>
+        <x:v>32796</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>818-845-7251</x:v>
+        <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>818-845-0650</x:v>
+        <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>3/12/2025</x:v>
+        <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v/>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>30318</x:v>
+        <x:v>24817</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>5</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90069135</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>KL ANODIZING CORPORATION</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>1200 S VICTORY BLVD</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F59" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>90805</x:v>
+        <x:v>91503-0631</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>818-845-7251</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>818-845-0650</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/12/2025</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v/>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>24481</x:v>
+        <x:v>30318</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>221</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>Lubeco Inc</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6859 Downey Ave</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>11704</x:v>
+        <x:v>90805</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>(562) 602-1791</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>(562) 633-4078</x:v>
       </x:c>
       <x:c r="J60" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v/>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>24741</x:v>
+        <x:v>24481</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v/>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>24771</x:v>
+        <x:v>24741</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>292</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>31607</x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>0561518201</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v/>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>25110</x:v>
+        <x:v>24771</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>18157</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90069110</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>METAL CHEM INC                                    </x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>21514 NORDHOFF ST                   </x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>91311-5822                          </x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>818-727-9951</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>818-727-1153</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>8/16/2018</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v/>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Type 1</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>25554</x:v>
+        <x:v>25110</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB63" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC63" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>247</x:v>
+        <x:v>18157</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90069110</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>METAL CHEM INC                                    </x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>21514 NORDHOFF ST                   </x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>57213</x:v>
+        <x:v>91311-5822                          </x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>818-727-9951</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>818-727-1153</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/16/2018</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v/>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Limited to Type 1 Only</x:v>
+        <x:v>Type 1</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>24786</x:v>
+        <x:v>25554</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>82</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v/>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1 Only</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>24926</x:v>
+        <x:v>24786</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>303</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F66" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v/>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v>Limits: Type I only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>25746</x:v>
+        <x:v>24926</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>134</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90051884</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>122 Second Street</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>MINEOLA</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>11501-3054</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>5167466666</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>516-378-0262</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v/>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V67" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limits: Type I only</x:v>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>24577</x:v>
+        <x:v>25746</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>203</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90051884</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>122 Second Street</x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>MINEOLA</x:v>
       </x:c>
       <x:c r="F68" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>11501-3054</x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>5167466666</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>516-378-0262</x:v>
       </x:c>
       <x:c r="J68" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K68" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L68" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v/>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V68" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>24718</x:v>
+        <x:v>24577</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>17106</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>KS </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K69" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L69" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v/>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V69" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>25540</x:v>
+        <x:v>24718</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>248</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>65453</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J70" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K70" t="str">
         <x:v/>
       </x:c>
       <x:c r="L70" t="str">
         <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v/>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V70" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>25358</x:v>
+        <x:v>25540</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
-        <x:v>12086</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>KS</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>67213</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v/>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J71" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K71" t="str">
         <x:v/>
       </x:c>
       <x:c r="L71" t="str">
         <x:v/>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v/>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P71" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q71" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R71" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T71" t="str">
         <x:v/>
       </x:c>
       <x:c r="U71" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V71" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W71" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X71" t="n">
-        <x:v>25404</x:v>
+        <x:v>25358</x:v>
       </x:c>
       <x:c r="Y71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA71" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
-        <x:v>149</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E72" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F72" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H72" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J72" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v/>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q72" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R72" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T72" t="str">
         <x:v/>
       </x:c>
       <x:c r="U72" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V72" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W72" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X72" t="n">
-        <x:v>24605</x:v>
+        <x:v>25404</x:v>
       </x:c>
       <x:c r="Y72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA72" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB72" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC72" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD72" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG72" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="n">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>90070227</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>POLY-METAL FINISHING</x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>1 ALLEN ST STE 218</x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>SPRINGFIELD</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>MA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>01108</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>4137814535</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>413-781-7160</x:v>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J73" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K73" t="str">
         <x:v/>
       </x:c>
       <x:c r="L73" t="str">
         <x:v/>
       </x:c>
       <x:c r="M73" t="str">
         <x:v/>
       </x:c>
       <x:c r="N73" t="str">
         <x:v/>
       </x:c>
       <x:c r="O73" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P73" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q73" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R73" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T73" t="str">
         <x:v/>
       </x:c>
       <x:c r="U73" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V73" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W73" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X73" t="n">
-        <x:v>25606</x:v>
+        <x:v>24605</x:v>
       </x:c>
       <x:c r="Y73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA73" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB73" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC73" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD73" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG73" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="n">
-        <x:v>26343</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>90127495</x:v>
+        <x:v>90070227</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>POTEZ AERONAUTIQUE                                </x:v>
+        <x:v>POLY-METAL FINISHING</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>8 Route Du Houga BP 149             </x:v>
+        <x:v>1 ALLEN ST STE 218</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
+        <x:v>SPRINGFIELD</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v/>
+        <x:v>MA</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>40800                               </x:v>
+        <x:v>01108</x:v>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>0558714778          </x:v>
+        <x:v>4137814535</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v/>
+        <x:v>413-781-7160</x:v>
       </x:c>
       <x:c r="J74" t="str">
-        <x:v>1/4/2024</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K74" t="str">
         <x:v/>
       </x:c>
       <x:c r="L74" t="str">
         <x:v/>
       </x:c>
       <x:c r="M74" t="str">
         <x:v/>
       </x:c>
       <x:c r="N74" t="str">
         <x:v/>
       </x:c>
       <x:c r="O74" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P74" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q74" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R74" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T74" t="str">
         <x:v/>
       </x:c>
       <x:c r="U74" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V74" t="str">
-        <x:v>Limited to Touchup only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W74" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X74" t="n">
-        <x:v>29498</x:v>
+        <x:v>25606</x:v>
       </x:c>
       <x:c r="Y74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA74" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB74" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC74" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD74" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG74" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="n">
-        <x:v>153</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90127495</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>POTEZ AERONAUTIQUE                                </x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>8 Route Du Houga BP 149             </x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>OK</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>74344</x:v>
+        <x:v>40800                               </x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>0558714778          </x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J75" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/4/2024</x:v>
       </x:c>
       <x:c r="K75" t="str">
         <x:v/>
       </x:c>
       <x:c r="L75" t="str">
         <x:v/>
       </x:c>
       <x:c r="M75" t="str">
         <x:v/>
       </x:c>
       <x:c r="N75" t="str">
         <x:v/>
       </x:c>
       <x:c r="O75" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P75" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q75" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R75" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T75" t="str">
         <x:v/>
       </x:c>
       <x:c r="U75" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V75" t="str">
-        <x:v/>
+        <x:v>Limited to Touchup only</x:v>
       </x:c>
       <x:c r="W75" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X75" t="n">
-        <x:v>24620</x:v>
+        <x:v>29498</x:v>
       </x:c>
       <x:c r="Y75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA75" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB75" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC75" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD75" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG75" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="n">
-        <x:v>25964</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>90102241</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Prime Plating Aerospace Inc</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>11321 Goss Street</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>Sun Valley</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>CA</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>91352</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>818-768-9100</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J76" t="str">
-        <x:v>3/2/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K76" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L76" t="str">
         <x:v/>
       </x:c>
       <x:c r="M76" t="str">
         <x:v/>
       </x:c>
       <x:c r="N76" t="str">
         <x:v/>
       </x:c>
       <x:c r="O76" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P76" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q76" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R76" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T76" t="str">
         <x:v/>
       </x:c>
       <x:c r="U76" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V76" t="str">
         <x:v/>
       </x:c>
       <x:c r="W76" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X76" t="n">
-        <x:v>25759</x:v>
+        <x:v>24620</x:v>
       </x:c>
       <x:c r="Y76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA76" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB76" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC76" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD76" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG76" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="n">
-        <x:v>35</x:v>
+        <x:v>25964</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90102241</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Prime Plating Aerospace Inc</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>11321 Goss Street</x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Sun Valley</x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>AR </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>91352</x:v>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>818-768-9100</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J77" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/2/2021</x:v>
       </x:c>
       <x:c r="K77" t="str">
         <x:v/>
       </x:c>
       <x:c r="L77" t="str">
         <x:v/>
       </x:c>
       <x:c r="M77" t="str">
         <x:v/>
       </x:c>
       <x:c r="N77" t="str">
         <x:v/>
       </x:c>
       <x:c r="O77" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P77" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q77" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R77" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T77" t="str">
         <x:v/>
       </x:c>
       <x:c r="U77" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V77" t="str">
-        <x:v>Limited to Type I only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W77" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X77" t="n">
-        <x:v>24436</x:v>
+        <x:v>25759</x:v>
       </x:c>
       <x:c r="Y77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA77" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB77" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC77" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD77" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG77" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="n">
-        <x:v>178</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C78" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D78" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E78" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>CA </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G78" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I78" t="str">
-        <x:v/>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J78" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K78" t="str">
         <x:v/>
       </x:c>
       <x:c r="L78" t="str">
         <x:v/>
       </x:c>
       <x:c r="M78" t="str">
         <x:v/>
       </x:c>
       <x:c r="N78" t="str">
         <x:v/>
       </x:c>
       <x:c r="O78" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P78" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q78" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R78" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T78" t="str">
         <x:v/>
       </x:c>
       <x:c r="U78" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V78" t="str">
-        <x:v>Limited to Type I only. </x:v>
+        <x:v>Limited to Type I only</x:v>
       </x:c>
       <x:c r="W78" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X78" t="n">
-        <x:v>25001</x:v>
+        <x:v>24436</x:v>
       </x:c>
       <x:c r="Y78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA78" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB78" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC78" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD78" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG78" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="n">
-        <x:v>337</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90024594</x:v>
       </x:c>
       <x:c r="C79" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>RAH INDUSTRIES INC                                </x:v>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
       </x:c>
       <x:c r="E79" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>VALENCIA                            </x:v>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>91355                               </x:v>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>6612955190</x:v>
       </x:c>
       <x:c r="I79" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J79" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>7/13/2004</x:v>
       </x:c>
       <x:c r="K79" t="str">
         <x:v/>
       </x:c>
       <x:c r="L79" t="str">
         <x:v/>
       </x:c>
       <x:c r="M79" t="str">
         <x:v/>
       </x:c>
       <x:c r="N79" t="str">
         <x:v/>
       </x:c>
       <x:c r="O79" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P79" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q79" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R79" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T79" t="str">
         <x:v/>
       </x:c>
       <x:c r="U79" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V79" t="str">
-        <x:v>       Type 1 Only</x:v>
+        <x:v>Limited to Type I only. </x:v>
       </x:c>
       <x:c r="W79" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X79" t="n">
-        <x:v>25700</x:v>
+        <x:v>25001</x:v>
       </x:c>
       <x:c r="Y79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA79" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB79" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC79" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD79" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG79" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="n">
-        <x:v>281</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>90052991</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C80" t="str">
-        <x:v>Southwest United Industries Inc</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>422 S Saint Louis Ave</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E80" t="str">
-        <x:v>Tulsa</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>OK</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>74120-3418</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>918-587-4161</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I80" t="str">
-        <x:v>918-583-3950</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J80" t="str">
-        <x:v>6/30/2008</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K80" t="str">
         <x:v/>
       </x:c>
       <x:c r="L80" t="str">
         <x:v/>
       </x:c>
       <x:c r="M80" t="str">
         <x:v/>
       </x:c>
       <x:c r="N80" t="str">
         <x:v/>
       </x:c>
       <x:c r="O80" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P80" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q80" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R80" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T80" t="str">
         <x:v/>
       </x:c>
       <x:c r="U80" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V80" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>       Type 1 Only</x:v>
       </x:c>
       <x:c r="W80" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X80" t="n">
-        <x:v>24997</x:v>
+        <x:v>25700</x:v>
       </x:c>
       <x:c r="Y80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA80" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB80" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC80" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD80" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG80" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="n">
-        <x:v>26137</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>90128120</x:v>
+        <x:v>90052991</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>SPEM AERO SAS </x:v>
+        <x:v>Southwest United Industries Inc</x:v>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v>6 rue du castelmouly </x:v>
+        <x:v>422 S Saint Louis Ave</x:v>
       </x:c>
       <x:c r="E81" t="str">
-        <x:v>Bagnères de Bigorre </x:v>
+        <x:v>Tulsa</x:v>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v/>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>65200</x:v>
+        <x:v>74120-3418</x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>33562913232 </x:v>
+        <x:v>918-587-4161</x:v>
       </x:c>
       <x:c r="I81" t="str">
-        <x:v/>
+        <x:v>918-583-3950</x:v>
       </x:c>
       <x:c r="J81" t="str">
-        <x:v>2/7/2023</x:v>
+        <x:v>6/30/2008</x:v>
       </x:c>
       <x:c r="K81" t="str">
         <x:v/>
       </x:c>
       <x:c r="L81" t="str">
         <x:v/>
       </x:c>
       <x:c r="M81" t="str">
         <x:v/>
       </x:c>
       <x:c r="N81" t="str">
         <x:v/>
       </x:c>
       <x:c r="O81" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P81" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q81" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R81" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T81" t="str">
         <x:v/>
       </x:c>
       <x:c r="U81" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V81" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W81" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X81" t="n">
-        <x:v>28795</x:v>
+        <x:v>24997</x:v>
       </x:c>
       <x:c r="Y81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA81" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB81" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC81" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD81" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG81" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="n">
-        <x:v>736</x:v>
+        <x:v>26137</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90128120</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SPEM AERO SAS </x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>6 rue du castelmouly </x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Bagnères de Bigorre </x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>KS </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>65200</x:v>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="I82" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J82" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="K82" t="str">
         <x:v/>
       </x:c>
       <x:c r="L82" t="str">
         <x:v/>
       </x:c>
       <x:c r="M82" t="str">
         <x:v/>
       </x:c>
       <x:c r="N82" t="str">
         <x:v/>
       </x:c>
       <x:c r="O82" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P82" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q82" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R82" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T82" t="str">
         <x:v/>
       </x:c>
       <x:c r="U82" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V82" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W82" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X82" t="n">
-        <x:v>25602</x:v>
+        <x:v>28795</x:v>
       </x:c>
       <x:c r="Y82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA82" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB82" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC82" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD82" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG82" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="n">
         <x:v>15007</x:v>
       </x:c>
       <x:c r="B83" t="str">
         <x:v>90068157</x:v>
       </x:c>
       <x:c r="C83" t="str">
         <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D83" t="str">
@@ -9042,72 +9042,72 @@
       </x:c>
       <x:c r="AC92" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD92" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG92" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B93" t="str">
         <x:v>90053884</x:v>
       </x:c>
       <x:c r="C93" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="E93" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="F93" t="str">
         <x:v>MN</x:v>
       </x:c>
       <x:c r="G93" t="str">
         <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H93" t="str">
         <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I93" t="str">
         <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J93" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="K93" t="str">
         <x:v/>
       </x:c>
       <x:c r="L93" t="str">
         <x:v/>
       </x:c>
       <x:c r="M93" t="str">
         <x:v/>
       </x:c>
       <x:c r="N93" t="str">
         <x:v/>
       </x:c>
       <x:c r="O93" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P93" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q93" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R93" t="n">
         <x:v>3</x:v>
       </x:c>