--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a66603ed23a4d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4a32ff8e194179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R47457dc5cc40477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R09b68c063a314236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47457dc5cc40477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R09b68c063a314236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -511,57 +511,57 @@
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="G6" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
@@ -899,5118 +899,5118 @@
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>736</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90054292</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>AIRCRAFT FINISHING CORP</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>612 RUTGERS RD</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>WEST BABYLON</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>KS</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>67210</x:v>
+        <x:v>11704-5555</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>631-422-5000</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>613-422-0815</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>25602</x:v>
+        <x:v>24711</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>196</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90054292</x:v>
+        <x:v>90048561</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>AIRCRAFT FINISHING CORP</x:v>
+        <x:v>Aircraft X-Ray Laboratories Inc</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>612 RUTGERS RD</x:v>
+        <x:v>5216 Pacific Blvd</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>WEST BABYLON</x:v>
+        <x:v>Huntington Park</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>11704-5555</x:v>
+        <x:v>90255</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>631-422-5000</x:v>
+        <x:v>(323) 587-4141</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>613-422-0815</x:v>
+        <x:v>(323) 588-6410</x:v>
       </x:c>
       <x:c r="J11" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>24711</x:v>
+        <x:v>24478</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>43</x:v>
+        <x:v>26266</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90048561</x:v>
+        <x:v>90174381</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Aircraft X-Ray Laboratories Inc</x:v>
+        <x:v>Align Precision 597 North 1500 West</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>5216 Pacific Blvd</x:v>
+        <x:v>597 North 1500 West</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Huntington Park</x:v>
+        <x:v>Cedar City</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA</x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>90255</x:v>
+        <x:v>84721</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(323) 587-4141</x:v>
+        <x:v>435-586-3871</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>(323) 588-6410</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/20/2023</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>24478</x:v>
+        <x:v>29284</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>26266</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90174381</x:v>
+        <x:v>90048618</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Align Precision 597 North 1500 West</x:v>
+        <x:v>All Metals Processing of Orange County, LLC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>597 North 1500 West</x:v>
+        <x:v>8401 STANDUSTRIAL ST                </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Cedar City</x:v>
+        <x:v>STANTON                             </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>UT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>84721</x:v>
+        <x:v>90680-2619                          </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>435-586-3871</x:v>
+        <x:v>714-828-8238</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v/>
+        <x:v>714-828-4552</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>10/20/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>29284</x:v>
+        <x:v>24616</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>19</x:v>
+        <x:v>4945</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90048618</x:v>
+        <x:v>90048627</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>All Metals Processing of Orange County, LLC</x:v>
+        <x:v>ALLEN AIRCRAFT PRODUCTS INC                       </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>8401 STANDUSTRIAL ST                </x:v>
+        <x:v>6168 WOODBINE RD                    </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>STANTON                             </x:v>
+        <x:v>RAVENNA                             </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA </x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>90680-2619                          </x:v>
+        <x:v>44266-1211                     </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>714-828-8238</x:v>
+        <x:v>330-298-3434</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>714-828-4552</x:v>
+        <x:v>330-296-5532</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v/>
+        <x:v>Limited to Method 1, Types 1 and 3</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>24616</x:v>
+        <x:v>30142</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>4945</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90048627</x:v>
+        <x:v>90048650</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>ALLEN AIRCRAFT PRODUCTS INC                       </x:v>
+        <x:v>Alloy Processing</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>6168 WOODBINE RD                    </x:v>
+        <x:v>1900 W Walnut St</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>RAVENNA                             </x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>OH </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>44266-1211                     </x:v>
+        <x:v>90220-5019</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>330-298-3434</x:v>
+        <x:v>(310) 635-9995</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>330-296-5532</x:v>
+        <x:v>(310) 635-9936</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/11/2004</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Limited to Method 1, Types 1 and 3</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>30142</x:v>
+        <x:v>24793</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>260</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90048650</x:v>
+        <x:v>90044349</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Alloy Processing</x:v>
+        <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>1900 W Walnut St</x:v>
+        <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Compton</x:v>
+        <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90220-5019</x:v>
+        <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(310) 635-9995</x:v>
+        <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>(310) 635-9936</x:v>
+        <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>3/11/2004</x:v>
+        <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K16" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L16" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v> Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>24793</x:v>
+        <x:v>25422</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>169</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90044349</x:v>
+        <x:v>90048772</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>ANADITE CA RESTORATION TRUST</x:v>
+        <x:v>ANOPLATE CORPORATION                              </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>10647 S. GARFIELD AVE.</x:v>
+        <x:v>459 Pulaski St.                     </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>SOUTH GATE</x:v>
+        <x:v>SYRACUSE                            </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90280-7325</x:v>
+        <x:v>13204                               </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>5628612205</x:v>
+        <x:v>315-471- 6143 x211</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>562-862-6479</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>10/20/2009</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v> Limited to Type 1 only</x:v>
+        <x:v>Approved for Type I and Type II. Approval for Type II is limited to the VTUAV Program only.</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>25422</x:v>
+        <x:v>24906</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>237</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90048772</x:v>
+        <x:v>90054958</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>ANOPLATE CORPORATION                              </x:v>
+        <x:v>Applied Aerospace Structures Corp</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>459 Pulaski St.                     </x:v>
+        <x:v>3437 S Airport Way                 </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>SYRACUSE                            </x:v>
+        <x:v>Stockton                            </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>NY </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>13204                               </x:v>
+        <x:v>95206                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>315-471- 6143 x211</x:v>
+        <x:v> 209-983-3244</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Approved for Type I and Type II. Approval for Type II is limited to the VTUAV Program only.</x:v>
+        <x:v> Limited to Type 1 only
+</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>24906</x:v>
+        <x:v>24410</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90054958</x:v>
+        <x:v>90066724</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>Asko Processing, Inc.</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>434 N. 35th Street</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>98103</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>(206) 634-2080</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>209-982-3375</x:v>
+        <x:v>(206) 547-4511</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>5/27/2004</x:v>
+        <x:v>6/17/2008</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v> Limited to Type 1 only
-</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>24410</x:v>
+        <x:v>25539</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>31</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90066724</x:v>
+        <x:v>90053952</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Asko Processing, Inc.</x:v>
+        <x:v>Avior Integrated Products (Canada)</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>434 N. 35th Street</x:v>
+        <x:v>1001 Highway 440 West</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Laval Quebec</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>WA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>98103</x:v>
+        <x:v>H7L 3W3</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(206) 634-2080</x:v>
+        <x:v>(450) 629-6200</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(206) 547-4511</x:v>
+        <x:v>(514) 324-6241</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>6/17/2008</x:v>
+        <x:v>4/14/2004</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>25539</x:v>
+        <x:v>24564</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB20" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC20" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>122</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90053952</x:v>
+        <x:v>90008061</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Avior Integrated Products (Canada)</x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>1001 Highway 440 West</x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Laval Quebec</x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v/>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>H7L 3W3</x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(450) 629-6200</x:v>
+        <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(514) 324-6241</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>4/14/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>24564</x:v>
+        <x:v>24650</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>171</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90008061</x:v>
+        <x:v>90064236</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>CA </x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>3104780078</x:v>
+        <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v/>
+        <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>24650</x:v>
+        <x:v>25668</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>318</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90064236</x:v>
+        <x:v>90049168</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>BLANCHARD METALS PROCESSING   </x:v>
+        <x:v>Bowman Plating Company Inc</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>1115 S PIONEER RD                   </x:v>
+        <x:v>2631 E 126th St</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>SALT LAKE CITY                      </x:v>
+        <x:v>Compton</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>UT </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>84126-0695                          </x:v>
+        <x:v>90222</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>8019725590</x:v>
+        <x:v>(310) 639-4343 EXTN 152</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>801-972-6346</x:v>
+        <x:v>(310) 639-3577</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>9/23/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>25668</x:v>
+        <x:v>29633</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90049168</x:v>
+        <x:v>90049333</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Bowman Plating Company Inc</x:v>
+        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>2631 E 126th St</x:v>
+        <x:v>1530 W Slauson Ave                  </x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Compton</x:v>
+        <x:v>Los Angeles                         </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>90222</x:v>
+        <x:v>90047                               </x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>(310) 639-4343 EXTN 152</x:v>
+        <x:v>3237532247</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>(310) 639-3577</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29633</x:v>
+        <x:v>24407</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>58</x:v>
+        <x:v>26026</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90049333</x:v>
+        <x:v>90124324</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>CALIFORNIA METAL PROCESSING CO                    </x:v>
+        <x:v>Cametoid Technologies Inc</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>1530 W Slauson Ave                  </x:v>
+        <x:v>45 South Satellite Road</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Los Angeles                         </x:v>
+        <x:v>South Windsor</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>90047                               </x:v>
+        <x:v>06074</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>3237532247</x:v>
+        <x:v>(860) 372-4042 (office)</x:v>
       </x:c>
       <x:c r="I25" t="str">
         <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/31/2021</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Only as Post Treatment to Ion Vapor Deposition Aluminum (Type 2) per MIL-DTL-83488, GP17R</x:v>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>24407</x:v>
+        <x:v>25966</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>26026</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90124324</x:v>
+        <x:v>90056729</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Cametoid Technologies Inc</x:v>
+        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>45 South Satellite Road</x:v>
+        <x:v>2121 S EDWARDS ST.                  </x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>South Windsor</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>CT</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>06074</x:v>
+        <x:v>67213-1868                          </x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(860) 372-4042 (office)</x:v>
+        <x:v>316-942-9351</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v/>
+        <x:v>316-942-6771</x:v>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>8/31/2021</x:v>
+        <x:v>10/20/2010</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v>Only as Post Treatment to Ion Vapor Deposition Aluminum (Type 2) per MIL-DTL-83488, GP17R</x:v>
+        <x:v>Limited to Type 1 only </x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>25966</x:v>
+        <x:v>24903</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>128</x:v>
+        <x:v>25978</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90056729</x:v>
+        <x:v>90120694</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>CAPPS MANUFACTURING INC,                          </x:v>
+        <x:v>Central Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>2121 S EDWARDS ST.                  </x:v>
+        <x:v>1006 Airport Rd.</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Holdenville</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>KS </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>67213-1868                          </x:v>
+        <x:v>74848</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>316-942-9351</x:v>
+        <x:v>405-379-5252</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>316-942-6771</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>10/20/2010</x:v>
+        <x:v>4/29/2021</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to Type 1 only </x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>24903</x:v>
+        <x:v>25853</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>25978</x:v>
+        <x:v>13930</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90120694</x:v>
+        <x:v>90066082</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Central Metal Finishing LLC</x:v>
+        <x:v>CHEMRESEARCH CO INC</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>1006 Airport Rd.</x:v>
+        <x:v>1130 W HILTON AVE</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Holdenville</x:v>
+        <x:v>PHOENIX</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>OK</x:v>
+        <x:v>AZ</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>74848</x:v>
+        <x:v>85007-4305</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>405-379-5252</x:v>
+        <x:v>602-288-0894</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v/>
+        <x:v>602-254-0428</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>4/29/2021</x:v>
+        <x:v>5/9/2017</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V28" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>25853</x:v>
+        <x:v>25461</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>13930</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90066082</x:v>
+        <x:v>90049468</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>CHEMRESEARCH CO INC</x:v>
+        <x:v>CHEM-TEK METAL FINISHING                          </x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>1130 W HILTON AVE</x:v>
+        <x:v>636 ATLANTIS RD                     </x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>PHOENIX</x:v>
+        <x:v>MELBOURNE                           </x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>AZ</x:v>
+        <x:v>FL </x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>85007-4305</x:v>
+        <x:v>32904-2315                          </x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>602-288-0894</x:v>
+        <x:v>321-259-5010</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>602-254-0428</x:v>
+        <x:v>321-722-2927</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>5/9/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>25461</x:v>
+        <x:v>24566</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>124</x:v>
+        <x:v>26006</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90049468</x:v>
+        <x:v>90069062</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>CHEM-TEK METAL FINISHING                          </x:v>
+        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>636 ATLANTIS RD                     </x:v>
+        <x:v>3939 W 29th St S</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>MELBOURNE                           </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>FL </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>32904-2315                          </x:v>
+        <x:v>67217</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>321-259-5010</x:v>
+        <x:v>316-944-3600</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>321-722-2927</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>7/8/2021</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>24566</x:v>
+        <x:v>25882</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>26006</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90069062</x:v>
+        <x:v>90174063</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>CHROME PLUS INTERNATIONAL LLC</x:v>
+        <x:v>CIL INC. METAL FINISHING</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>3939 W 29th St S</x:v>
+        <x:v>400 CANAL STREET</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>LAWRENCE</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>KS</x:v>
+        <x:v>MA</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>67217</x:v>
+        <x:v>01840</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>316-944-3600</x:v>
+        <x:v>9786858300</x:v>
       </x:c>
       <x:c r="I31" t="str">
         <x:v/>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>7/8/2021</x:v>
+        <x:v>7/29/2011</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>25882</x:v>
+        <x:v>24862</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>298</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90174063</x:v>
+        <x:v>90041112</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>CIL INC. METAL FINISHING</x:v>
+        <x:v>COASTLINE METAL FINISHING CORP                    </x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>400 CANAL STREET</x:v>
+        <x:v>7061 PATTERSON DR                   </x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>LAWRENCE</x:v>
+        <x:v>GARDEN GROVE                        </x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>MA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>01840</x:v>
+        <x:v>92841                               </x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>9786858300</x:v>
+        <x:v>7148959099</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v/>
+        <x:v>714-895-4728</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>7/29/2011</x:v>
+        <x:v>10/1/2007</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v/>
+        <x:v>Approved type 1 Only</x:v>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>24862</x:v>
+        <x:v>25125</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>319</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90041112</x:v>
+        <x:v>90217589</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>COASTLINE METAL FINISHING CORP                    </x:v>
+        <x:v>CONNELL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>7061 PATTERSON DR                   </x:v>
+        <x:v>3080 N AVON ST</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>GARDEN GROVE                        </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>92841                               </x:v>
+        <x:v>91504-2003</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>7148959099</x:v>
+        <x:v>8188457661</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>714-895-4728</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>10/1/2007</x:v>
+        <x:v>7/25/2025</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>Approved type 1 Only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>25125</x:v>
+        <x:v>30429</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>43213</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90217589</x:v>
+        <x:v>90049292</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>CONNELL PROCESSING INC</x:v>
+        <x:v>CPI AEROSTRUCTURES INC</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>3080 N AVON ST</x:v>
+        <x:v>91 HEARTLAND BLVD</x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>BRENTWOOD</x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>91504-2003</x:v>
+        <x:v>11717</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>8188457661</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v/>
+        <x:v>631-870-1138</x:v>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>7/25/2025</x:v>
+        <x:v>12/8/2005</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Touch-up</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>30429</x:v>
+        <x:v>24745</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>226</x:v>
+        <x:v>23672</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90049292</x:v>
+        <x:v>90074102</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>CPI AEROSTRUCTURES INC                            </x:v>
+        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>91 HEARTLAND BLVD                   </x:v>
+        <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>EDGEWOOD                            </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>NY </x:v>
+        <x:v>AR</x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>11717                               </x:v>
+        <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>6315865200</x:v>
+        <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>631-870-1138</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>12/8/2005</x:v>
+        <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K35" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="L35" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Limited to Touch-up</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>24745</x:v>
+        <x:v>25620</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>23672</x:v>
+        <x:v>23724</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90074102</x:v>
+        <x:v>90075204</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
+        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>7152 Central Ave</x:v>
+        <x:v>5486 FAIRCHILD RD</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK</x:v>
+        <x:v>CRESTVIEW</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>AR</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>71913-7348</x:v>
+        <x:v>32539-8155</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>5015250268</x:v>
+        <x:v>8503314193</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v/>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>5/21/2019</x:v>
+        <x:v>7/1/2019</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>25620</x:v>
+        <x:v>25628</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>23724</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90075204</x:v>
+        <x:v>90049744</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
+        <x:v>CYGNUS INC                                        </x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>5486 FAIRCHILD RD</x:v>
+        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>CRESTVIEW</x:v>
+        <x:v>PONDERAY                            </x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>FL</x:v>
+        <x:v>ID </x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>32539-8155</x:v>
+        <x:v>83852                               </x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>8503314193</x:v>
+        <x:v>2082634761</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v/>
+        <x:v>208-263-9217</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>7/1/2019</x:v>
+        <x:v>10/1/2004</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>25628</x:v>
+        <x:v>26242</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>184</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90049744</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>CYGNUS INC                                        </x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>122 EMERALD INDUSTRIAL PARK RD      </x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>PONDERAY                            </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>ID </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>83852                               </x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>2082634761</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>208-263-9217</x:v>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>10/1/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>26242</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>66</x:v>
+        <x:v>9025</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90061995</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>ELECTRODE TECHNOLOGIES INC DBA REID METAL FINISHING</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>3110 W HARVARD ST</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Santa Ana</x:v>
       </x:c>
       <x:c r="F39" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>USA</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>562-454-3434</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>714-549-3008</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/6/2015</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Limited to Type 1 only</x:v>
-[...96 lines deleted...]
-      <x:c r="V40" t="str">
         <x:v>Type 1, 2.
 Customer is responsible for specific chem film type.
 </x:v>
       </x:c>
+      <x:c r="W39" t="n">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="X39" t="n">
+        <x:v>25276</x:v>
+      </x:c>
+      <x:c r="Y39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA39" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB39" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC39" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD39" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG39" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B40" t="str">
+        <x:v>90050097</x:v>
+      </x:c>
+      <x:c r="C40" t="str">
+        <x:v>ELECTROLURGY INC                                  </x:v>
+      </x:c>
+      <x:c r="D40" t="str">
+        <x:v>1121 DURYEA AVE                     </x:v>
+      </x:c>
+      <x:c r="E40" t="str">
+        <x:v>IRVINE                              </x:v>
+      </x:c>
+      <x:c r="F40" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G40" t="str">
+        <x:v>92614-5519                          </x:v>
+      </x:c>
+      <x:c r="H40" t="str">
+        <x:v>949-250-4494</x:v>
+      </x:c>
+      <x:c r="I40" t="str">
+        <x:v>949-250-4072</x:v>
+      </x:c>
+      <x:c r="J40" t="str">
+        <x:v>9/24/2007</x:v>
+      </x:c>
+      <x:c r="K40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O40" t="str">
+        <x:v>MIL-DTL-5541</x:v>
+      </x:c>
+      <x:c r="P40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q40" t="str">
+        <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
+      </x:c>
+      <x:c r="R40" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U40" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V40" t="str">
+        <x:v>Type 1 Only</x:v>
+      </x:c>
       <x:c r="W40" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>25276</x:v>
+        <x:v>24891</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>32</x:v>
+        <x:v>11072</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90050097</x:v>
+        <x:v>90065860</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>ELECTROLURGY INC                                  </x:v>
+        <x:v>Electromold Australia</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>1121 DURYEA AVE                     </x:v>
+        <x:v>202 Holt Parade</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>IRVINE                              </x:v>
+        <x:v>Thomastown, VIC</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>92614-5519                          </x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>949-250-4494</x:v>
+        <x:v>+61394640922</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>949-250-4072</x:v>
+        <x:v>+610394640548</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>9/24/2007</x:v>
+        <x:v>3/23/2016</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v>Type 1 Only</x:v>
+        <x:v>Limited to Type 1 only </x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>24891</x:v>
+        <x:v>25374</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="AB41" t="str">
-        <x:v>United States</x:v>
+        <x:v>Australia</x:v>
       </x:c>
       <x:c r="AC41" t="str">
-        <x:v>US</x:v>
+        <x:v>AU</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>11072</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90065860</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>Electromold Australia</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>202 Holt Parade</x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>Thomastown, VIC</x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>3074</x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>+61394640922</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>+610394640548</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>3/23/2016</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v/>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Limited to Type 1 only </x:v>
+        <x:v/>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>25374</x:v>
+        <x:v>24963</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
-        <x:v>254</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
-        <x:v>Australia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
-        <x:v>AU</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>355</x:v>
+        <x:v>18138</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90068715</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>Elmet International SRL</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>Constantei Street No 1</x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>Bacau</x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>600108</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>40234580092</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>7/18/2018</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v/>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>Limited to Type 1, Class 1A, 3 and Type 2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>24963</x:v>
+        <x:v>28660</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
-        <x:v>268</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="AB43" t="str">
-        <x:v>United States</x:v>
+        <x:v>Romania</x:v>
       </x:c>
       <x:c r="AC43" t="str">
-        <x:v>US</x:v>
+        <x:v>RO</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>18138</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90068715</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>Elmet International SRL</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>Constantei Street No 1</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>Bacau</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>600108</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>40234580092</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>7/18/2018</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v/>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v/>
+        <x:v>Type 1  Type 2</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>28660</x:v>
+        <x:v>24669</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
-        <x:v>70</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
-        <x:v>Romania</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
-        <x:v>RO</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>174</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F45" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K45" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L45" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v/>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Type 1  Type 2</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>24669</x:v>
+        <x:v>25726</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>25939</x:v>
+        <x:v>12878</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90065231</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>FLARE GROUP CORP</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>1571 MACARTHUR BLVD</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>COSTA MESA</x:v>
       </x:c>
       <x:c r="F46" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>90813</x:v>
+        <x:v>92626</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7148502080</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v/>
+        <x:v>714-850-8795</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/31/2017</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v/>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>25726</x:v>
+        <x:v>25561</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>12878</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90065231</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>FLARE GROUP CORP</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>1571 MACARTHUR BLVD</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>COSTA MESA</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>92626</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>7148502080</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>714-850-8795</x:v>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>1/31/2017</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v/>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Limited to Type 1</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>25561</x:v>
+        <x:v>25108</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>8015</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90125444</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>Galvair Srl</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>Via T. Edison, 10</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>Barberino del Mugello, Firenze</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>FL</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>32548</x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>(+39) 055-842-5835</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>3/29/2022</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v/>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type II CL 1A only</x:v>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>25108</x:v>
+        <x:v>26106</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
-        <x:v>268</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="AB48" t="str">
-        <x:v>United States</x:v>
+        <x:v>Italy</x:v>
       </x:c>
       <x:c r="AC48" t="str">
-        <x:v>US</x:v>
+        <x:v>IT</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>26065</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90125444</x:v>
+        <x:v>90024658</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Galvair Srl</x:v>
+        <x:v>Har-Conn Aerospace, Inc</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>Via T. Edison, 10</x:v>
+        <x:v>5000 Augusta Dr</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>Barberino del Mugello, Firenze</x:v>
+        <x:v>Fort Worth</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v/>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>50031</x:v>
+        <x:v>76106</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>(+39) 055-842-5835</x:v>
+        <x:v>(817) 626-5437</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v/>
+        <x:v>(817) 625-5521</x:v>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>3/29/2022</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v/>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
-        <x:v>Limited to Type II CL 1A only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>26106</x:v>
+        <x:v>25369</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB49" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC49" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>210</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90024658</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Har-Conn Aerospace, Inc</x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>5000 Augusta Dr</x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Fort Worth</x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>TX</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>76106</x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>(817) 626-5437</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>(817) 625-5521</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v/>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
         <x:v/>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>25369</x:v>
+        <x:v>24760</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>347</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90050724</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>1402 S 69TH EAST AVE                </x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>TULSA                               </x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>CT</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>06110</x:v>
+        <x:v>74112                               </x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>425-241-9587</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v/>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>24760</x:v>
+        <x:v>24730</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>217</x:v>
+        <x:v>26091</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90050724</x:v>
+        <x:v>90125705</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>HELICOMB INTERNATIONAL INC                        </x:v>
+        <x:v>HERITAGE AVIATION LTD                             </x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>1402 S 69TH EAST AVE                </x:v>
+        <x:v>901 AVENUE T                        </x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>TULSA                               </x:v>
+        <x:v>GRAND PRAIRIE                       </x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>OK </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>74112                               </x:v>
+        <x:v>75050                               </x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>425-241-9587</x:v>
+        <x:v>9729888000</x:v>
       </x:c>
       <x:c r="I52" t="str">
         <x:v/>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/4/2022</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v/>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>24730</x:v>
+        <x:v>28887</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>26091</x:v>
+        <x:v>16028</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90125705</x:v>
+        <x:v>90068226</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>HERITAGE AVIATION LTD                             </x:v>
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>901 AVENUE T                        </x:v>
+        <x:v>5101 COMLY ST                       </x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>GRAND PRAIRIE                       </x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>TX </x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>75050                               </x:v>
+        <x:v>19135-4317                          </x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>9729888000</x:v>
+        <x:v>215-535-8090</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v/>
+        <x:v>215-288-5110</x:v>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>8/4/2022</x:v>
+        <x:v>11/16/2017</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v/>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Type 1 only</x:v>
+        <x:v>Approved for Type 1 (Class 1A and Class 3) and Type 2 (Class 1A and Class 3)</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>28887</x:v>
+        <x:v>25500</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>16028</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90068226</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>HILLOCK ANODIZING INC                             </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>5101 COMLY ST                       </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>PA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>19135-4317                          </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>215-535-8090</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>215-288-5110</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>11/16/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v/>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v>Approved for Type 1 (Class 1A and Class 3) and Type 2 (Class 1A and Class 3)</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>25500</x:v>
+        <x:v>24782</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>246</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>Denton</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>76207</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J55" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v/>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1 only unless specified on NGAS drawings</x:v>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>24782</x:v>
+        <x:v>24673</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>175</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J56" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v/>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Type 1 only unless specified on NGAS drawings</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>24673</x:v>
+        <x:v>24705</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>191</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90053200</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>INCERTEC FLORIDA</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>895 Buffalo Road</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>Titusville</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>32796</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v/>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>24705</x:v>
+        <x:v>24817</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>288</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90069135</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>KL ANODIZING CORPORATION</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>1200 S VICTORY BLVD</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>32796</x:v>
+        <x:v>91503-0631</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>818-845-7251</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v>818-845-0650</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>3/12/2025</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v/>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>24817</x:v>
+        <x:v>30318</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>40934</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90069135</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>KL ANODIZING CORPORATION</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>1200 S VICTORY BLVD</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F59" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>91503-0631</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>818-845-7251</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>818-845-0650</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>3/12/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v/>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>30318</x:v>
+        <x:v>24481</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>5</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>90805</x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J60" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v/>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>24481</x:v>
+        <x:v>24741</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>221</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>NY</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>11704</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v/>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>24741</x:v>
+        <x:v>24571</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -6096,1994 +6096,1994 @@
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>292</x:v>
+        <x:v>18157</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90069110</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>METAL CHEM INC                                    </x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>21514 NORDHOFF ST                   </x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v/>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>31607</x:v>
+        <x:v>91311-5822                          </x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>818-727-9951</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>818-727-1153</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>8/16/2018</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v/>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type 1</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>25110</x:v>
+        <x:v>25554</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>18157</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90069110</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>METAL CHEM INC                                    </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>21514 NORDHOFF ST                   </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>91311-5822                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>818-727-9951</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>818-727-1153</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>8/16/2018</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v/>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Type 1</x:v>
+        <x:v>Limited to Type 1 Only</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>25554</x:v>
+        <x:v>24786</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>247</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>57213</x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v/>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Limited to Type 1 Only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>24786</x:v>
+        <x:v>24926</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>82</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F66" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v/>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limits: Type I only</x:v>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>24926</x:v>
+        <x:v>25746</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>303</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051884</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>122 Second Street</x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>MINEOLA</x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>11501-3054</x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>5167466666</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>516-378-0262</x:v>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v/>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V67" t="str">
-        <x:v>Limits: Type I only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>25746</x:v>
+        <x:v>24577</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>134</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90051884</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>NASSAU CHROMIUM PLATING CO INC</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>122 Second Street</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>MINEOLA</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F68" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>11501-3054</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>5167466666</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>516-378-0262</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J68" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K68" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L68" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v/>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V68" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>24577</x:v>
+        <x:v>24718</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>203</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>NY</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K69" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L69" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v/>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V69" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>24718</x:v>
+        <x:v>25540</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>17106</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>2522 WEST 21ST STREET</x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>CHANUTE</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>KS</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>66720-6132</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>6203052451</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J70" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K70" t="str">
         <x:v/>
       </x:c>
       <x:c r="L70" t="str">
         <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v/>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V70" t="str">
-        <x:v/>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>25540</x:v>
+        <x:v>25358</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
-        <x:v>248</x:v>
+        <x:v>12086</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90066422</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>Paragon Services Inc Sheridan  </x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>2434 S. Sheridan </x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>65453</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J71" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>8/19/2016</x:v>
       </x:c>
       <x:c r="K71" t="str">
         <x:v/>
       </x:c>
       <x:c r="L71" t="str">
         <x:v/>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v/>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P71" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q71" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R71" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T71" t="str">
         <x:v/>
       </x:c>
       <x:c r="U71" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V71" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W71" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X71" t="n">
-        <x:v>25358</x:v>
+        <x:v>25404</x:v>
       </x:c>
       <x:c r="Y71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA71" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
-        <x:v>12086</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>90066422</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>Paragon Services Inc Sheridan  </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>2434 S. Sheridan </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E72" t="str">
         <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F72" t="str">
         <x:v>KS</x:v>
       </x:c>
       <x:c r="G72" t="str">
         <x:v>67213</x:v>
       </x:c>
       <x:c r="H72" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v/>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J72" t="str">
-        <x:v>8/19/2016</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v/>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q72" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R72" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T72" t="str">
         <x:v/>
       </x:c>
       <x:c r="U72" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V72" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W72" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X72" t="n">
-        <x:v>25404</x:v>
+        <x:v>24605</x:v>
       </x:c>
       <x:c r="Y72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA72" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB72" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC72" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD72" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG72" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="n">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90070227</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>POLY-METAL FINISHING</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>1 ALLEN ST STE 218</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SPRINGFIELD</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>KS</x:v>
+        <x:v>MA</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>67213</x:v>
+        <x:v>01108</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>4137814535</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>413-781-7160</x:v>
       </x:c>
       <x:c r="J73" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K73" t="str">
         <x:v/>
       </x:c>
       <x:c r="L73" t="str">
         <x:v/>
       </x:c>
       <x:c r="M73" t="str">
         <x:v/>
       </x:c>
       <x:c r="N73" t="str">
         <x:v/>
       </x:c>
       <x:c r="O73" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P73" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q73" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R73" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T73" t="str">
         <x:v/>
       </x:c>
       <x:c r="U73" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V73" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W73" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X73" t="n">
-        <x:v>24605</x:v>
+        <x:v>25606</x:v>
       </x:c>
       <x:c r="Y73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA73" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB73" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC73" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD73" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG73" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="n">
-        <x:v>151</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>90070227</x:v>
+        <x:v>90127495</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>POLY-METAL FINISHING</x:v>
+        <x:v>POTEZ AERONAUTIQUE                                </x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>1 ALLEN ST STE 218</x:v>
+        <x:v>8 Route Du Houga BP 149             </x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>SPRINGFIELD</x:v>
+        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>MA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>01108</x:v>
+        <x:v>40800                               </x:v>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>4137814535</x:v>
+        <x:v>0558714778          </x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>413-781-7160</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J74" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/4/2024</x:v>
       </x:c>
       <x:c r="K74" t="str">
         <x:v/>
       </x:c>
       <x:c r="L74" t="str">
         <x:v/>
       </x:c>
       <x:c r="M74" t="str">
         <x:v/>
       </x:c>
       <x:c r="N74" t="str">
         <x:v/>
       </x:c>
       <x:c r="O74" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P74" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q74" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R74" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T74" t="str">
         <x:v/>
       </x:c>
       <x:c r="U74" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V74" t="str">
-        <x:v/>
+        <x:v>Limited to Touchup only</x:v>
       </x:c>
       <x:c r="W74" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X74" t="n">
-        <x:v>25606</x:v>
+        <x:v>29498</x:v>
       </x:c>
       <x:c r="Y74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA74" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB74" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC74" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD74" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG74" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="n">
-        <x:v>26343</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>90127495</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>POTEZ AERONAUTIQUE                                </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>8 Route Du Houga BP 149             </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v/>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>40800                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>0558714778          </x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J75" t="str">
-        <x:v>1/4/2024</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K75" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L75" t="str">
         <x:v/>
       </x:c>
       <x:c r="M75" t="str">
         <x:v/>
       </x:c>
       <x:c r="N75" t="str">
         <x:v/>
       </x:c>
       <x:c r="O75" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P75" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q75" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R75" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T75" t="str">
         <x:v/>
       </x:c>
       <x:c r="U75" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V75" t="str">
-        <x:v>Limited to Touchup only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W75" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X75" t="n">
-        <x:v>29498</x:v>
+        <x:v>24620</x:v>
       </x:c>
       <x:c r="Y75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA75" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB75" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC75" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD75" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG75" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="n">
-        <x:v>153</x:v>
+        <x:v>25964</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90102241</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>Prime Plating Aerospace Inc</x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>11321 Goss Street</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>Sun Valley</x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>OK </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>91352</x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>818-768-9100</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J76" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/2/2021</x:v>
       </x:c>
       <x:c r="K76" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L76" t="str">
         <x:v/>
       </x:c>
       <x:c r="M76" t="str">
         <x:v/>
       </x:c>
       <x:c r="N76" t="str">
         <x:v/>
       </x:c>
       <x:c r="O76" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P76" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q76" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R76" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T76" t="str">
         <x:v/>
       </x:c>
       <x:c r="U76" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V76" t="str">
         <x:v/>
       </x:c>
       <x:c r="W76" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X76" t="n">
-        <x:v>24620</x:v>
+        <x:v>25759</x:v>
       </x:c>
       <x:c r="Y76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA76" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB76" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC76" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD76" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG76" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="n">
-        <x:v>25964</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>90102241</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>Prime Plating Aerospace Inc</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>11321 Goss Street</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>Sun Valley</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>CA</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>91352</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>818-768-9100</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v/>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J77" t="str">
-        <x:v>3/2/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K77" t="str">
         <x:v/>
       </x:c>
       <x:c r="L77" t="str">
         <x:v/>
       </x:c>
       <x:c r="M77" t="str">
         <x:v/>
       </x:c>
       <x:c r="N77" t="str">
         <x:v/>
       </x:c>
       <x:c r="O77" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P77" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q77" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R77" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T77" t="str">
         <x:v/>
       </x:c>
       <x:c r="U77" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V77" t="str">
-        <x:v/>
+        <x:v>Limited to Type I only</x:v>
       </x:c>
       <x:c r="W77" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X77" t="n">
-        <x:v>25759</x:v>
+        <x:v>24436</x:v>
       </x:c>
       <x:c r="Y77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA77" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB77" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC77" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD77" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG77" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="n">
-        <x:v>35</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90024594</x:v>
       </x:c>
       <x:c r="C78" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>RAH INDUSTRIES INC                                </x:v>
       </x:c>
       <x:c r="D78" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
       </x:c>
       <x:c r="E78" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>VALENCIA                            </x:v>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>AR </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G78" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>91355                               </x:v>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>6612955190</x:v>
       </x:c>
       <x:c r="I78" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J78" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>7/13/2004</x:v>
       </x:c>
       <x:c r="K78" t="str">
         <x:v/>
       </x:c>
       <x:c r="L78" t="str">
         <x:v/>
       </x:c>
       <x:c r="M78" t="str">
         <x:v/>
       </x:c>
       <x:c r="N78" t="str">
         <x:v/>
       </x:c>
       <x:c r="O78" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P78" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q78" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R78" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T78" t="str">
         <x:v/>
       </x:c>
       <x:c r="U78" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V78" t="str">
-        <x:v>Limited to Type I only</x:v>
+        <x:v>Limited to Type I only. </x:v>
       </x:c>
       <x:c r="W78" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X78" t="n">
-        <x:v>24436</x:v>
+        <x:v>25001</x:v>
       </x:c>
       <x:c r="Y78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA78" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB78" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC78" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD78" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG78" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="n">
-        <x:v>178</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C79" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E79" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>CA </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I79" t="str">
-        <x:v/>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J79" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K79" t="str">
         <x:v/>
       </x:c>
       <x:c r="L79" t="str">
         <x:v/>
       </x:c>
       <x:c r="M79" t="str">
         <x:v/>
       </x:c>
       <x:c r="N79" t="str">
         <x:v/>
       </x:c>
       <x:c r="O79" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P79" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q79" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R79" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T79" t="str">
         <x:v/>
       </x:c>
       <x:c r="U79" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V79" t="str">
-        <x:v>Limited to Type I only. </x:v>
+        <x:v>       Type 1 Only</x:v>
       </x:c>
       <x:c r="W79" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X79" t="n">
-        <x:v>25001</x:v>
+        <x:v>25700</x:v>
       </x:c>
       <x:c r="Y79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA79" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB79" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC79" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD79" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG79" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="n">
-        <x:v>337</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90052991</x:v>
       </x:c>
       <x:c r="C80" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>Southwest United Industries Inc</x:v>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>422 S Saint Louis Ave</x:v>
       </x:c>
       <x:c r="E80" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>Tulsa</x:v>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v>MO </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>74120-3418</x:v>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>918-587-4161</x:v>
       </x:c>
       <x:c r="I80" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>918-583-3950</x:v>
       </x:c>
       <x:c r="J80" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>6/30/2008</x:v>
       </x:c>
       <x:c r="K80" t="str">
         <x:v/>
       </x:c>
       <x:c r="L80" t="str">
         <x:v/>
       </x:c>
       <x:c r="M80" t="str">
         <x:v/>
       </x:c>
       <x:c r="N80" t="str">
         <x:v/>
       </x:c>
       <x:c r="O80" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P80" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q80" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R80" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T80" t="str">
         <x:v/>
       </x:c>
       <x:c r="U80" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V80" t="str">
-        <x:v>       Type 1 Only</x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W80" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X80" t="n">
-        <x:v>25700</x:v>
+        <x:v>24997</x:v>
       </x:c>
       <x:c r="Y80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA80" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB80" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC80" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD80" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG80" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="n">
-        <x:v>281</x:v>
+        <x:v>26137</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>90052991</x:v>
+        <x:v>90128120</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>Southwest United Industries Inc</x:v>
+        <x:v>SPEM AERO SAS </x:v>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v>422 S Saint Louis Ave</x:v>
+        <x:v>6 rue du castelmouly </x:v>
       </x:c>
       <x:c r="E81" t="str">
-        <x:v>Tulsa</x:v>
+        <x:v>Bagnères de Bigorre </x:v>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>OK</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>74120-3418</x:v>
+        <x:v>65200</x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>918-587-4161</x:v>
+        <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="I81" t="str">
-        <x:v>918-583-3950</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J81" t="str">
-        <x:v>6/30/2008</x:v>
+        <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="K81" t="str">
         <x:v/>
       </x:c>
       <x:c r="L81" t="str">
         <x:v/>
       </x:c>
       <x:c r="M81" t="str">
         <x:v/>
       </x:c>
       <x:c r="N81" t="str">
         <x:v/>
       </x:c>
       <x:c r="O81" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P81" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q81" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R81" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T81" t="str">
         <x:v/>
       </x:c>
       <x:c r="U81" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V81" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Type II only.</x:v>
       </x:c>
       <x:c r="W81" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X81" t="n">
-        <x:v>24997</x:v>
+        <x:v>28795</x:v>
       </x:c>
       <x:c r="Y81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA81" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB81" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC81" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD81" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG81" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="n">
-        <x:v>26137</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>90128120</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>SPEM AERO SAS </x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>6 rue du castelmouly </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v>Bagnères de Bigorre </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v/>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>65200</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>33562913232 </x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I82" t="str">
-        <x:v/>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J82" t="str">
-        <x:v>2/7/2023</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K82" t="str">
         <x:v/>
       </x:c>
       <x:c r="L82" t="str">
         <x:v/>
       </x:c>
       <x:c r="M82" t="str">
         <x:v/>
       </x:c>
       <x:c r="N82" t="str">
         <x:v/>
       </x:c>
       <x:c r="O82" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P82" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q82" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R82" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T82" t="str">
         <x:v/>
       </x:c>
       <x:c r="U82" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V82" t="str">
-        <x:v/>
+        <x:v>Type 1 only</x:v>
       </x:c>
       <x:c r="W82" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X82" t="n">
-        <x:v>28795</x:v>
+        <x:v>25602</x:v>
       </x:c>
       <x:c r="Y82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA82" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB82" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC82" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD82" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG82" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="n">
         <x:v>15007</x:v>
       </x:c>
       <x:c r="B83" t="str">
         <x:v>90068157</x:v>
       </x:c>
       <x:c r="C83" t="str">
         <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D83" t="str">
@@ -8644,516 +8644,418 @@
       </x:c>
       <x:c r="AA88" t="n">
         <x:v>225</x:v>
       </x:c>
       <x:c r="AB88" t="str">
         <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC88" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="AD88" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE88" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF88" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG88" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="n">
-        <x:v>129</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="B89" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90122537</x:v>
       </x:c>
       <x:c r="C89" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D89" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E89" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F89" t="str">
-        <x:v>WA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G89" t="str">
-        <x:v>98108</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H89" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>316-371-4674</x:v>
       </x:c>
       <x:c r="I89" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J89" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>7/1/2021</x:v>
       </x:c>
       <x:c r="K89" t="str">
         <x:v/>
       </x:c>
       <x:c r="L89" t="str">
         <x:v/>
       </x:c>
       <x:c r="M89" t="str">
         <x:v/>
       </x:c>
       <x:c r="N89" t="str">
         <x:v/>
       </x:c>
       <x:c r="O89" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P89" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q89" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R89" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T89" t="str">
         <x:v/>
       </x:c>
       <x:c r="U89" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V89" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v>Limited to Type 1 only </x:v>
       </x:c>
       <x:c r="W89" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X89" t="n">
-        <x:v>24571</x:v>
+        <x:v>25874</x:v>
       </x:c>
       <x:c r="Y89" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z89" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA89" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB89" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC89" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD89" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE89" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF89" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG89" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="n">
-        <x:v>26001</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B90" t="str">
-        <x:v>90122537</x:v>
+        <x:v>90053807</x:v>
       </x:c>
       <x:c r="C90" t="str">
-        <x:v>Verus Aerospace – Premier Processing</x:v>
+        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D90" t="str">
-        <x:v>3002 W Pawnee ST</x:v>
+        <x:v>610 W THIRD ST</x:v>
       </x:c>
       <x:c r="E90" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WEATHERFORD</x:v>
       </x:c>
       <x:c r="F90" t="str">
-        <x:v>KS</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G90" t="str">
-        <x:v>67213</x:v>
+        <x:v>76086-2037</x:v>
       </x:c>
       <x:c r="H90" t="str">
-        <x:v>316-371-4674</x:v>
+        <x:v>817-594-5464</x:v>
       </x:c>
       <x:c r="I90" t="str">
-        <x:v/>
+        <x:v>817-594-7450</x:v>
       </x:c>
       <x:c r="J90" t="str">
-        <x:v>7/1/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K90" t="str">
         <x:v/>
       </x:c>
       <x:c r="L90" t="str">
         <x:v/>
       </x:c>
       <x:c r="M90" t="str">
         <x:v/>
       </x:c>
       <x:c r="N90" t="str">
         <x:v/>
       </x:c>
       <x:c r="O90" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P90" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q90" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R90" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T90" t="str">
         <x:v/>
       </x:c>
       <x:c r="U90" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V90" t="str">
-        <x:v>Limited to Type 1 only </x:v>
+        <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W90" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X90" t="n">
-        <x:v>25874</x:v>
+        <x:v>24720</x:v>
       </x:c>
       <x:c r="Y90" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z90" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA90" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB90" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC90" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD90" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE90" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF90" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG90" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="n">
-        <x:v>209</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B91" t="str">
-        <x:v>90053807</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C91" t="str">
-        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D91" t="str">
-        <x:v>610 W THIRD ST</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E91" t="str">
-        <x:v>WEATHERFORD</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F91" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G91" t="str">
-        <x:v>76086-2037</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H91" t="str">
-        <x:v>817-594-5464</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I91" t="str">
-        <x:v>817-594-7450</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J91" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K91" t="str">
         <x:v/>
       </x:c>
       <x:c r="L91" t="str">
         <x:v/>
       </x:c>
       <x:c r="M91" t="str">
         <x:v/>
       </x:c>
       <x:c r="N91" t="str">
         <x:v/>
       </x:c>
       <x:c r="O91" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P91" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q91" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R91" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T91" t="str">
         <x:v/>
       </x:c>
       <x:c r="U91" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V91" t="str">
         <x:v>Limited to Type 1 only</x:v>
       </x:c>
       <x:c r="W91" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X91" t="n">
-        <x:v>24720</x:v>
+        <x:v>28846</x:v>
       </x:c>
       <x:c r="Y91" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z91" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA91" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB91" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC91" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD91" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE91" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF91" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG91" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="n">
-        <x:v>26145</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B92" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90053884</x:v>
       </x:c>
       <x:c r="C92" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="E92" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>CA</x:v>
+        <x:v>MN</x:v>
       </x:c>
       <x:c r="G92" t="str">
-        <x:v>91311</x:v>
+        <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I92" t="str">
-        <x:v/>
+        <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J92" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="K92" t="str">
         <x:v/>
       </x:c>
       <x:c r="L92" t="str">
         <x:v/>
       </x:c>
       <x:c r="M92" t="str">
         <x:v/>
       </x:c>
       <x:c r="N92" t="str">
         <x:v/>
       </x:c>
       <x:c r="O92" t="str">
         <x:v>MIL-DTL-5541</x:v>
       </x:c>
       <x:c r="P92" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q92" t="str">
         <x:v>Chemical Conversion Coatings for Aluminum and Aluminum Alloy</x:v>
       </x:c>
       <x:c r="R92" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T92" t="str">
         <x:v/>
       </x:c>
       <x:c r="U92" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V92" t="str">
-        <x:v>Limited to Type 1 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W92" t="n">
         <x:v>525</x:v>
       </x:c>
       <x:c r="X92" t="n">
-        <x:v>28846</x:v>
+        <x:v>24825</x:v>
       </x:c>
       <x:c r="Y92" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z92" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA92" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB92" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC92" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD92" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG92" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG93" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>