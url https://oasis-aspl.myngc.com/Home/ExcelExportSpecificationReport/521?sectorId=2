--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde34264ecc4e4751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6556f830cb024c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R39cb99ae041a45a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R28b1a9b3031548d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39cb99ae041a45a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28b1a9b3031548d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -701,429 +701,429 @@
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>347</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>06110</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L8" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Plating, Electroless Nickel</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>521</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>24444</x:v>
+        <x:v>24668</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>175</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Plating, Electroless Nickel</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>521</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>25682</x:v>
+        <x:v>24444</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>82</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Plating, Electroless Nickel</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>521</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24502</x:v>
+        <x:v>25682</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>174</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K11" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L11" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Plating, Electroless Nickel</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>521</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>24668</x:v>
+        <x:v>24502</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B12" t="str">
         <x:v>90053171</x:v>
       </x:c>
       <x:c r="C12" t="str">
         <x:v>Superior Plating Co</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>2 Lacey Pl</x:v>
       </x:c>
       <x:c r="E12" t="str">