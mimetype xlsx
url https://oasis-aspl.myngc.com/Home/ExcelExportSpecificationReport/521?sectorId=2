--- v1 (2025-12-16)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6556f830cb024c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd165592d1f845df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R28b1a9b3031548d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3b7d53c1a3284df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28b1a9b3031548d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b7d53c1a3284df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,63 +119,63 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2404</x:v>
       </x:c>