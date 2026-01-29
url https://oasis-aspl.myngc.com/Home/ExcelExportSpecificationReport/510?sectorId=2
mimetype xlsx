--- v0 (2025-12-08)
+++ v1 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea21bc086c094e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3c9302bfdd4c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5280c9ed1dcf46d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R43edb220a7004f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5280c9ed1dcf46d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43edb220a7004f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,78 +217,78 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>3616</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90051610</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>8169236262</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="L3" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AWS D1.6</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Structural Welding - Stainless Steel</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Welding</x:v>
       </x:c>