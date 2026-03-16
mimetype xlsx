--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3c9302bfdd4c72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R998c6b60ffe342fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R43edb220a7004f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R70eae119146440e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R43edb220a7004f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R70eae119146440e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,222 +211,124 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>3616</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90051610</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>2922 WHEELING AVE</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>KANSAS CITY</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>64129</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>8169236262</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>816-923-6277</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v>2X572</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L3" t="str">
-        <x:v>007168685</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AWS D1.6</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Structural Welding - Stainless Steel</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Ground support hardware only</x:v>
+        <x:v>Limited to non-flight ground support hardware only</x:v>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>510</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>28947</x:v>
+        <x:v>2259</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>