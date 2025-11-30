--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafc619e564eb412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adc6a520e30479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R64f9dd35e8a24d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6493c1f89254400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R64f9dd35e8a24d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6493c1f89254400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -3187,1210 +3187,1210 @@
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F33" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K33" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L33" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>Method 1, Type 2, 6, 7,  8</x:v>
+        <x:v>Limits: Limited to Type 2, 6, 7, 8</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>25728</x:v>
+        <x:v>24667</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>91</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90054068</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>Fokker Aerostructures BV</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>Edissonstraat 1</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>Netherlands</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>7900 AB</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>31-528-285749</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>31-528-285200</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>6/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v/>
+        <x:v>Method 1, Type 2, 6, 7,  8</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>24892</x:v>
+        <x:v>25728</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
-        <x:v>97</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
-        <x:v>Netherlands</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
-        <x:v>NL</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>26065</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90125444</x:v>
+        <x:v>90054068</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>Galvair Srl</x:v>
+        <x:v>Fokker Aerostructures BV</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>Via T. Edison, 10</x:v>
+        <x:v>Edissonstraat 1</x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>Barberino del Mugello, Firenze</x:v>
+        <x:v>Netherlands</x:v>
       </x:c>
       <x:c r="F35" t="str">
         <x:v/>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>50031</x:v>
+        <x:v>7900 AB</x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>(+39) 055-842-5835</x:v>
+        <x:v>31-528-285749</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v/>
+        <x:v>31-528-285200</x:v>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>3/29/2022</x:v>
+        <x:v>6/1/2004</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Limited to Method 1, Type 2 and 6 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>26105</x:v>
+        <x:v>24892</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
-        <x:v>151</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="AB35" t="str">
-        <x:v>Italy</x:v>
+        <x:v>Netherlands</x:v>
       </x:c>
       <x:c r="AC35" t="str">
-        <x:v>IT</x:v>
+        <x:v>NL</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>85</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90125444</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>Galvair Srl</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>Via T. Edison, 10</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Barberino del Mugello, Firenze</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>KS </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>(+39) 055-842-5835</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/29/2022</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Limit to Method 1 Type 6 only. Copper Sulfate testing is approved per RCI #BR422074</x:v>
+        <x:v>Limited to Method 1, Type 2 and 6 only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>25556</x:v>
+        <x:v>26105</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
-        <x:v>268</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="AB36" t="str">
-        <x:v>United States</x:v>
+        <x:v>Italy</x:v>
       </x:c>
       <x:c r="AC36" t="str">
-        <x:v>US</x:v>
+        <x:v>IT</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>26281</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>90248</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v/>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Type II only</x:v>
+        <x:v>Limit to Method 1 Type 6 only. Copper Sulfate testing is approved per RCI #BR422074</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>29251</x:v>
+        <x:v>25556</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>347</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>06110</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v/>
+        <x:v>Type II only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>24415</x:v>
+        <x:v>29251</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>16028</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90068226</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>HILLOCK ANODIZING INC                             </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>5101 COMLY ST                       </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>PA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>19135-4317                          </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>215-535-8090</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>215-288-5110</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>11/16/2017</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W39" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="X39" t="n">
+        <x:v>24415</x:v>
+      </x:c>
+      <x:c r="Y39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z39" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA39" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB39" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC39" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD39" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF39" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG39" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40">
+      <x:c r="A40" t="n">
+        <x:v>16028</x:v>
+      </x:c>
+      <x:c r="B40" t="str">
+        <x:v>90068226</x:v>
+      </x:c>
+      <x:c r="C40" t="str">
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
+      </x:c>
+      <x:c r="D40" t="str">
+        <x:v>5101 COMLY ST                       </x:v>
+      </x:c>
+      <x:c r="E40" t="str">
+        <x:v>PHILADELPHIA                        </x:v>
+      </x:c>
+      <x:c r="F40" t="str">
+        <x:v>PA </x:v>
+      </x:c>
+      <x:c r="G40" t="str">
+        <x:v>19135-4317                          </x:v>
+      </x:c>
+      <x:c r="H40" t="str">
+        <x:v>215-535-8090</x:v>
+      </x:c>
+      <x:c r="I40" t="str">
+        <x:v>215-288-5110</x:v>
+      </x:c>
+      <x:c r="J40" t="str">
+        <x:v>11/16/2017</x:v>
+      </x:c>
+      <x:c r="K40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N40" t="str">
+        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
+</x:v>
+      </x:c>
+      <x:c r="O40" t="str">
+        <x:v>AMS 2700</x:v>
+      </x:c>
+      <x:c r="P40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q40" t="str">
+        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
+      </x:c>
+      <x:c r="R40" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U40" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V40" t="str">
         <x:v>Approved for Method 1, Types 1, 2, 3, 4, 6, 7, 8
 Method 2
 Ref: QCF01011 Passivation Methods
 </x:v>
       </x:c>
-      <x:c r="W39" t="n">
-[...97 lines deleted...]
-      </x:c>
       <x:c r="W40" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>24781</x:v>
+        <x:v>25499</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J41" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v>Method 1, Types 2, 6, and 7 only</x:v>
+        <x:v>Method 1, Type 2  8 only</x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>24672</x:v>
+        <x:v>24781</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>13932</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90067570</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>4923 CRANSWICK RD</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>HOUSTON</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>77041-7723</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>7134622227</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>713-456-2471</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>5/11/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K42" t="str">
-        <x:v>1VSL7</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L42" t="str">
-        <x:v>058058517</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>METHOD 1,TYPE 8</x:v>
+        <x:v>Method 1, Types 2, 6, and 7 only</x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>25547</x:v>
+        <x:v>24672</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>293</x:v>
+        <x:v>13932</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90050910</x:v>
+        <x:v>90067570</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>IMAGINEERING ENTERPRISES INC</x:v>
+        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>2719 North Emerson Ave.</x:v>
+        <x:v>4923 CRANSWICK RD</x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>Indianapolis</x:v>
+        <x:v>HOUSTON</x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>IN</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>46218</x:v>
+        <x:v>77041-7723</x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>1-800-207-2516 </x:v>
+        <x:v>7134622227</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v/>
+        <x:v>713-456-2471</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>6/14/2005</x:v>
+        <x:v>5/11/2017</x:v>
       </x:c>
       <x:c r="K43" t="str">
-        <x:v/>
+        <x:v>1VSL7</x:v>
       </x:c>
       <x:c r="L43" t="str">
-        <x:v/>
+        <x:v>058058517</x:v>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>Method 1, Type 1. Cleaning method per RCI 452931</x:v>
+        <x:v>METHOD 1,TYPE 8</x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>29179</x:v>
+        <x:v>25547</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>288</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90050910</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>IMAGINEERING ENTERPRISES INC</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>2719 North Emerson Ave.</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>Indianapolis</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>FL</x:v>
+        <x:v>IN</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>32796</x:v>
+        <x:v>46218</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>1-800-207-2516 </x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>6/14/2005</x:v>
       </x:c>
       <x:c r="K44" t="str">
         <x:v/>
       </x:c>
       <x:c r="L44" t="str">
         <x:v/>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v>Method 1 Nitric Acid Only</x:v>
+        <x:v>Method 1, Type 1. Cleaning method per RCI 452931</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>24816</x:v>
+        <x:v>29179</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -5470,1117 +5470,1018 @@
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>174</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J56" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K56" t="str">
-        <x:v>8H252</x:v>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L56" t="str">
-        <x:v>009659541</x:v>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Limits: Limited to Type 2, 6, 7, 8</x:v>
+        <x:v>Limited to Type 1, Type 2, Type 3</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>24667</x:v>
+        <x:v>24810</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>203</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90052132</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>6837 Farmdale Ave</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>N Hollywood</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>NY </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>(818) 765-7266</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>(818) 764-3355</x:v>
       </x:c>
       <x:c r="J57" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
-        <x:v>Limited to Type 1, Type 2, Type 3</x:v>
+        <x:v>Method 1, Types 2,6,7,  8 Only.</x:v>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>24810</x:v>
+        <x:v>24414</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>27</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90052132</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>6837 Farmdale Ave</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>N Hollywood</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>91605</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>(818) 765-7266</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>(818) 764-3355</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v>Method 1, Types 2,6,7,  8 Only.</x:v>
+        <x:v>Method 1 Type 2  6 only. </x:v>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>24414</x:v>
+        <x:v>25701</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>153</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>OK</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>74344</x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v>Method 1, Type 2 or Type 6 only</x:v>
+        <x:v>Limited to Method 1 Type 2 only
+Limited to test by salt spray for alloys listed in para 3.2.1.3 only
+</x:v>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>24619</x:v>
+        <x:v>30166</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>337</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F60" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
-        <x:v>Method 1 Type 2  6 only. </x:v>
+        <x:v>Limited to Method I, Type 6</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>25701</x:v>
+        <x:v>26220</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>340</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90024577</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>SPS TECHNOLOGIES LLC</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>1700 W 132ND ST</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>90249</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>3102937275</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>310-819-4776</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>5/14/2012</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v>Limited to Method 1 Type 2 only
-[...1 lines deleted...]
-</x:v>
+        <x:v>Method 1 only</x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>30166</x:v>
+        <x:v>24860</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>15007</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>Valence Grove</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>2900 E Hwy 10</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>Grove</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>MO </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>74344</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v>Limited to Method I, Type 6</x:v>
+        <x:v>Method 1, Type 2 or Type 6 only</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>26220</x:v>
+        <x:v>24619</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>161</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Valence Seattle</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>8135 1st Avenue South</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>MO</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>63080</x:v>
+        <x:v>98108</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>(206) 762-5855</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>(206) 763-1641</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Method 1 only</x:v>
+        <x:v>Method 1, Type 2  6 only</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>24860</x:v>
+        <x:v>24570</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>129</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>98108</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Method 1, Type 2  6 only</x:v>
+        <x:v>Type 2  6 only</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>24570</x:v>
+        <x:v>28848</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>26145</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90053884</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>Wolkerstorfer Co Inc</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>348 First St SW</x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>New Brighton</x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>CA</x:v>
+        <x:v>MN</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>91311</x:v>
+        <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v/>
+        <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>12/21/2005</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Type 2  6 only</x:v>
+        <x:v>Method 1, Type 2, 6, 7, 8  Method 2 only</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>28848</x:v>
+        <x:v>29322</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
-        <x:v>AS</x:v>
-[...97 lines deleted...]
-      <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>