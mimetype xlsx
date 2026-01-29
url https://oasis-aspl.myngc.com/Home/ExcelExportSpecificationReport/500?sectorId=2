--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9adc6a520e30479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9ce67c3737b43e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6493c1f89254400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfc98b02a02a04c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6493c1f89254400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfc98b02a02a04c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -416,57 +416,57 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
@@ -1134,54 +1134,54 @@
       <x:c r="C12" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D12" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E12" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H12" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J12" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K12" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L12" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
@@ -1506,63 +1506,63 @@
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS 2700</x:v>
@@ -1705,72 +1705,72 @@
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
@@ -2620,54 +2620,54 @@
       <x:c r="C27" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K27" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="L27" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
@@ -2788,3700 +2788,3800 @@
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>66</x:v>
+        <x:v>24847</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90050010</x:v>
+        <x:v>90076169</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>E M E INC</x:v>
+        <x:v>DYNOMAX INC</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>431 E. Oaks St</x:v>
+        <x:v>1535 ABBOTT DR</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>WHEELING</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>CA</x:v>
+        <x:v>IL</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>90221-1001</x:v>
+        <x:v>60090</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>3106391621</x:v>
+        <x:v>2245323903</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>310-639-8559</x:v>
+        <x:v>847-680-8833</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>2/26/2020</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v>Limited to Types 2, 6, 7, 8</x:v>
+        <x:v>Limited to Method
+1</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>24453</x:v>
+        <x:v>30569</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>9025</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90061995</x:v>
+        <x:v>90050010</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>ELECTRODE TECHNOLOGIES INC DBA REID METAL FINISHING</x:v>
+        <x:v>E M E INC</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>3110 W HARVARD ST</x:v>
+        <x:v>431 E. Oaks St</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>Santa Ana</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F30" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>USA</x:v>
+        <x:v>90221-1001</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>562-454-3434</x:v>
+        <x:v>3106391621</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>714-549-3008</x:v>
+        <x:v>310-639-8559</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>8/6/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Limited to Method 1,
-[...1 lines deleted...]
-</x:v>
+        <x:v>Limited to Types 2, 6, 7, 8</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>25275</x:v>
+        <x:v>24453</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>11072</x:v>
+        <x:v>9025</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90065860</x:v>
+        <x:v>90061995</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>Electromold Australia</x:v>
+        <x:v>ELECTRODE TECHNOLOGIES INC DBA REID METAL FINISHING</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>202 Holt Parade</x:v>
+        <x:v>3110 W HARVARD ST</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>Thomastown, VIC</x:v>
+        <x:v>Santa Ana</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>3074</x:v>
+        <x:v>USA</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>+61394640922</x:v>
+        <x:v>562-454-3434</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>+610394640548</x:v>
+        <x:v>714-549-3008</x:v>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>3/23/2016</x:v>
+        <x:v>8/6/2015</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Limited to types II and VI</x:v>
+        <x:v>Limited to Method 1,
+ Types 2, 6,  8 only 
+</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>25373</x:v>
+        <x:v>25275</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
-        <x:v>254</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
-        <x:v>Australia</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
-        <x:v>AU</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>355</x:v>
+        <x:v>11072</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90046908</x:v>
+        <x:v>90065860</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>Electromold Australia</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>202 Holt Parade</x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>Thomastown, VIC</x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>3074</x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>8059834320</x:v>
+        <x:v>+61394640922</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>805-983-3830</x:v>
+        <x:v>+610394640548</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>10/6/2011</x:v>
+        <x:v>3/23/2016</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Limited to Method 1, Types 2, 6, 7  8 and Method 2
-</x:v>
+        <x:v>Limited to types II and VI</x:v>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>24962</x:v>
+        <x:v>25373</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="AB32" t="str">
-        <x:v>United States</x:v>
+        <x:v>Australia</x:v>
       </x:c>
       <x:c r="AC32" t="str">
-        <x:v>US</x:v>
+        <x:v>AU</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>174</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Elite Metal Finishing LLC</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>540 Spectrum Cr                    </x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Oxnard                            </x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>93030                               </x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K33" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L33" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>Limits: Limited to Type 2, 6, 7, 8</x:v>
+        <x:v>Limited to Method 1, Types 2, 6, 7  8 and Method 2
+</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>24667</x:v>
+        <x:v>24962</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F34" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L34" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Method 1, Type 2, 6, 7,  8</x:v>
+        <x:v>Limits: Limited to Type 2, 6, 7, 8</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>25728</x:v>
+        <x:v>24667</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>91</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90054068</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>Fokker Aerostructures BV</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>Edissonstraat 1</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>Netherlands</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>7900 AB</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>31-528-285749</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>31-528-285200</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>6/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v/>
+        <x:v>Method 1, Type 2, 6, 7,  8</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>24892</x:v>
+        <x:v>25728</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
-        <x:v>97</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
-        <x:v>Netherlands</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
-        <x:v>NL</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>26065</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90125444</x:v>
+        <x:v>90054068</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>Galvair Srl</x:v>
+        <x:v>Fokker Aerostructures BV</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>Via T. Edison, 10</x:v>
+        <x:v>Edissonstraat 1</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>Barberino del Mugello, Firenze</x:v>
+        <x:v>Netherlands</x:v>
       </x:c>
       <x:c r="F36" t="str">
         <x:v/>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>50031</x:v>
+        <x:v>7900 AB</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>(+39) 055-842-5835</x:v>
+        <x:v>31-528-285749</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v/>
+        <x:v>31-528-285200</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>3/29/2022</x:v>
+        <x:v>6/1/2004</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Limited to Method 1, Type 2 and 6 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>26105</x:v>
+        <x:v>24892</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
-        <x:v>151</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="AB36" t="str">
-        <x:v>Italy</x:v>
+        <x:v>Netherlands</x:v>
       </x:c>
       <x:c r="AC36" t="str">
-        <x:v>IT</x:v>
+        <x:v>NL</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>85</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90125444</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>Galvair Srl</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>Via T. Edison, 10</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Barberino del Mugello, Firenze</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>KS </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>(+39) 055-842-5835</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/29/2022</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Limit to Method 1 Type 6 only. Copper Sulfate testing is approved per RCI #BR422074</x:v>
+        <x:v>Limited to Method 1, Type 2 and 6 only</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>25556</x:v>
+        <x:v>26105</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
-        <x:v>268</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="AB37" t="str">
-        <x:v>United States</x:v>
+        <x:v>Italy</x:v>
       </x:c>
       <x:c r="AC37" t="str">
-        <x:v>US</x:v>
+        <x:v>IT</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>26281</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>90248</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v/>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Type II only</x:v>
+        <x:v>Limit to Method 1 Type 6 only. Copper Sulfate testing is approved per RCI #BR422074</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>29251</x:v>
+        <x:v>25556</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>347</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>06110</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v/>
+        <x:v>Type II only</x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>24415</x:v>
+        <x:v>29251</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>16028</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90068226</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>HILLOCK ANODIZING INC                             </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>5101 COMLY ST                       </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>PA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>19135-4317                          </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>215-535-8090</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>215-288-5110</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>11/16/2017</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W40" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="X40" t="n">
+        <x:v>24415</x:v>
+      </x:c>
+      <x:c r="Y40" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z40" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA40" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB40" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC40" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD40" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE40" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF40" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG40" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41">
+      <x:c r="A41" t="n">
+        <x:v>16028</x:v>
+      </x:c>
+      <x:c r="B41" t="str">
+        <x:v>90068226</x:v>
+      </x:c>
+      <x:c r="C41" t="str">
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
+      </x:c>
+      <x:c r="D41" t="str">
+        <x:v>5101 COMLY ST                       </x:v>
+      </x:c>
+      <x:c r="E41" t="str">
+        <x:v>PHILADELPHIA                        </x:v>
+      </x:c>
+      <x:c r="F41" t="str">
+        <x:v>PA </x:v>
+      </x:c>
+      <x:c r="G41" t="str">
+        <x:v>19135-4317                          </x:v>
+      </x:c>
+      <x:c r="H41" t="str">
+        <x:v>215-535-8090</x:v>
+      </x:c>
+      <x:c r="I41" t="str">
+        <x:v>215-288-5110</x:v>
+      </x:c>
+      <x:c r="J41" t="str">
+        <x:v>11/16/2017</x:v>
+      </x:c>
+      <x:c r="K41" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L41" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M41" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N41" t="str">
+        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
+</x:v>
+      </x:c>
+      <x:c r="O41" t="str">
+        <x:v>AMS 2700</x:v>
+      </x:c>
+      <x:c r="P41" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q41" t="str">
+        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
+      </x:c>
+      <x:c r="R41" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T41" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U41" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V41" t="str">
         <x:v>Approved for Method 1, Types 1, 2, 3, 4, 6, 7, 8
 Method 2
 Ref: QCF01011 Passivation Methods
 </x:v>
       </x:c>
-      <x:c r="W40" t="n">
-[...97 lines deleted...]
-      </x:c>
       <x:c r="W41" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>24781</x:v>
+        <x:v>25499</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J42" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Method 1, Types 2, 6, and 7 only</x:v>
+        <x:v>Method 1, Type 2  8 only</x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>24672</x:v>
+        <x:v>24781</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>13932</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90067570</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>4923 CRANSWICK RD</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>HOUSTON</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>77041-7723</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>7134622227</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>713-456-2471</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>5/11/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K43" t="str">
-        <x:v>1VSL7</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L43" t="str">
-        <x:v>058058517</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>METHOD 1,TYPE 8</x:v>
+        <x:v>Method 1, Types 2, 6, and 7 only</x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>25547</x:v>
+        <x:v>24672</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>293</x:v>
+        <x:v>13932</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90050910</x:v>
+        <x:v>90067570</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>IMAGINEERING ENTERPRISES INC</x:v>
+        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>2719 North Emerson Ave.</x:v>
+        <x:v>4923 CRANSWICK RD</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>Indianapolis</x:v>
+        <x:v>HOUSTON</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>IN</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>46218</x:v>
+        <x:v>77041-7723</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>1-800-207-2516 </x:v>
+        <x:v>7134622227</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v/>
+        <x:v>713-456-2471</x:v>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>6/14/2005</x:v>
+        <x:v>5/11/2017</x:v>
       </x:c>
       <x:c r="K44" t="str">
-        <x:v/>
+        <x:v>1VSL7</x:v>
       </x:c>
       <x:c r="L44" t="str">
-        <x:v/>
+        <x:v>058058517</x:v>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
-        <x:v>Method 1, Type 1. Cleaning method per RCI 452931</x:v>
+        <x:v>METHOD 1,TYPE 8</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>29179</x:v>
+        <x:v>25547</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>2960</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90050936</x:v>
+        <x:v>90050910</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
+        <x:v>IMAGINEERING ENTERPRISES INC</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>18301 S SANTA FE AVE</x:v>
+        <x:v>2719 North Emerson Ave.</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Indianapolis</x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>CA</x:v>
+        <x:v>IN</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>90221</x:v>
+        <x:v>46218</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>3105373750</x:v>
+        <x:v>1-800-207-2516 </x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>310-537-2919</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/14/2005</x:v>
       </x:c>
       <x:c r="K45" t="str">
         <x:v/>
       </x:c>
       <x:c r="L45" t="str">
         <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Limited to Method 1, Type 2  8</x:v>
+        <x:v>Method 1, Type 1. Cleaning method per RCI 452931</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>25473</x:v>
+        <x:v>29179</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>3</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90051195</x:v>
+        <x:v>90050936</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Kamatics Corporation</x:v>
+        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>1330 Blue Hills Ave</x:v>
+        <x:v>18301 S SANTA FE AVE</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Bloomfield</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>06002</x:v>
+        <x:v>90221</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>(860) 243-7596</x:v>
+        <x:v>3105373750</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>(860) 243-7993</x:v>
+        <x:v>310-537-2919</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>12/10/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v>Method 1, Type 2 only</x:v>
+        <x:v>Limited to Method 1, Type 2  8</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>24512</x:v>
+        <x:v>25473</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>3218</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90042003</x:v>
+        <x:v>90051195</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>KAYDON CORPORATION</x:v>
+        <x:v>Kamatics Corporation</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>2860 MCCRACKEN ST</x:v>
+        <x:v>1330 Blue Hills Ave</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>NORTON SHORES</x:v>
+        <x:v>Bloomfield</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>MI</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>49441-3421</x:v>
+        <x:v>06002</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>231-755-3747</x:v>
+        <x:v>(860) 243-7596</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>231-755-4102</x:v>
+        <x:v>(860) 243-7993</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>12/10/2004</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Limited to Method 1 / Type 2  8</x:v>
+        <x:v>Method 1, Type 2 only</x:v>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>25607</x:v>
+        <x:v>24512</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>5</x:v>
+        <x:v>3218</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90042003</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>KAYDON CORPORATION</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>2860 MCCRACKEN ST</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>NORTON SHORES</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>CA</x:v>
+        <x:v>MI</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>90805</x:v>
+        <x:v>49441-3421</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>231-755-3747</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>231-755-4102</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v>Method 1, Type 1, 2, 6, 7, 8</x:v>
+        <x:v>Limited to Method 1 / Type 2  8</x:v>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>24480</x:v>
+        <x:v>25607</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>221</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>11704</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J49" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
-        <x:v>Limited to Types II  VI</x:v>
+        <x:v>Method 1, Type 1, 2, 6, 7, 8</x:v>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>24740</x:v>
+        <x:v>24480</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
-        <x:v>Method 1 only, 
-[...1 lines deleted...]
-</x:v>
+        <x:v>Limited to Types II  VI</x:v>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>24770</x:v>
+        <x:v>24740</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>Limited to Method 1 Types 2,6, and 8. Humidity Testing only</x:v>
+        <x:v>Method 1, Type 2  6 only</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>24509</x:v>
+        <x:v>24570</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>82</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>CA </x:v>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Limited to Type 2, 6,  7 only</x:v>
+        <x:v>Method 1 only, 
+Type 1,2,3,6,7,8
+</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>30086</x:v>
+        <x:v>24770</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v/>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J53" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Limits: Limited to Method 1, Type 2, 6,  8
-</x:v>
+        <x:v>Limited to Method 1 Types 2,6, and 8. Humidity Testing only</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>24978</x:v>
+        <x:v>24509</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>24897</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>92337</x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v>Limited to Method 2 only (Citric Acid)</x:v>
+        <x:v>Limited to Type 2, 6,  7 only</x:v>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>29864</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>03246</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I55" t="str">
         <x:v/>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Method 1, 2, Type 2</x:v>
+        <x:v>Limits: Limited to Method 1, Type 2, 6,  8
+</x:v>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>24522</x:v>
+        <x:v>24978</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>203</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J56" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K56" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L56" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Limited to Type 1, Type 2, Type 3</x:v>
+        <x:v>Limited to Method 2 only (Citric Acid)</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>24810</x:v>
+        <x:v>29864</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90052132</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>6837 Farmdale Ave</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>N Hollywood</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>CA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>91605</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>(818) 765-7266</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>(818) 764-3355</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V57" t="str">
-        <x:v>Method 1, Types 2,6,7,  8 Only.</x:v>
+        <x:v>Method 1, 2, Type 2</x:v>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>24414</x:v>
+        <x:v>24522</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>337</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>MO </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K58" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L58" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v>Method 1 Type 2  6 only. </x:v>
+        <x:v>Limited to Type 1, Type 2, Type 3</x:v>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>25701</x:v>
+        <x:v>24810</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>340</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90024577</x:v>
+        <x:v>90052132</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>SPS TECHNOLOGIES LLC</x:v>
+        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>1700 W 132ND ST</x:v>
+        <x:v>6837 Farmdale Ave</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>N Hollywood</x:v>
       </x:c>
       <x:c r="F59" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>90249</x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>3102937275</x:v>
+        <x:v>(818) 765-7266</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>310-819-4776</x:v>
+        <x:v>(818) 764-3355</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>5/14/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v>Limited to Method 1 Type 2 only
-[...1 lines deleted...]
-</x:v>
+        <x:v>Method 1, Types 2,6,7,  8 Only.</x:v>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>30166</x:v>
+        <x:v>24414</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>15007</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>MO </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K60" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
-        <x:v>Limited to Method I, Type 6</x:v>
+        <x:v>Method 1, Type 2 or Type 6 only</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>26220</x:v>
+        <x:v>24619</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>161</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>MO</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>63080</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v>Method 1 only</x:v>
+        <x:v>Method 1 Type 2  6 only. </x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>24860</x:v>
+        <x:v>25701</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>153</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Valence Grove</x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>2900 E Hwy 10</x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Grove</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>OK</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>74344</x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v>Method 1, Type 2 or Type 6 only</x:v>
+        <x:v>Limited to Method 1 Type 2 only
+Limited to test by salt spray for alloys listed in para 3.2.1.3 only
+</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>24619</x:v>
+        <x:v>30166</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>129</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>WA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>98108</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Method 1, Type 2  6 only</x:v>
+        <x:v>Limited to Method I, Type 6</x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>24570</x:v>
+        <x:v>26220</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>26145</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>91311</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v/>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v>Type 2  6 only</x:v>
+        <x:v>Method 1 only</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>28848</x:v>
+        <x:v>24860</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>301</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90053884</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>MN</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>55112-7858</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>651-636-0720</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>651-636-3308</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
 </x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>AMS 2700</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Method 1, Type 2, 6, 7, 8  Method 2 only</x:v>
+        <x:v>Type 2  6 only</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>500</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>29322</x:v>
+        <x:v>28848</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66">
+      <x:c r="A66" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B66" t="str">
+        <x:v>90053884</x:v>
+      </x:c>
+      <x:c r="C66" t="str">
+        <x:v>WOLKERSTORFER CO INC</x:v>
+      </x:c>
+      <x:c r="D66" t="str">
+        <x:v>348 1ST ST SE</x:v>
+      </x:c>
+      <x:c r="E66" t="str">
+        <x:v>SAINT PAUL</x:v>
+      </x:c>
+      <x:c r="F66" t="str">
+        <x:v>MN</x:v>
+      </x:c>
+      <x:c r="G66" t="str">
+        <x:v>55112-7858</x:v>
+      </x:c>
+      <x:c r="H66" t="str">
+        <x:v>651-636-0720</x:v>
+      </x:c>
+      <x:c r="I66" t="str">
+        <x:v>651-636-3308</x:v>
+      </x:c>
+      <x:c r="J66" t="str">
+        <x:v>12/2/2025</x:v>
+      </x:c>
+      <x:c r="K66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N66" t="str">
+        <x:v>” Methods 2, 6, 7, or 8 can be used in place of F-116, “Passivating CRES Alloys.”
+</x:v>
+      </x:c>
+      <x:c r="O66" t="str">
+        <x:v>AMS 2700</x:v>
+      </x:c>
+      <x:c r="P66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q66" t="str">
+        <x:v>Passivation Treatments for Corrosion-Resistant Steel</x:v>
+      </x:c>
+      <x:c r="R66" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T66" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U66" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V66" t="str">
+        <x:v>Method 1, Type 2, 6, 7, 8  Method 2 only</x:v>
+      </x:c>
+      <x:c r="W66" t="n">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="X66" t="n">
+        <x:v>29322</x:v>
+      </x:c>
+      <x:c r="Y66" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z66" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA66" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB66" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC66" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD66" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE66" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF66" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>