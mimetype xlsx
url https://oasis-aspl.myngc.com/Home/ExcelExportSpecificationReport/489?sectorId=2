--- v0 (2025-10-16)
+++ v1 (2026-01-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b480e0aea4d44d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra844ea5e69cb4f41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2929c74f61cd49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rae63c7ab47d14464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2929c74f61cd49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae63c7ab47d14464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1105,622 +1105,523 @@
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>13958</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90063606</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>MISTRAS Services, Kent, WA</x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>98032</x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>253-656-0062</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>6/15/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>29307</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>28</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>90660</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>86</x:v>
+        <x:v>21318</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>24897</x:v>
+        <x:v>2125</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90070165</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>TITANIUM METALS CORP</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>100 TITANIUM WAY</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>TORONTO</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA</x:v>
+        <x:v>OH</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>92337</x:v>
+        <x:v>43964-1990</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>740-537-1571</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>636-887-9098</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v/>
+        <x:v>Inspection, Ultrasonic, Wrought Metals, Process for *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill.
+Non-Destructive Testing Limits:*NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill.
+</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>21318</x:v>
+        <x:v>26062</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>2125</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90070165</x:v>
+        <x:v>90054360</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Timet</x:v>
+        <x:v>Vandergriff Technologies Inc</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>100 TITANIUM WAY                    </x:v>
+        <x:v>4209 Murray Avenue</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>TORONTO                             </x:v>
+        <x:v>Hatlon City</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>OH </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>43964-1990                          </x:v>
+        <x:v>76117</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>740-537-1571</x:v>
+        <x:v>(817) 485-1248</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>636-887-9098</x:v>
+        <x:v>(817) 485-7703</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/14/2007</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V15" t="str">
-        <x:v>Inspection, Ultrasonic, Wrought Metals, Process for *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill.
-[...1 lines deleted...]
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>26062</x:v>
+        <x:v>8212</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90054360</x:v>
+        <x:v>90055777</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Vandergriff Technologies Inc</x:v>
+        <x:v>Weber Metals Inc.                                 </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>4209 Murray Avenue</x:v>
+        <x:v>16706 Garfield Ave.                 </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Hatlon City</x:v>
+        <x:v>PARAMOUNT                           </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>76117</x:v>
+        <x:v>90723                               </x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(817) 485-1248</x:v>
+        <x:v>(424) 257-5443</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>(817) 485-7703</x:v>
+        <x:v>562-602-0577</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>6/14/2007</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>489</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>8212</x:v>
+        <x:v>1899</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
-        <x:v>AS</x:v>
-[...97 lines deleted...]
-      <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>