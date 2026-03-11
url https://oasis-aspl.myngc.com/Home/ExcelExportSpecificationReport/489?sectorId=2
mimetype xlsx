--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra844ea5e69cb4f41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R509c35e727414f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rae63c7ab47d14464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6c5f31dc27b241a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rae63c7ab47d14464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c5f31dc27b241a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -814,75 +814,75 @@
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90043905</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MISTRAS GROUP</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>8427 ATLANTIC AVE</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>CUDAHY</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90201</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>3235607343</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v/>
+        <x:v>323-560-6587</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>24771</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>Ultrasonic testing of plate stock does not require the use of NGAS ASPL</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-STD-2154</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Inspection, Ultrasonic, Wrought Metals, Process for
 *NOTE* NGAS ASPL approval is required when testing is performed by a secondary source other than the primary mill. </x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>