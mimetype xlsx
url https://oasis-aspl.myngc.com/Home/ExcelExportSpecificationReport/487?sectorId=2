--- v0 (2025-11-03)
+++ v1 (2026-02-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2129cb3e9bc64449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc694ccf4aeed4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R47def336e2a74105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3725593096184856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47def336e2a74105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3725593096184856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,117 +505,117 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>137</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90220</x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Limited to annealing, beta annealing, and stress relief</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>24899</x:v>
+        <x:v>29108</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -701,117 +701,117 @@
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v/>
+        <x:v>Limited to annealing, beta annealing, and stress relief</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>29108</x:v>
+        <x:v>24899</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -904,69 +904,69 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>26164</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90059086</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Certified Metal Craft Inc</x:v>
+        <x:v>CERTIFIED METAL CRAFT INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
         <x:v>877 VERNON WAY</x:v>
       </x:c>
       <x:c r="E10" t="str">
         <x:v>EL CAJON</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
         <x:v>92020</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>619-593-3636</x:v>
+        <x:v>6195933636</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>619-593-3635</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>6/16/2023</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
@@ -1094,812 +1094,910 @@
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>23794</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>67213</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v/>
+        <x:v>Limited to stress relief only.</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>25631</x:v>
+        <x:v>24492</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>343</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>24757</x:v>
+        <x:v>25631</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>211</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90127588</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>8606 LIVE OAK AVE                   </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>FONTANA                             </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>92335                               </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>9092177400</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>3/22/2012</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>25472</x:v>
+        <x:v>24757</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>367</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90059875</x:v>
+        <x:v>90127588</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Solar Atmospheres of Western PA</x:v>
+        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA INC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>30 Industrial Rd.</x:v>
+        <x:v>8606 LIVE OAK AVENUE</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Hermitage</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>16148</x:v>
+        <x:v>92335-3172</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>(724) 982-0660</x:v>
+        <x:v>9092177400</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>(724) 982-0593</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>4/6/2012</x:v>
+        <x:v>3/22/2012</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V15" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W15" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="X15" t="n">
+        <x:v>25472</x:v>
+      </x:c>
+      <x:c r="Y15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z15" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA15" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB15" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC15" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD15" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF15" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG15" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16">
+      <x:c r="A16" t="n">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="B16" t="str">
+        <x:v>90059875</x:v>
+      </x:c>
+      <x:c r="C16" t="str">
+        <x:v>Solar Atmospheres of Western PA</x:v>
+      </x:c>
+      <x:c r="D16" t="str">
+        <x:v>30 Industrial Rd.</x:v>
+      </x:c>
+      <x:c r="E16" t="str">
+        <x:v>Hermitage</x:v>
+      </x:c>
+      <x:c r="F16" t="str">
+        <x:v>PA</x:v>
+      </x:c>
+      <x:c r="G16" t="str">
+        <x:v>16148</x:v>
+      </x:c>
+      <x:c r="H16" t="str">
+        <x:v>(724) 982-0660</x:v>
+      </x:c>
+      <x:c r="I16" t="str">
+        <x:v>(724) 982-0593</x:v>
+      </x:c>
+      <x:c r="J16" t="str">
+        <x:v>4/6/2012</x:v>
+      </x:c>
+      <x:c r="K16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O16" t="str">
+        <x:v>AMS 2801</x:v>
+      </x:c>
+      <x:c r="P16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q16" t="str">
+        <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
+      </x:c>
+      <x:c r="R16" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T16" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U16" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V16" t="str">
         <x:v>Excludes 6Al-4V, 6Al-6V Solution Heat Treating and any Ti Heat Treat process requiring water or oil quench.
 Ref: RCI R 218429
 </x:v>
       </x:c>
-      <x:c r="W15" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W16" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>25663</x:v>
+        <x:v>26216</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>15007</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Limited to Stress Relieve only, furnace #2</x:v>
+        <x:v>Stress Relief only. Limited to vacuum furnaces 21B, 58B, and 059F </x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>25688</x:v>
+        <x:v>25663</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>4</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90053386</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Thermal Vac Technology Inc</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>1221 W Struck Ave</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Orange</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>92867</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>(714) 997-2601</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>(714) 288-2470</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Vacuum Heat Treating only</x:v>
+        <x:v>Limited to Stress Relieve only, furnace #2</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>24467</x:v>
+        <x:v>25688</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>26163</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90053386</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>Thermal Vac Technology Inc</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>1221 W Struck Ave</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>Orange</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>(714) 997-2601</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>(714) 288-2470</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2801</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Stress relief only</x:v>
+        <x:v>Vacuum Heat Treating only</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>487</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>30160</x:v>
+        <x:v>24467</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG19" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20">
+      <x:c r="A20" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="B20" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="C20" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="D20" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="E20" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="F20" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="G20" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="H20" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="I20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J20" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="K20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O20" t="str">
+        <x:v>AMS 2801</x:v>
+      </x:c>
+      <x:c r="P20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q20" t="str">
+        <x:v>Heat Treatment of Titanium Alloy Parts</x:v>
+      </x:c>
+      <x:c r="R20" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T20" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U20" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V20" t="str">
+        <x:v>Stress relief only</x:v>
+      </x:c>
+      <x:c r="W20" t="n">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="X20" t="n">
+        <x:v>30160</x:v>
+      </x:c>
+      <x:c r="Y20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z20" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA20" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB20" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC20" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE19" t="n">
-[...5 lines deleted...]
-      <x:c r="AG19" t="str">
+      <x:c r="AE20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF20" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>