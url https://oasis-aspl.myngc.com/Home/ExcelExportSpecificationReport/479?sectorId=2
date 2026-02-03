--- v0 (2025-11-03)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c0a4fd04244dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96cd4f69e524914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7b767c00101e4fd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7d1ae58a5ef54902"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b767c00101e4fd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d1ae58a5ef54902" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -604,910 +604,811 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>26114</x:v>
+        <x:v>13958</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90051101</x:v>
+        <x:v>90063606</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>JANICKI INDUSTRIES INC                            </x:v>
+        <x:v>MISTRAS Services, Kent, WA</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>1476 MOORE ST                       </x:v>
+        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>SEDRO WOOLLEY                       </x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>WA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>98284                               </x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>360.814.1753</x:v>
+        <x:v>253-656-0062</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>360-814-1707</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>10/28/2022</x:v>
+        <x:v>6/15/2017</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Not approved for
-Appendix A  B</x:v>
+        <x:v>Limits: Limitation not approved for processing to Appendix A  B.</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>29878</x:v>
+        <x:v>10412</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>13958</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90063606</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>MISTRAS Services, Kent, WA</x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Kent</x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>98032</x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>253-656-0062</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>6/15/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Limits: Limitation not approved for processing to Appendix A  B.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>10412</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>28</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90123318</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>300 AUSTIN BLVD                     </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>RED OAK                             </x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90660</x:v>
+        <x:v>75154                               </x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>4698206500</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>6/22/2021</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>85</x:v>
+        <x:v>23764</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>25999</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90123318</x:v>
+        <x:v>90124548</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
+        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>300 AUSTIN BLVD                     </x:v>
+        <x:v>90 HIGHWAY 22 W</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>RED OAK                             </x:v>
+        <x:v>MILLEDGEVILLE</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>TX </x:v>
+        <x:v>GA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>75154                               </x:v>
+        <x:v>31061</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>4698206500</x:v>
+        <x:v>4783630723</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>6/22/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>23764</x:v>
+        <x:v>1512</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>233</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90124548</x:v>
+        <x:v>90052424</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>QARBON AEROSPACE LAFAYETTE LLC</x:v>
+        <x:v>QUALITY MATERIAL INSPECTION, INC.</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>90 HIGHWAY 22 W</x:v>
+        <x:v>5442 OCEANUS DRIVE</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>MILLEDGEVILLE</x:v>
+        <x:v>HUNTINGTON BEACH</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>GA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>31061</x:v>
+        <x:v>92649-1033</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>4783630723</x:v>
+        <x:v>7149034500</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>714-903-4550</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>1512</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>2</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90052424</x:v>
+        <x:v>90052667</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>QUALITY MATERIALS INSPECTION</x:v>
+        <x:v>Royal Engineered Composites</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>5442 OCEANUS DR</x:v>
+        <x:v>1046 E 9th St</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>HUNTINGTON BEACH</x:v>
+        <x:v>Minden</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA</x:v>
+        <x:v>NE</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>92649-1033</x:v>
+        <x:v>68959-2439</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>714-903-4500</x:v>
+        <x:v>(308) 832-2760</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>714-903-4550</x:v>
+        <x:v>(308) 832-2214</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>3/25/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v/>
+        <x:v>
+</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>233</x:v>
+        <x:v>12611</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>273</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90052667</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Royal Engineered Composites</x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>1046 E 9th St</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Minden</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>NE</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>68959-2439</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>(308) 832-2760</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>(308) 832-2214</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>3/25/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>12611</x:v>
+        <x:v>14931</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>736</x:v>
+        <x:v>25930</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90075835</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>TIGHITCO INC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>8450 PALMETTO COMMERCE PARKWAY</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>LADSON</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>KS </x:v>
+        <x:v>SC</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>29456</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>843-376-0321</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>803-630-0481</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/9/2020</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Ultrasonic Inspection of Composites and Bonded Assemblies</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>479</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>14931</x:v>
+        <x:v>23527</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>