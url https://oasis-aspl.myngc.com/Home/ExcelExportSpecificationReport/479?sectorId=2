--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96cd4f69e524914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c857793d2e140db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7d1ae58a5ef54902"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9e0a06d9d935405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7d1ae58a5ef54902" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e0a06d9d935405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,66 +217,66 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90054958</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>Applied Aerospace Structures Corp</x:v>
+        <x:v>APPLIED AEROSPACE STRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>3437 S Airport Way                 </x:v>
+        <x:v>3437 SOUTH AIRPORT WAY</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>Stockton                            </x:v>
+        <x:v>STOCKTON</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>95206                               </x:v>
+        <x:v>95206-3853</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v> 209-983-3244</x:v>
+        <x:v>2099820160</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>209-982-3375</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>5/27/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>ACS-PRS-7001</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>