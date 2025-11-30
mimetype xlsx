--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23c2110e19374ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcacb62c6cc14ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9bb25e63f63645e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R727ca4efbac94a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9bb25e63f63645e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R727ca4efbac94a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">