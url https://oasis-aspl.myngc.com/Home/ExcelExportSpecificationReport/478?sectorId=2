--- v1 (2025-11-30)
+++ v2 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcacb62c6cc14ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fc919fd8c445e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R727ca4efbac94a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb2d69a9748e04a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R727ca4efbac94a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2d69a9748e04a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">