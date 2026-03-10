--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fc919fd8c445e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0101d0cdfa0a4845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb2d69a9748e04a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0dd767a2a04f435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb2d69a9748e04a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0dd767a2a04f435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,78 +119,78 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L2" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v>F-35</x:v>
       </x:c>
@@ -315,531 +315,430 @@
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>152</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>Israel</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>IL</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90052785</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>LAKES REGION TUBULAR PRODUCTS INC</x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>51 GROWTTH RD</x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>LACONIA</x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>03246</x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>6035282838</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>603-528-5557</x:v>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>9/16/2009</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>Not approved for Appendix A  B.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>30175</x:v>
+        <x:v>2027</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>328</x:v>
+        <x:v>13911</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90051753</x:v>
+        <x:v>90067462</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>MILLER CASTINGS INC                               </x:v>
+        <x:v>Paragon NDT, LLC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2503 PACIFIC PARK DR                </x:v>
+        <x:v>2210 S. Edwards St.</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>WHITTIER                            </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90601-1610                          </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>562-659-0461</x:v>
+        <x:v>316-927-4285</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>562-692-4164</x:v>
+        <x:v>316-927-4299</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>8/25/2009</x:v>
+        <x:v>4/12/2017</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v/>
+        <x:v>Approval based on QCS-001 and the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>2027</x:v>
+        <x:v>10334</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>13911</x:v>
+        <x:v>11069</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90067462</x:v>
+        <x:v>90072219</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Paragon NDT, LLC</x:v>
+        <x:v>UNI-CAST LLC.</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>2210 S. Edwards St.</x:v>
+        <x:v>11 INDUSTRIAL DRIVE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>LONDONDERRY</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>KS</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>67213</x:v>
+        <x:v>03053-2011</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>316-927-4285</x:v>
+        <x:v>(603) 625-5761</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>316-927-4299</x:v>
+        <x:v>603-625-1567</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>4/12/2017</x:v>
+        <x:v>3/8/2016</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Approval based on QCS-001 and the limitations listed on QCS-001</x:v>
+        <x:v>Film Only</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>10334</x:v>
+        <x:v>6109</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>11069</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90072219</x:v>
+        <x:v>90053870</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>UNI-CAST LLC.</x:v>
+        <x:v>WINCHESTER TESTING LAB INC                        </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>11 INDUSTRIAL DRIVE</x:v>
+        <x:v>423 PLEASANT ST                     </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>LONDONDERRY</x:v>
+        <x:v>MELROSE                             </x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>NH</x:v>
+        <x:v>MA </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>03053-2011</x:v>
+        <x:v>02176-4519                          </x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(603) 625-5761</x:v>
+        <x:v>781-665-9409</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>603-625-1567</x:v>
+        <x:v>781-665-9394</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>3/8/2016</x:v>
+        <x:v>9/15/2009</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>LMA-PC301</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Radiographic Inspection</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Film Only</x:v>
+        <x:v>Limited to film based radiography only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>6109</x:v>
+        <x:v>1868</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
-        <x:v>AS</x:v>
-[...99 lines deleted...]
-      <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>