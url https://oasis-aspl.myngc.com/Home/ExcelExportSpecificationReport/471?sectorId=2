--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6a4749b5ae4a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a30679b45264927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R30d971901a724df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfe0e8be5d8154470"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R30d971901a724df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe0e8be5d8154470" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,124 +113,222 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>26042</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90073306</x:v>
+        <x:v>90051348</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>NORTHROP GRUMMAN SYSTEMS CORP                     </x:v>
+        <x:v>LASER TECHNOLOGY INC                              </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1365 TECHNOLOGY CT                  </x:v>
+        <x:v>1055 W Germantown Pike              </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>BEAVERCREEK                         </x:v>
+        <x:v>NORRISTOWN                          </x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>OH </x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>45430-2212                          </x:v>
+        <x:v>19403                               </x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>937-429-9261</x:v>
+        <x:v>6106315043</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>937-429-2625</x:v>
+        <x:v>610-631-0934</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>11/22/2021</x:v>
+        <x:v>8/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>T-111</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Shearographic Inspection</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>29585</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3">
+      <x:c r="A3" t="n">
+        <x:v>26042</x:v>
+      </x:c>
+      <x:c r="B3" t="str">
+        <x:v>90073306</x:v>
+      </x:c>
+      <x:c r="C3" t="str">
+        <x:v>NORTHROP GRUMMAN SYSTEMS CORP                     </x:v>
+      </x:c>
+      <x:c r="D3" t="str">
+        <x:v>1365 TECHNOLOGY CT                  </x:v>
+      </x:c>
+      <x:c r="E3" t="str">
+        <x:v>BEAVERCREEK                         </x:v>
+      </x:c>
+      <x:c r="F3" t="str">
+        <x:v>OH </x:v>
+      </x:c>
+      <x:c r="G3" t="str">
+        <x:v>45430-2212                          </x:v>
+      </x:c>
+      <x:c r="H3" t="str">
+        <x:v>937-429-9261</x:v>
+      </x:c>
+      <x:c r="I3" t="str">
+        <x:v>937-429-2625</x:v>
+      </x:c>
+      <x:c r="J3" t="str">
+        <x:v>11/22/2021</x:v>
+      </x:c>
+      <x:c r="K3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O3" t="str">
+        <x:v>T-111</x:v>
+      </x:c>
+      <x:c r="P3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q3" t="str">
+        <x:v>Shearographic Inspection</x:v>
+      </x:c>
+      <x:c r="R3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U3" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V3" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W3" t="n">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="X3" t="n">
+        <x:v>29585</x:v>
+      </x:c>
+      <x:c r="Y3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z3" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA3" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB3" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC3" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD3" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>