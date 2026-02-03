--- v1 (2025-12-20)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a30679b45264927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653cf7b4815b41aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfe0e8be5d8154470"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R236aedc5a8e345f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe0e8be5d8154470" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R236aedc5a8e345f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">