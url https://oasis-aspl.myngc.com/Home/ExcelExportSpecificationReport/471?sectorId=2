--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R653cf7b4815b41aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e618ca7522488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R236aedc5a8e345f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R31ced60fef74440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R236aedc5a8e345f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R31ced60fef74440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">