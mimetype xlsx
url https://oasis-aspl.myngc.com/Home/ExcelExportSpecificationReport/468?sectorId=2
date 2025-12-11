--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35105d5a1bfd4843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d63269e9d9248c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R45a5197e28af4468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R18d6484f07cf48fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R45a5197e28af4468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18d6484f07cf48fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">