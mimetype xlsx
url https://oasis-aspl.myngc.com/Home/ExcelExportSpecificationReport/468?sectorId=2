--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d63269e9d9248c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc154d975b440e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R18d6484f07cf48fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re5236bb4c0cf4486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R18d6484f07cf48fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5236bb4c0cf4486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -517,322 +517,322 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>Netherlands</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>NL</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>LMA-PH016</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Conversion Coating of Titanium Alloys</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>1615</x:v>
+        <x:v>30010</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>303</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>LMA-PH016</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Conversion Coating of Titanium Alloys</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v> Processing per approved RC/I R189845</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>2710</x:v>
+        <x:v>1615</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>129</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>98108</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>LMA-PH016</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Conversion Coating of Titanium Alloys</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v/>
+        <x:v>Processing per approved RC/I #BR189845</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>468</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>30010</x:v>
+        <x:v>2710</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>