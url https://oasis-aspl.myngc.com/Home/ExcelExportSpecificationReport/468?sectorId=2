--- v2 (2026-02-07)
+++ v3 (2026-03-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc154d975b440e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50108e6452b2475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re5236bb4c0cf4486"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Radab681b507649ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5236bb4c0cf4486" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Radab681b507649ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">