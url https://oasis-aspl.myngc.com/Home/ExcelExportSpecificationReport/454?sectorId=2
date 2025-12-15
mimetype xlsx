--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8581074a88fb4df2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d782c1cc5949e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R377e37956522408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7416baeee9284b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R377e37956522408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7416baeee9284b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -883,51 +883,51 @@
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>Approved for aluminum , titanium, CRES and Nickel alloys. Approved procedures, SMPP 03-LMA1- TI, SMPP 03-LMA1-AL. SMPP 03-LMA2-PG101-PH , SMPP 03-LMA2-PG101-NI</x:v>
+        <x:v>Approved for aluminum , titanium, CRES and Nickel alloys. Approved procedures, SMPP 03-LMA1- TI, SMPP 03-LMA1-AL. SMPP 03-LMA2-PG101-PH , SMPP 03-LMA2-PG101-NI-RCI #461280</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X9" t="n">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
@@ -1941,66 +1941,66 @@
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
         <x:v>17106</x:v>
       </x:c>
       <x:c r="B20" t="str">
         <x:v>90068865</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J20" t="str">
         <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>