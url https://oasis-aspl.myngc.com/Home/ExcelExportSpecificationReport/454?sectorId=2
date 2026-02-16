--- v1 (2025-12-15)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d782c1cc5949e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964f8ff734ca4a43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7416baeee9284b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rcdebac8e62054fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7416baeee9284b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rcdebac8e62054fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1527,1134 +1527,1133 @@
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V16" t="str">
-        <x:v>Limits: Aluminum, Titanium, CRES </x:v>
+        <x:v>Titanium only per RCI #916938</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>1614</x:v>
+        <x:v>30007</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>328</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90051753</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>MILLER CASTINGS INC                               </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>2503 PACIFIC PARK DR                </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>WHITTIER                            </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90601-1610                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>562-659-0461</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>562-692-4164</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>8/25/2009</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Localized etch only per RC/I #BR915990</x:v>
+        <x:v>Limits: Aluminum, Titanium, CRES </x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>29529</x:v>
+        <x:v>1614</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>83</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V18" t="str">
+        <x:v>Localized etch only per RC/I #BR915990</x:v>
+      </x:c>
+      <x:c r="W18" t="n">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="X18" t="n">
+        <x:v>29529</x:v>
+      </x:c>
+      <x:c r="Y18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z18" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA18" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB18" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC18" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD18" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF18" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG18" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19">
+      <x:c r="A19" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B19" t="str">
+        <x:v>90043905</x:v>
+      </x:c>
+      <x:c r="C19" t="str">
+        <x:v>MISTRAS GROUP                                     </x:v>
+      </x:c>
+      <x:c r="D19" t="str">
+        <x:v>8427 ATLANTIC AVE                   </x:v>
+      </x:c>
+      <x:c r="E19" t="str">
+        <x:v>CUDAHY                              </x:v>
+      </x:c>
+      <x:c r="F19" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G19" t="str">
+        <x:v>90201                               </x:v>
+      </x:c>
+      <x:c r="H19" t="str">
+        <x:v>323-583-1653</x:v>
+      </x:c>
+      <x:c r="I19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J19" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="K19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O19" t="str">
+        <x:v>LMA-PG001</x:v>
+      </x:c>
+      <x:c r="P19" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q19" t="str">
+        <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
+      </x:c>
+      <x:c r="R19" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="S19" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T19" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="U19" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V19" t="str">
         <x:v>Limits: Limited nickel based alloys only. 
 Reference RCI # R189153.
 </x:v>
       </x:c>
-      <x:c r="W18" t="n">
-[...101 lines deleted...]
-      </x:c>
       <x:c r="W19" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>2709</x:v>
+        <x:v>2708</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>17106</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>2522 WEST 21ST STREET</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>CHANUTE</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>66720-6132</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>6203052451</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Approval based on QCS-001 and subject to the limitations listed on the QCS-001 website </x:v>
+        <x:v>Titanium etch per approved RC/I #BR 189844
+</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>14706</x:v>
+        <x:v>2709</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>248</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>65453</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Aluminum only</x:v>
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on the QCS-001 website </x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>20240</x:v>
+        <x:v>14706</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>92</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90052100</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>PCC SCHLOSSER</x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>345 NE HEMLOCK AVE</x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>REDMOND</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>OR</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>97756-1430</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>1 541 316 2608</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v/>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>9/9/2004</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S22" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>Limited to Titanium Products only – Ref. RCI 208800 for solution approval</x:v>
+        <x:v>Aluminum only</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>20154</x:v>
+        <x:v>20240</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>15007</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052100</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>PCC SCHLOSSER</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>345 NE HEMLOCK AVE</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>REDMOND</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>MO </x:v>
+        <x:v>OR</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>97756-1430</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>1 541 316 2608</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>9/9/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v>Aluminum alloys only Alternate etch solution per RCI B R443413</x:v>
+        <x:v>Limited to Titanium Products only – Ref. RCI 208800 for solution approval</x:v>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>26201</x:v>
+        <x:v>20154</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>63</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>90262</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V24" t="str">
-        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
+        <x:v>Aluminum alloys only Alternate etch solution per RCI B R443413</x:v>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29512</x:v>
+        <x:v>26201</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>44946</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F25" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G25" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v/>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S25" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>30392</x:v>
+        <x:v>29512</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>129</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>98108</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v/>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>LMA-PG001</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Etch/Cleaning Prior to Penetrant Inspection</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="S26" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V26" t="str">
-        <x:v>Titanium only per RCI #916938</x:v>
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>30007</x:v>
+        <x:v>30392</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>