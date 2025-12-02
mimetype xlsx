--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86523efd3e424e1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b5fc188fd847ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R754767b492b64104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec45373329bf43bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R754767b492b64104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec45373329bf43bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -2267,66 +2267,66 @@
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
         <x:v>17106</x:v>
       </x:c>
       <x:c r="B23" t="str">
         <x:v>90068865</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>