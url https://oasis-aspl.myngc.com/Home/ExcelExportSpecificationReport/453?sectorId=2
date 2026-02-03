--- v1 (2025-12-02)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b5fc188fd847ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf2d958e8204dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec45373329bf43bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R12f6f71ab87e4fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec45373329bf43bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R12f6f71ab87e4fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -892,57 +892,51 @@
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>Facility requalification for Supplier to inspect F-35 Critical Parts as defined in LMA-PC201, was done on 07/09/2024.
-[...5 lines deleted...]
-Due Date for next facility requalification: 07-2027</x:v>
+        <x:v>The following personnel successfully completed the requalification portion: Joe Lipsey…………………………...…stamp # 6 Desmond Handley………...………….stamp # 13 This task was accomplished using procedure # SMPP # 74, LMA-PC201 Revision E, dated 07/02/2021 Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above. Expires 07/2024.</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X9" t="n">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
@@ -1576,54 +1570,54 @@
       <x:c r="C16" t="str">
         <x:v>LAKES REGION TUBULAR PRODUCTS INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
         <x:v>51 GROWTTH RD</x:v>
       </x:c>
       <x:c r="E16" t="str">
         <x:v>LACONIA</x:v>
       </x:c>
       <x:c r="F16" t="str">
         <x:v>NH</x:v>
       </x:c>
       <x:c r="G16" t="str">
         <x:v>03246</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>6035282838</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>603-528-5557</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>9/16/2009</x:v>
       </x:c>
       <x:c r="K16" t="str">
-        <x:v/>
+        <x:v>3T336</x:v>
       </x:c>
       <x:c r="L16" t="str">
-        <x:v/>
+        <x:v>150884898</x:v>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v>F-35</x:v>
       </x:c>
@@ -1647,1570 +1641,1570 @@
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>247</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>KS</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>57213</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V17" t="str">
+        <x:v>Includes fracture critical hardware. Facility qualification was conducted 11/19-20/2024. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed qualification demonstration: Kirk Davis..stamp # 4
+Steven Penne…stamp # P28, Vany Nann..stamp # P24
+This task was accomplished using procedure PI-26, Revision 12/30/2021, and PI-26M Lockheed Addendum, Revision 1/27/2022.  .Expires 11/2027.Next Requalification: 11/19/2027
+</x:v>
+      </x:c>
+      <x:c r="W17" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="X17" t="n">
+        <x:v>30006</x:v>
+      </x:c>
+      <x:c r="Y17" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z17" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA17" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB17" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC17" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD17" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE17" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF17" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG17" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18">
+      <x:c r="A18" t="n">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B18" t="str">
+        <x:v>90051682</x:v>
+      </x:c>
+      <x:c r="C18" t="str">
+        <x:v>Metal Finishing Company Inc</x:v>
+      </x:c>
+      <x:c r="D18" t="str">
+        <x:v>1423 S Mclean Blvd</x:v>
+      </x:c>
+      <x:c r="E18" t="str">
+        <x:v>Wichita</x:v>
+      </x:c>
+      <x:c r="F18" t="str">
+        <x:v>KS</x:v>
+      </x:c>
+      <x:c r="G18" t="str">
+        <x:v>57213</x:v>
+      </x:c>
+      <x:c r="H18" t="str">
+        <x:v>(316) 267-7289</x:v>
+      </x:c>
+      <x:c r="I18" t="str">
+        <x:v>(316) 267-1450</x:v>
+      </x:c>
+      <x:c r="J18" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="K18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O18" t="str">
+        <x:v>LMA-PC201</x:v>
+      </x:c>
+      <x:c r="P18" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q18" t="str">
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+      </x:c>
+      <x:c r="R18" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="S18" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T18" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="U18" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V18" t="str">
         <x:v>Facility qualification was conducted based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed qualification demonstration:
 Micol Stanley …stamp # 26, Miranda Mock…stamp # 28
 Brent Earnest…..stamp # 3. Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above.
 Expires 01/2027.
 </x:v>
       </x:c>
-      <x:c r="W17" t="n">
-[...99 lines deleted...]
-      </x:c>
       <x:c r="W18" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>1848</x:v>
+        <x:v>1613</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>83</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F19" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Limits: Normal control non-critical parts only</x:v>
+        <x:v>Non Critical Hardware Only (No Fracture Critical)</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>2707</x:v>
+        <x:v>1848</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>303</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F20" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Non-critical parts only</x:v>
+        <x:v>Limits: Normal control non-critical parts only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>2297</x:v>
+        <x:v>2707</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>26215</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90073289</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>NORTHROP GRUMMAN CORP</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>1 HORNET WAY</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>EL SEGUNDO</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>90245-2804</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>310-332-7503</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>7/31/2023</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V21" t="str">
+        <x:v>Non-critical parts only</x:v>
+      </x:c>
+      <x:c r="W21" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="X21" t="n">
+        <x:v>2297</x:v>
+      </x:c>
+      <x:c r="Y21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA21" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB21" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC21" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD21" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG21" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22">
+      <x:c r="A22" t="n">
+        <x:v>26215</x:v>
+      </x:c>
+      <x:c r="B22" t="str">
+        <x:v>90073289</x:v>
+      </x:c>
+      <x:c r="C22" t="str">
+        <x:v>NORTHROP GRUMMAN CORP</x:v>
+      </x:c>
+      <x:c r="D22" t="str">
+        <x:v>1 HORNET WAY</x:v>
+      </x:c>
+      <x:c r="E22" t="str">
+        <x:v>EL SEGUNDO</x:v>
+      </x:c>
+      <x:c r="F22" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G22" t="str">
+        <x:v>90245-2804</x:v>
+      </x:c>
+      <x:c r="H22" t="str">
+        <x:v>310-332-7503</x:v>
+      </x:c>
+      <x:c r="I22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J22" t="str">
+        <x:v>7/31/2023</x:v>
+      </x:c>
+      <x:c r="K22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O22" t="str">
+        <x:v>LMA-PC201</x:v>
+      </x:c>
+      <x:c r="P22" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q22" t="str">
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+      </x:c>
+      <x:c r="R22" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="S22" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T22" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="U22" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V22" t="str">
         <x:v>The facility re-qualification was conducted on 01/30/2025. Based on the requirements called out in LMA-PC201 for inspection of Critical parts, the following personnel met the requirements for requalification:
 Bill Jensen….Employee # 85267.stamp # 70, Russ Murray…………Employee # 61828.stamp # 05. NOTE: Demo was done with updated Revision Q. Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above. Expires 01/2028   
 </x:v>
       </x:c>
-      <x:c r="W21" t="n">
+      <x:c r="W22" t="n">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="X21" t="n">
+      <x:c r="X22" t="n">
         <x:v>30140</x:v>
       </x:c>
-      <x:c r="Y21" t="str">
-[...5 lines deleted...]
-      <x:c r="AA21" t="n">
+      <x:c r="Y22" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z22" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="AB21" t="str">
+      <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
-      <x:c r="AC21" t="str">
+      <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
-      <x:c r="AD21" t="str">
+      <x:c r="AD22" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
-      <x:c r="AE21" t="n">
-[...5 lines deleted...]
-      <x:c r="AG21" t="str">
+      <x:c r="AE22" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF22" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
-    <x:row r="22">
-      <x:c r="A22" t="n">
+    <x:row r="23">
+      <x:c r="A23" t="n">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="B22" t="str">
+      <x:c r="B23" t="str">
         <x:v>90066746</x:v>
       </x:c>
-      <x:c r="C22" t="str">
+      <x:c r="C23" t="str">
         <x:v>Northrop Grumman Corporation ISS-ACS</x:v>
       </x:c>
-      <x:c r="D22" t="str">
+      <x:c r="D23" t="str">
         <x:v>1 Hornet Way</x:v>
       </x:c>
-      <x:c r="E22" t="str">
+      <x:c r="E23" t="str">
         <x:v>El Segundo</x:v>
       </x:c>
-      <x:c r="F22" t="str">
+      <x:c r="F23" t="str">
         <x:v>CA</x:v>
       </x:c>
-      <x:c r="G22" t="str">
+      <x:c r="G23" t="str">
         <x:v>90245</x:v>
       </x:c>
-      <x:c r="H22" t="str">
+      <x:c r="H23" t="str">
         <x:v>(310) 332-7503</x:v>
       </x:c>
-      <x:c r="I22" t="str">
+      <x:c r="I23" t="str">
         <x:v>(310) 331-3278</x:v>
       </x:c>
-      <x:c r="J22" t="str">
+      <x:c r="J23" t="str">
         <x:v>2/28/2013</x:v>
       </x:c>
-      <x:c r="K22" t="str">
-[...11 lines deleted...]
-      <x:c r="O22" t="str">
+      <x:c r="K23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O23" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
-      <x:c r="P22" t="str">
-[...2 lines deleted...]
-      <x:c r="Q22" t="str">
+      <x:c r="P23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q23" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
-      <x:c r="R22" t="n">
+      <x:c r="R23" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="S22" t="n">
+      <x:c r="S23" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="T22" t="str">
+      <x:c r="T23" t="str">
         <x:v>F-35</x:v>
       </x:c>
-      <x:c r="U22" t="str">
+      <x:c r="U23" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
-      <x:c r="V22" t="str">
+      <x:c r="V23" t="str">
         <x:v>The facility re-qualification was conducted on 01/11/2022. Based on the requirements called out in LMA-PC201 for inspection of Critical parts, the following personnel met the requirements for requalification:Bill Jensen…Employee # 85267..stamp # 70; Russ Murray..Employee 61828..stamp # 05
 This task was accomplished using procedure # ACS-PT-001, Revision N, dated 08/18/2020.Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above.Expires 01/2025
 </x:v>
       </x:c>
-      <x:c r="W22" t="n">
-[...99 lines deleted...]
-      </x:c>
       <x:c r="W23" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>14711</x:v>
+        <x:v>6110</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>248</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>65453</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v/>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V24" t="str">
+        <x:v>Limits: Approval and Fracture Critical authorization based on QCS-001 and subject to the limitations listed on the QCS-001 website</x:v>
+      </x:c>
+      <x:c r="W24" t="n">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="X24" t="n">
+        <x:v>14711</x:v>
+      </x:c>
+      <x:c r="Y24" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z24" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA24" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB24" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC24" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD24" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE24" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF24" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG24" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25">
+      <x:c r="A25" t="n">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="B25" t="str">
+        <x:v>90052095</x:v>
+      </x:c>
+      <x:c r="C25" t="str">
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+      </x:c>
+      <x:c r="D25" t="str">
+        <x:v>106 Midland Drive</x:v>
+      </x:c>
+      <x:c r="E25" t="str">
+        <x:v>Cuba</x:v>
+      </x:c>
+      <x:c r="F25" t="str">
+        <x:v>MO</x:v>
+      </x:c>
+      <x:c r="G25" t="str">
+        <x:v>65453</x:v>
+      </x:c>
+      <x:c r="H25" t="str">
+        <x:v>(573) 885-3018</x:v>
+      </x:c>
+      <x:c r="I25" t="str">
+        <x:v>(573) 885-3029</x:v>
+      </x:c>
+      <x:c r="J25" t="str">
+        <x:v>6/27/2006</x:v>
+      </x:c>
+      <x:c r="K25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O25" t="str">
+        <x:v>LMA-PC201</x:v>
+      </x:c>
+      <x:c r="P25" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q25" t="str">
+        <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
+      </x:c>
+      <x:c r="R25" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="S25" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T25" t="str">
+        <x:v>F-35</x:v>
+      </x:c>
+      <x:c r="U25" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V25" t="str">
         <x:v> Facility requalification was conducted the week of March 19, 2025. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed qualification demonstration:
 Tracy Roseman…stamp # 747, Matt Eoff…stamp # 466, Dustin Rolens…stamp # 1054. Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above. Next requalification due 03/2028
 </x:v>
       </x:c>
-      <x:c r="W24" t="n">
+      <x:c r="W25" t="n">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="X24" t="n">
+      <x:c r="X25" t="n">
         <x:v>1622</x:v>
       </x:c>
-      <x:c r="Y24" t="str">
-[...5 lines deleted...]
-      <x:c r="AA24" t="n">
+      <x:c r="Y25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="AB24" t="str">
+      <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
-      <x:c r="AC24" t="str">
+      <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
-      <x:c r="AD24" t="str">
+      <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE24" t="n">
-[...5 lines deleted...]
-      <x:c r="AG24" t="str">
+      <x:c r="AE25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
-    <x:row r="25">
-      <x:c r="A25" t="n">
+    <x:row r="26">
+      <x:c r="A26" t="n">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B25" t="str">
+      <x:c r="B26" t="str">
         <x:v>90052168</x:v>
       </x:c>
-      <x:c r="C25" t="str">
+      <x:c r="C26" t="str">
         <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
-      <x:c r="D25" t="str">
+      <x:c r="D26" t="str">
         <x:v>1015 S West Street</x:v>
       </x:c>
-      <x:c r="E25" t="str">
+      <x:c r="E26" t="str">
         <x:v>Wichita</x:v>
       </x:c>
-      <x:c r="F25" t="str">
+      <x:c r="F26" t="str">
         <x:v>KS</x:v>
       </x:c>
-      <x:c r="G25" t="str">
+      <x:c r="G26" t="str">
         <x:v>67213</x:v>
       </x:c>
-      <x:c r="H25" t="str">
+      <x:c r="H26" t="str">
         <x:v>(316) 945-5285</x:v>
       </x:c>
-      <x:c r="I25" t="str">
+      <x:c r="I26" t="str">
         <x:v>(316) 945-8906</x:v>
       </x:c>
-      <x:c r="J25" t="str">
+      <x:c r="J26" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
-      <x:c r="K25" t="str">
-[...11 lines deleted...]
-      <x:c r="O25" t="str">
+      <x:c r="K26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O26" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
-      <x:c r="P25" t="str">
-[...2 lines deleted...]
-      <x:c r="Q25" t="str">
+      <x:c r="P26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q26" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
-      <x:c r="R25" t="n">
+      <x:c r="R26" t="n">
         <x:v>7</x:v>
       </x:c>
-      <x:c r="S25" t="n">
+      <x:c r="S26" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="T25" t="str">
+      <x:c r="T26" t="str">
         <x:v>F-35</x:v>
       </x:c>
-      <x:c r="U25" t="str">
+      <x:c r="U26" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
-      <x:c r="V25" t="str">
+      <x:c r="V26" t="str">
         <x:v>Facility requalification was conducted the week of March 7 and March 24, 2025. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed qualification demonstration:
 Kody Robinson…………stamp #5
 Leonardo Lopez………..stamp #6
 Processing of Critical Parts as defined by LMA-PC201 is limited to those individuals named above.
 Expires 03/2028
 </x:v>
       </x:c>
-      <x:c r="W25" t="n">
-[...99 lines deleted...]
-      </x:c>
       <x:c r="W26" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>20155</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>15007</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052100</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>PCC SCHLOSSER</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>345 NE HEMLOCK AVE</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>REDMOND</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>MO </x:v>
+        <x:v>OR</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>97756-1430</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>1 541 316 2608</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>9/9/2004</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to normal control non-critical parts</x:v>
+        <x:v>Not authorized for Critical Parts</x:v>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>26202</x:v>
+        <x:v>20155</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>63</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>90262</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S28" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
+        <x:v>Limited to normal control non-critical parts</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>29513</x:v>
+        <x:v>26202</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>44946</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F29" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G29" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v/>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S29" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V29" t="str">
         <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>30391</x:v>
+        <x:v>29513</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>11069</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90072219</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>UNI-CAST LLC.</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>11 INDUSTRIAL DRIVE</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>LONDONDERRY</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>03053-2011</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>(603) 625-5761</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>603-625-1567</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>3/8/2016</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S30" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Excludes Appendix A  B</x:v>
+        <x:v>Approval based on QCS-001 and subject to the limitations listed on QCS-001</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>6108</x:v>
+        <x:v>30391</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>129</x:v>
+        <x:v>11069</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90072219</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>UNI-CAST LLC.</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>11 INDUSTRIAL DRIVE</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>LONDONDERRY</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>WA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>98108</x:v>
+        <x:v>03053-2011</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>(603) 625-5761</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>603-625-1567</x:v>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>3/8/2016</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>LMA-PC201</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Fluorescent Penetrant Inspection of Metallic Parts  Materials</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="S31" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v>F-35</x:v>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Includes fracture critical hardware. Facility qualification was conducted 11/19-20/2024. Based on the requirements called out in LMA-PC201, Appendix A. The following personnel successfully completed qualification demonstration: Kirk Davis..stamp # 4
-[...2 lines deleted...]
-</x:v>
+        <x:v>Excludes Appendix A  B</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>30006</x:v>
+        <x:v>6108</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
         <x:v>26001</x:v>
       </x:c>
       <x:c r="B32" t="str">
         <x:v>90122537</x:v>
       </x:c>
       <x:c r="C32" t="str">
         <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D32" t="str">
         <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E32" t="str">