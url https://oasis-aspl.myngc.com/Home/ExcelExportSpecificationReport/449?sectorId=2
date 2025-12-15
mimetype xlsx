--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reefca37917c1429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac4252b35614c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3c8c1e5ce185410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R062c6e83ff644bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3c8c1e5ce185410e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R062c6e83ff644bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -407,3364 +407,3364 @@
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>219</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90024671</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
+        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>3939 DOW RD</x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>MELBOURNE</x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>FL</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>32934</x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v/>
+        <x:v>Limited to GTAW process; Material Groups VI</x:v>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>217</x:v>
+        <x:v>14915</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>10054</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90065217</x:v>
+        <x:v>90024671</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>AMK Welding, A Meyer Tool Company</x:v>
+        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>283 Sullivan Avenue</x:v>
+        <x:v>3939 DOW RD</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>South Windsor</x:v>
+        <x:v>MELBOURNE</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CT</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>06074</x:v>
+        <x:v>32934</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>860-289-5634</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v/>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>11/9/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Limited to GTAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>6062</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>75</x:v>
+        <x:v>10054</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90024474</x:v>
+        <x:v>90065217</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Arrowhead Products Corporation</x:v>
+        <x:v>AMK Welding, A Meyer Tool Company</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>4411 Katella Ave</x:v>
+        <x:v>283 Sullivan Avenue</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Los Alamitos</x:v>
+        <x:v>South Windsor</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>90720</x:v>
+        <x:v>06074</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(714) 822-2514</x:v>
+        <x:v>860-289-5634</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>(714) 220-6482</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/9/2015</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>GTAW Only. P/N 2CTH36032-0003 approved for AWS D17.1 per RCI BR405841
-</x:v>
+        <x:v>Limited to GTAW only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>396</x:v>
+        <x:v>6062</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>23808</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90075678</x:v>
+        <x:v>90024474</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>ATLAS AEROSPACE LLC                               </x:v>
+        <x:v>Arrowhead Products Corporation</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>5725 N Broadway                     </x:v>
+        <x:v>4411 Katella Ave</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>PARK CITY                           </x:v>
+        <x:v>Los Alamitos</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>67219                               </x:v>
+        <x:v>90720</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>3164406489</x:v>
+        <x:v>(714) 822-2514</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>(714) 220-6482</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>10/29/2019</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>GTAW</x:v>
+        <x:v>GTAW Only. P/N 2CTH36032-0003 approved for AWS D17.1 per RCI BR405841
+</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>18123</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>186</x:v>
+        <x:v>23808</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90024605</x:v>
+        <x:v>90075678</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Banner Metalcraft Inc</x:v>
+        <x:v>ATLAS AEROSPACE LLC                               </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>300 TRADE ZONE DR</x:v>
+        <x:v>5725 N Broadway                     </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>RONKONKOMA</x:v>
+        <x:v>PARK CITY                           </x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NY</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>11779-7345</x:v>
+        <x:v>67219                               </x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>631-563-7303</x:v>
+        <x:v>3164406489</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/29/2019</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v/>
+        <x:v>GTAW</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>1231</x:v>
+        <x:v>18123</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>165</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90049034</x:v>
+        <x:v>90024605</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>Banner Metalcraft Inc</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>300 TRADE ZONE DR</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>RONKONKOMA</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>UT </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>11779-7345</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>631-563-7303</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>801-917-2033</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Limited to GTAW for Groups III  VI. Visual weld inspectors qualified to AWS B5.2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>923</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>36369</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90207809</x:v>
+        <x:v>90049034</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>BAY TECH INDUSTRIES INC</x:v>
+        <x:v>Barnes Group Inc                                 </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>13275 Byrd Dr</x:v>
+        <x:v>1025 S. Depot Drive                 </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>ODESSA</x:v>
+        <x:v>Ogden                        </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>FL</x:v>
+        <x:v>UT </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>33556</x:v>
+        <x:v>84404                               </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>813-854-1774</x:v>
+        <x:v>8019172088</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>12/12/2024</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>For use in conjunction with PS22250 only</x:v>
+        <x:v>Limited to GTAW for Groups III  VI. Visual weld inspectors qualified to AWS B5.2</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>30229</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>23793</x:v>
+        <x:v>36369</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90074350</x:v>
+        <x:v>90207809</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Clackamas Tool Welding a Division of LE Tubing, LLC</x:v>
+        <x:v>BAY TECH INDUSTRIES INC</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>12316 SE CAPPS RD</x:v>
+        <x:v>13275 Byrd Dr</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Clackamas</x:v>
+        <x:v>ODESSA</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>OR</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>97015</x:v>
+        <x:v>33556</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>425-510-1599</x:v>
+        <x:v>813-854-1774</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>12/12/2024</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>Limits: Limited to GTAW process only.</x:v>
+        <x:v>For use in conjunction with PS22250 only</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>17072</x:v>
+        <x:v>30229</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>20198</x:v>
+        <x:v>23793</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90049518</x:v>
+        <x:v>90074350</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>CLARKS PRECISION MACHINE  TOOL INC               </x:v>
+        <x:v>Clackamas Tool Welding a Division of LE Tubing, LLC</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>636 PROFIT ST                       </x:v>
+        <x:v>12316 SE CAPPS RD</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>AZLE                                </x:v>
+        <x:v>Clackamas</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>TX </x:v>
+        <x:v>OR</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>76020                               </x:v>
+        <x:v>97015</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>8174442533</x:v>
+        <x:v>425-510-1599</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>817-444-1577</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>12/6/2018</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V13" t="str">
+        <x:v>Limits: Limited to GTAW process only.</x:v>
+      </x:c>
+      <x:c r="W13" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X13" t="n">
+        <x:v>17072</x:v>
+      </x:c>
+      <x:c r="Y13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA13" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB13" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC13" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD13" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG13" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14">
+      <x:c r="A14" t="n">
+        <x:v>20198</x:v>
+      </x:c>
+      <x:c r="B14" t="str">
+        <x:v>90049518</x:v>
+      </x:c>
+      <x:c r="C14" t="str">
+        <x:v>CLARKS PRECISION MACHINE  TOOL INC               </x:v>
+      </x:c>
+      <x:c r="D14" t="str">
+        <x:v>636 PROFIT ST                       </x:v>
+      </x:c>
+      <x:c r="E14" t="str">
+        <x:v>AZLE                                </x:v>
+      </x:c>
+      <x:c r="F14" t="str">
+        <x:v>TX </x:v>
+      </x:c>
+      <x:c r="G14" t="str">
+        <x:v>76020                               </x:v>
+      </x:c>
+      <x:c r="H14" t="str">
+        <x:v>8174442533</x:v>
+      </x:c>
+      <x:c r="I14" t="str">
+        <x:v>817-444-1577</x:v>
+      </x:c>
+      <x:c r="J14" t="str">
+        <x:v>12/6/2018</x:v>
+      </x:c>
+      <x:c r="K14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O14" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="P14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q14" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="R14" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T14" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U14" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="V14" t="str">
         <x:v>Limited to GTAW
 Limited to GSE hardware only
 </x:v>
       </x:c>
-      <x:c r="W13" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W14" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>30084</x:v>
+        <x:v>14886</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>23724</x:v>
+        <x:v>26104</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90075204</x:v>
+        <x:v>90062735</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
+        <x:v>COMPUCRAFT INDUSTRIES INC                         </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>5486 FAIRCHILD RD</x:v>
+        <x:v>8787 OLIVE LN                       </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>CRESTVIEW</x:v>
+        <x:v>SANTEE                              </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>32539-8155</x:v>
+        <x:v>92071-4137                          </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>8503314193</x:v>
+        <x:v>619-448-0787</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>7/1/2019</x:v>
+        <x:v>10/5/2022</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>29042</x:v>
+        <x:v>30084</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>25977</x:v>
+        <x:v>23724</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90049790</x:v>
+        <x:v>90075204</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>DAN'S CERTIFIED WELDING INC</x:v>
+        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>9830 EVEREST ST</x:v>
+        <x:v>5486 FAIRCHILD RD</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>DOWNEY</x:v>
+        <x:v>CRESTVIEW</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>90242</x:v>
+        <x:v>32539-8155</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>562-803-1554</x:v>
+        <x:v>8503314193</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>4/22/2021</x:v>
+        <x:v>7/1/2019</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>29832</x:v>
+        <x:v>29042</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>17095</x:v>
+        <x:v>25977</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90068644</x:v>
+        <x:v>90049790</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>DEVAL LIFECYCLE SUPPORT LLC                       </x:v>
+        <x:v>DAN'S CERTIFIED WELDING INC</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>7341 TULIP STREET                   </x:v>
+        <x:v>9830 EVEREST ST</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>DOWNEY</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>PA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>19136                               </x:v>
+        <x:v>90242</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>2153321200</x:v>
+        <x:v>562-803-1554</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>4/17/2018</x:v>
+        <x:v>4/22/2021</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>Limited to manual welds, GTAW for Deval built ground support hardware only
-</x:v>
+        <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>27407</x:v>
+        <x:v>29832</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>26082</x:v>
+        <x:v>17095</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90071191</x:v>
+        <x:v>90068644</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>DYNAMIC FABRICATION, INC.                         </x:v>
+        <x:v>DEVAL LIFECYCLE SUPPORT LLC                       </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>890 MARINER STREET                  </x:v>
+        <x:v>7341 TULIP STREET                   </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>BREA                                </x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>92821                               </x:v>
+        <x:v>19136                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>7146622440</x:v>
+        <x:v>2153321200</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>714-662-1052</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>6/1/2022</x:v>
+        <x:v>4/17/2018</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Approved for GTAW only</x:v>
+        <x:v>Limited to manual welds, GTAW for Deval built ground support hardware only
+</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>26174</x:v>
+        <x:v>27407</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>6505</x:v>
+        <x:v>26082</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90050050</x:v>
+        <x:v>90071191</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>EATON CORPORATION</x:v>
+        <x:v>DYNAMIC FABRICATION, INC.                         </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>11642 OLD BALTIMORE PIKE</x:v>
+        <x:v>890 MARINER STREET                  </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>BELTSVILLE</x:v>
+        <x:v>BREA                                </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>MD</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>20705</x:v>
+        <x:v>92821                               </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>301-937-4010</x:v>
+        <x:v>7146622440</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>714-662-1052</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>6/1/2022</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v/>
+        <x:v>Approved for GTAW only</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>26059</x:v>
+        <x:v>26174</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>26055</x:v>
+        <x:v>6505</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90123712</x:v>
+        <x:v>90050050</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>ETI Tech LLC                                      </x:v>
+        <x:v>EATON CORPORATION</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>3387 Woodman Dr                     </x:v>
+        <x:v>11642 OLD BALTIMORE PIKE</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>DAYTON                              </x:v>
+        <x:v>BELTSVILLE</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>OH </x:v>
+        <x:v>MD</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>45429                               </x:v>
+        <x:v>20705</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>937-750-7356</x:v>
+        <x:v>301-937-4010</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>2/9/2022</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Limited to GSE Hardware only. Class B or lower, Alloy Groups I, II  IV only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>30293</x:v>
+        <x:v>26059</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>24867</x:v>
+        <x:v>26055</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90076599</x:v>
+        <x:v>90123712</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>EXOTIC TOOL WELDING INC                           </x:v>
+        <x:v>ETI Tech LLC                                      </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>2909 SEAWAY BLVD                    </x:v>
+        <x:v>3387 Woodman Dr                     </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>EVERETT                             </x:v>
+        <x:v>DAYTON                              </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>WA </x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>98203                               </x:v>
+        <x:v>45429                               </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>425-353-3040</x:v>
+        <x:v>937-750-7356</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>4/9/2020</x:v>
+        <x:v>2/9/2022</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>GTAW Only</x:v>
+        <x:v>Limited to GSE Hardware only. Class B or lower, Alloy Groups I, II  IV only</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>20267</x:v>
+        <x:v>30293</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>26377</x:v>
+        <x:v>24867</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90202063</x:v>
+        <x:v>90076599</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>FLYTE WELD INC</x:v>
+        <x:v>EXOTIC TOOL WELDING INC                           </x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>6833 Tujunga Avenue</x:v>
+        <x:v>2909 SEAWAY BLVD                    </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>NORTH HOLLYWOOD</x:v>
+        <x:v>EVERETT                             </x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>CA</x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>91605</x:v>
+        <x:v>98203                               </x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>8187696629</x:v>
+        <x:v>425-353-3040</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>4/29/2024</x:v>
+        <x:v>4/9/2020</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v/>
+        <x:v>GTAW Only</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>29580</x:v>
+        <x:v>20267</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>280</x:v>
+        <x:v>26377</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90050438</x:v>
+        <x:v>90202063</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Galaxy Brazing Co., Inc.</x:v>
+        <x:v>FLYTE WELD INC</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>10015 Freeman Avenue</x:v>
+        <x:v>6833 Tujunga Avenue</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Santa Fe Springs</x:v>
+        <x:v>NORTH HOLLYWOOD</x:v>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>90670</x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>(562) 946-9039</x:v>
+        <x:v>8187696629</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>(562) 946-5511</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>9/10/2004</x:v>
+        <x:v>4/29/2024</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V23" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W23" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X23" t="n">
+        <x:v>29580</x:v>
+      </x:c>
+      <x:c r="Y23" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z23" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA23" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB23" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC23" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD23" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE23" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF23" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG23" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="B24" t="str">
+        <x:v>90050438</x:v>
+      </x:c>
+      <x:c r="C24" t="str">
+        <x:v>Galaxy Brazing Co., Inc.</x:v>
+      </x:c>
+      <x:c r="D24" t="str">
+        <x:v>10015 Freeman Avenue</x:v>
+      </x:c>
+      <x:c r="E24" t="str">
+        <x:v>Santa Fe Springs</x:v>
+      </x:c>
+      <x:c r="F24" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G24" t="str">
+        <x:v>90670</x:v>
+      </x:c>
+      <x:c r="H24" t="str">
+        <x:v>(562) 946-9039</x:v>
+      </x:c>
+      <x:c r="I24" t="str">
+        <x:v>(562) 946-5511</x:v>
+      </x:c>
+      <x:c r="J24" t="str">
+        <x:v>9/10/2004</x:v>
+      </x:c>
+      <x:c r="K24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O24" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="P24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q24" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="R24" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U24" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="V24" t="str">
         <x:v>Limited to GTAW
 only. Procedure,
 GBI-ITPS-100, is
 approved for
 visual weld
 inspector
 certification.</x:v>
       </x:c>
-      <x:c r="W23" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W24" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>495</x:v>
+        <x:v>29885</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>2880</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90050864</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>HYDRAULICS INTERNATIONAL INC                      </x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>9201 INDEPENDENCE AVE               </x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>91311-5905                          </x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>818-718-2459</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V25" t="str">
+        <x:v>GTAW only</x:v>
+      </x:c>
+      <x:c r="W25" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X25" t="n">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="Y25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA25" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB25" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC25" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD25" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG25" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="n">
+        <x:v>2880</x:v>
+      </x:c>
+      <x:c r="B26" t="str">
+        <x:v>90050864</x:v>
+      </x:c>
+      <x:c r="C26" t="str">
+        <x:v>HYDRAULICS INTERNATIONAL INC                      </x:v>
+      </x:c>
+      <x:c r="D26" t="str">
+        <x:v>9201 INDEPENDENCE AVE               </x:v>
+      </x:c>
+      <x:c r="E26" t="str">
+        <x:v>CHATSWORTH                          </x:v>
+      </x:c>
+      <x:c r="F26" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G26" t="str">
+        <x:v>91311-5905                          </x:v>
+      </x:c>
+      <x:c r="H26" t="str">
+        <x:v>000-000-0000</x:v>
+      </x:c>
+      <x:c r="I26" t="str">
+        <x:v>818-718-2459</x:v>
+      </x:c>
+      <x:c r="J26" t="str">
+        <x:v>5/28/2015</x:v>
+      </x:c>
+      <x:c r="K26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O26" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="P26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q26" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="R26" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U26" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="V26" t="str">
         <x:v>Limited to manual welds, GTAW and GMAW for ground support equipment only
 Not approved for Titanium alloys.  
 Procedure, QCI-008, is approved for visual weld inspector certification
 </x:v>
       </x:c>
-      <x:c r="W25" t="n">
-[...96 lines deleted...]
-      </x:c>
       <x:c r="W26" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>9258</x:v>
+        <x:v>10320</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>26034</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90124556</x:v>
+        <x:v>90052785</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Lynn Welding</x:v>
+        <x:v>LAKES REGION TUBULAR PRODUCTS INC</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>39 Progress Circle</x:v>
+        <x:v>51 GROWTTH RD</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Newington</x:v>
+        <x:v>LACONIA</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>CT</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>06111</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>860-667-4400</x:v>
+        <x:v>6035282838</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v/>
+        <x:v>603-528-5557</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>9/30/2021</x:v>
+        <x:v>9/16/2009</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to GTAW  GMAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>25993</x:v>
+        <x:v>9258</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>23782</x:v>
+        <x:v>26034</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90069148</x:v>
+        <x:v>90124556</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Lynn Welding Co Inc</x:v>
+        <x:v>Lynn Welding</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>75 Rockwell Rd</x:v>
+        <x:v>39 Progress Circle</x:v>
       </x:c>
       <x:c r="E28" t="str">
         <x:v>Newington</x:v>
       </x:c>
       <x:c r="F28" t="str">
         <x:v>CT</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>06111-5564</x:v>
+        <x:v>06111</x:v>
       </x:c>
       <x:c r="H28" t="str">
         <x:v>860-667-4400</x:v>
       </x:c>
       <x:c r="I28" t="str">
         <x:v/>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>7/3/2019</x:v>
+        <x:v>9/30/2021</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v/>
+        <x:v>Limited to GTAW  GMAW only</x:v>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>23395</x:v>
+        <x:v>25993</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>26109</x:v>
+        <x:v>23782</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90073210</x:v>
+        <x:v>90069148</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>MAVERICK AEROSPACE LLC                            </x:v>
+        <x:v>Lynn Welding Co Inc</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>3718 CAPITOL AVE                    </x:v>
+        <x:v>75 Rockwell Rd</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>CITY OF INDUSTRY                    </x:v>
+        <x:v>Newington</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>90601-1731                          </x:v>
+        <x:v>06111-5564</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>714-578-1700</x:v>
+        <x:v>860-667-4400</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>714-578-0770</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>10/26/2022</x:v>
+        <x:v>7/3/2019</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V29" t="str">
         <x:v/>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>28581</x:v>
+        <x:v>23395</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>3616</x:v>
+        <x:v>26109</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90051610</x:v>
+        <x:v>90073210</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC                          </x:v>
+        <x:v>MAVERICK AEROSPACE LLC                            </x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>2922 WHEELING AVE                   </x:v>
+        <x:v>3718 CAPITOL AVE                    </x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>CITY OF INDUSTRY                    </x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>64129                               </x:v>
+        <x:v>90601-1731                          </x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>8169236262</x:v>
+        <x:v>714-578-1700</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>816-923-6277</x:v>
+        <x:v>714-578-0770</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>10/26/2022</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>28780</x:v>
+        <x:v>28581</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>100</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90049293</x:v>
+        <x:v>90051610</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>PAC FOUNDRIES                                     </x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>705 INDUSTRIAL AVE                  </x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>PORT HUENEME                        </x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>CA </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>93041-3505                          </x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>805-488-6451</x:v>
+        <x:v>8169236262</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>805-488-4129</x:v>
+        <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="J31" t="str">
-        <x:v>4/6/2006</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K31" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="L31" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
+        <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>30368</x:v>
+        <x:v>28780</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>4176</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F32" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>91730</x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v/>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>GTAW only</x:v>
+        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>30182</x:v>
+        <x:v>30368</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>342</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90042418</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>PCC STRUCTURALS INC                               </x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>4600 SE HARNEY DR                   </x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>PORTLAND                            </x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>OR </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>97206                               </x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>5037773881</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>503-788-5412</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>4/22/2010</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v/>
+        <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>1835</x:v>
+        <x:v>30182</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>4449</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90052325</x:v>
+        <x:v>90042418</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>PRECISION TUBE BENDING                            </x:v>
+        <x:v>PCC STRUCTURALS INC                               </x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>13626 TALC ST                       </x:v>
+        <x:v>4600 SE HARNEY DR                   </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>SANTA FE SPRINGS                    </x:v>
+        <x:v>PORTLAND                            </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>CA </x:v>
+        <x:v>OR </x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>90670-5114                          </x:v>
+        <x:v>97206                               </x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>562-407-3200 x337</x:v>
+        <x:v>5037773881</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>562-407-3202</x:v>
+        <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v>Approved for GTAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>20183</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>178</x:v>
+        <x:v>4449</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90052325</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>PRECISION TUBE BENDING                            </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>13626 TALC ST                       </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F35" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>90670-5114                          </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>562-407-3200 x337</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v/>
+        <x:v>562-407-3202</x:v>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>GTAW Only</x:v>
+        <x:v>Approved for GTAW only</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>12579</x:v>
+        <x:v>20183</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>337</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90024594</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>RAH INDUSTRIES INC                                </x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>VALENCIA                            </x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>91355                               </x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>6612955190</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>7/13/2004</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>Limited to non-flight ground support hardware only</x:v>
+        <x:v>GTAW Only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>395</x:v>
+        <x:v>12579</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>1459</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90052945</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>SOLIDIFORM INC                                    </x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>3928 LAWNWOOD ST                    </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>FORT WORTH                          </x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>TX </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>76111-6539                          </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>817-831-2626</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>817-831-8258</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Welder Qualificaiton Only</x:v>
+        <x:v>Limited to non-flight ground support hardware only</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>17040</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>736</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90052945</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Spirit AeroSystems Inc</x:v>
+        <x:v>SOLIDIFORM INC                                    </x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>3801 S Oliver St                  </x:v>
+        <x:v>3928 LAWNWOOD ST                    </x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>FORT WORTH                          </x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>KS </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>67210                               </x:v>
+        <x:v>76111-6539                          </x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v> 316-523-1426</x:v>
+        <x:v>817-831-2626</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>817-831-8258</x:v>
       </x:c>
       <x:c r="J38" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Limited to GTAW process; Material Groups VI</x:v>
+        <x:v>Welder Qualificaiton Only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>14915</x:v>
+        <x:v>17040</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>