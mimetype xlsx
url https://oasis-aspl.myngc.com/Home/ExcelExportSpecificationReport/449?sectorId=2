--- v1 (2025-12-15)
+++ v2 (2026-03-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac4252b35614c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f8a76f026b4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R062c6e83ff644bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2b9f57021580430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R062c6e83ff644bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b9f57021580430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -407,3864 +407,3668 @@
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>736</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90053043</x:v>
+        <x:v>90024671</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>AIRBUS AEROSYSTEMS KINSTON INC</x:v>
+        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>3801 S OLIVER ST</x:v>
+        <x:v>3939 DOW RD</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>WICHITA</x:v>
+        <x:v>MELBOURNE</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>KS</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>67210</x:v>
+        <x:v>32934</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>13165235351</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>316-526-1102</x:v>
+        <x:v>3217579020</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V5" t="str">
-        <x:v>Limited to GTAW process; Material Groups VI</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>14915</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>219</x:v>
+        <x:v>10054</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90024671</x:v>
+        <x:v>90065217</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>AIRCRAFT TUBULAR COMPONENTS INC</x:v>
+        <x:v>AMK Welding, A Meyer Tool Company</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>3939 DOW RD</x:v>
+        <x:v>283 Sullivan Avenue</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>MELBOURNE</x:v>
+        <x:v>South Windsor</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>FL</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>32934</x:v>
+        <x:v>06074</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>3217579020</x:v>
+        <x:v>860-289-5634</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>3217579020</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/9/2015</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v/>
+        <x:v>Limited to GTAW only</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>217</x:v>
+        <x:v>6062</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>10054</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90065217</x:v>
+        <x:v>90024474</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>AMK Welding, A Meyer Tool Company</x:v>
+        <x:v>Arrowhead Products Corporation</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>283 Sullivan Avenue</x:v>
+        <x:v>4411 Katella Ave</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>South Windsor</x:v>
+        <x:v>Los Alamitos</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>06074</x:v>
+        <x:v>90720</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>860-289-5634</x:v>
+        <x:v>(714) 822-2514</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>(714) 220-6482</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>11/9/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Limited to GTAW only</x:v>
+        <x:v>GTAW Only. P/N 2CTH36032-0003 approved for AWS D17.1 per RCI BR405841
+</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>6062</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>75</x:v>
+        <x:v>23808</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90024474</x:v>
+        <x:v>90075678</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Arrowhead Products Corporation</x:v>
+        <x:v>ATLAS AEROSPACE LLC                               </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>4411 Katella Ave</x:v>
+        <x:v>5725 N Broadway                     </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Los Alamitos</x:v>
+        <x:v>PARK CITY                           </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90720</x:v>
+        <x:v>67219                               </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(714) 822-2514</x:v>
+        <x:v>3164406489</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(714) 220-6482</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/29/2019</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>GTAW Only. P/N 2CTH36032-0003 approved for AWS D17.1 per RCI BR405841
-</x:v>
+        <x:v>GTAW</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>396</x:v>
+        <x:v>18123</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>23808</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90075678</x:v>
+        <x:v>90024605</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>ATLAS AEROSPACE LLC                               </x:v>
+        <x:v>Banner Metalcraft Inc</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>5725 N Broadway                     </x:v>
+        <x:v>300 TRADE ZONE DR</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>PARK CITY                           </x:v>
+        <x:v>RONKONKOMA</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>KS </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>67219                               </x:v>
+        <x:v>11779-7345</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>3164406489</x:v>
+        <x:v>631-563-7303</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>10/29/2019</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>GTAW</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>18123</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>186</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90024605</x:v>
+        <x:v>90049034</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Banner Metalcraft Inc</x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>300 TRADE ZONE DR</x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>RONKONKOMA</x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>NY</x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>11779-7345</x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>631-563-7303</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L10" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v/>
+        <x:v>Limited to GTAW for Groups III  VI. Visual weld inspectors qualified to AWS B5.2</x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>1231</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>165</x:v>
+        <x:v>36369</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90049034</x:v>
+        <x:v>90207809</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BAY TECH INDUSTRIES INC</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>13275 Byrd Dr</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>ODESSA</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>UT </x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>33556</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>813-854-1774</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>801-917-2033</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/12/2024</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Limited to GTAW for Groups III  VI. Visual weld inspectors qualified to AWS B5.2</x:v>
+        <x:v>For use in conjunction with PS22250 only</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>923</x:v>
+        <x:v>30229</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>36369</x:v>
+        <x:v>23793</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90207809</x:v>
+        <x:v>90074350</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>BAY TECH INDUSTRIES INC</x:v>
+        <x:v>Clackamas Tool Welding a Division of LE Tubing, LLC</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>13275 Byrd Dr</x:v>
+        <x:v>12316 SE CAPPS RD</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>ODESSA</x:v>
+        <x:v>Clackamas</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>FL</x:v>
+        <x:v>OR</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>33556</x:v>
+        <x:v>97015</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>813-854-1774</x:v>
+        <x:v>425-510-1599</x:v>
       </x:c>
       <x:c r="I12" t="str">
         <x:v/>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>12/12/2024</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>For use in conjunction with PS22250 only</x:v>
+        <x:v>Limits: Limited to GTAW process only.</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>30229</x:v>
+        <x:v>17072</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>23793</x:v>
+        <x:v>20198</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90074350</x:v>
+        <x:v>90049518</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>Clackamas Tool Welding a Division of LE Tubing, LLC</x:v>
+        <x:v>CLARKS PRECISION MACHINE  TOOL INC               </x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>12316 SE CAPPS RD</x:v>
+        <x:v>636 PROFIT ST                       </x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>Clackamas</x:v>
+        <x:v>AZLE                                </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>OR</x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>97015</x:v>
+        <x:v>76020                               </x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>425-510-1599</x:v>
+        <x:v>8174442533</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v/>
+        <x:v>817-444-1577</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>12/6/2018</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V13" t="str">
-        <x:v>Limits: Limited to GTAW process only.</x:v>
+        <x:v>Limited to GTAW
+Limited to GSE hardware only
+</x:v>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>17072</x:v>
+        <x:v>14886</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>20198</x:v>
+        <x:v>26104</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90049518</x:v>
+        <x:v>90062735</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>CLARKS PRECISION MACHINE  TOOL INC               </x:v>
+        <x:v>COMPUCRAFT INDUSTRIES INC                         </x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>636 PROFIT ST                       </x:v>
+        <x:v>8787 OLIVE LN                       </x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>AZLE                                </x:v>
+        <x:v>SANTEE                              </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>76020                               </x:v>
+        <x:v>92071-4137                          </x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>8174442533</x:v>
+        <x:v>619-448-0787</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>817-444-1577</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>12/6/2018</x:v>
+        <x:v>10/5/2022</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V14" t="str">
-        <x:v>Limited to GTAW
-[...1 lines deleted...]
-</x:v>
+        <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>14886</x:v>
+        <x:v>30084</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>26104</x:v>
+        <x:v>23724</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90062735</x:v>
+        <x:v>90075204</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>COMPUCRAFT INDUSTRIES INC                         </x:v>
+        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>8787 OLIVE LN                       </x:v>
+        <x:v>5486 FAIRCHILD RD</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>SANTEE                              </x:v>
+        <x:v>CRESTVIEW</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA </x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>92071-4137                          </x:v>
+        <x:v>32539-8155</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>619-448-0787</x:v>
+        <x:v>8503314193</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>10/5/2022</x:v>
+        <x:v>7/1/2019</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>30084</x:v>
+        <x:v>29042</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>23724</x:v>
+        <x:v>25977</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90075204</x:v>
+        <x:v>90049790</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>CRESTVIEW AEROSPACE LLC</x:v>
+        <x:v>DAN'S CERTIFIED WELDING INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>5486 FAIRCHILD RD</x:v>
+        <x:v>9830 EVEREST ST</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>CRESTVIEW</x:v>
+        <x:v>DOWNEY</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>32539-8155</x:v>
+        <x:v>90242</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>8503314193</x:v>
+        <x:v>562-803-1554</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>7/1/2019</x:v>
+        <x:v>4/22/2021</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>29042</x:v>
+        <x:v>29832</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>25977</x:v>
+        <x:v>17095</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90049790</x:v>
+        <x:v>90068644</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>DAN'S CERTIFIED WELDING INC</x:v>
+        <x:v>DEVAL LIFECYCLE SUPPORT LLC                       </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>9830 EVEREST ST</x:v>
+        <x:v>7341 TULIP STREET                   </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>DOWNEY</x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>CA</x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90242</x:v>
+        <x:v>19136                               </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>562-803-1554</x:v>
+        <x:v>2153321200</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>4/22/2021</x:v>
+        <x:v>4/17/2018</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V17" t="str">
-        <x:v>GTAW only</x:v>
+        <x:v>Limited to manual welds, GTAW for Deval built ground support hardware only
+</x:v>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>29832</x:v>
+        <x:v>27407</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>17095</x:v>
+        <x:v>26082</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90068644</x:v>
+        <x:v>90071191</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>DEVAL LIFECYCLE SUPPORT LLC                       </x:v>
+        <x:v>DYNAMIC FABRICATION, INC.                         </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>7341 TULIP STREET                   </x:v>
+        <x:v>890 MARINER STREET                  </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>BREA                                </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>PA </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>19136                               </x:v>
+        <x:v>92821                               </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>2153321200</x:v>
+        <x:v>7146622440</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>714-662-1052</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>4/17/2018</x:v>
+        <x:v>6/1/2022</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Limited to manual welds, GTAW for Deval built ground support hardware only
-</x:v>
+        <x:v>Approved for GTAW only</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>27407</x:v>
+        <x:v>26174</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>26082</x:v>
+        <x:v>6505</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90071191</x:v>
+        <x:v>90050050</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>DYNAMIC FABRICATION, INC.                         </x:v>
+        <x:v>EATON CORPORATION</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>890 MARINER STREET                  </x:v>
+        <x:v>11642 OLD BALTIMORE PIKE</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>BREA                                </x:v>
+        <x:v>BELTSVILLE</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CA </x:v>
+        <x:v>MD</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>92821                               </x:v>
+        <x:v>20705</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>7146622440</x:v>
+        <x:v>301-937-4010</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>714-662-1052</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>6/1/2022</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Approved for GTAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>26174</x:v>
+        <x:v>26059</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>6505</x:v>
+        <x:v>26055</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90050050</x:v>
+        <x:v>90123712</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>EATON CORPORATION</x:v>
+        <x:v>ETI Tech LLC                                      </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>11642 OLD BALTIMORE PIKE</x:v>
+        <x:v>3387 Woodman Dr                     </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>BELTSVILLE</x:v>
+        <x:v>DAYTON                              </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>MD</x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>20705</x:v>
+        <x:v>45429                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>301-937-4010</x:v>
+        <x:v>937-750-7356</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>2/9/2022</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v/>
+        <x:v>Limited to GSE Hardware only. Class B or lower, Alloy Groups I, II  IV only</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>26059</x:v>
+        <x:v>30293</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>26055</x:v>
+        <x:v>24867</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90123712</x:v>
+        <x:v>90076599</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>ETI Tech LLC                                      </x:v>
+        <x:v>EXOTIC TOOL WELDING INC                           </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>3387 Woodman Dr                     </x:v>
+        <x:v>2909 SEAWAY BLVD                    </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>DAYTON                              </x:v>
+        <x:v>EVERETT                             </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>OH </x:v>
+        <x:v>WA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>45429                               </x:v>
+        <x:v>98203                               </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>937-750-7356</x:v>
+        <x:v>425-353-3040</x:v>
       </x:c>
       <x:c r="I21" t="str">
         <x:v/>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>2/9/2022</x:v>
+        <x:v>4/9/2020</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Limited to GSE Hardware only. Class B or lower, Alloy Groups I, II  IV only</x:v>
+        <x:v>GTAW Only</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>30293</x:v>
+        <x:v>20267</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>24867</x:v>
+        <x:v>26377</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90076599</x:v>
+        <x:v>90202063</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>EXOTIC TOOL WELDING INC                           </x:v>
+        <x:v>FLYTE WELD INC</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>2909 SEAWAY BLVD                    </x:v>
+        <x:v>6833 Tujunga Avenue</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>EVERETT                             </x:v>
+        <x:v>NORTH HOLLYWOOD</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>WA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>98203                               </x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>425-353-3040</x:v>
+        <x:v>8187696629</x:v>
       </x:c>
       <x:c r="I22" t="str">
         <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>4/9/2020</x:v>
+        <x:v>4/29/2024</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v/>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v>GTAW Only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>20267</x:v>
+        <x:v>29580</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>26377</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90202063</x:v>
+        <x:v>90050438</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>FLYTE WELD INC</x:v>
+        <x:v>Galaxy Brazing Co., Inc.</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>6833 Tujunga Avenue</x:v>
+        <x:v>10015 Freeman Avenue</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>NORTH HOLLYWOOD</x:v>
+        <x:v>Santa Fe Springs</x:v>
       </x:c>
       <x:c r="F23" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>91605</x:v>
+        <x:v>90670</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>8187696629</x:v>
+        <x:v>(562) 946-9039</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>(562) 946-5511</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>4/29/2024</x:v>
+        <x:v>9/10/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v/>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V23" t="str">
-        <x:v/>
-[...96 lines deleted...]
-      <x:c r="V24" t="str">
         <x:v>Limited to GTAW
 only. Procedure,
 GBI-ITPS-100, is
 approved for
 visual weld
 inspector
 certification.</x:v>
       </x:c>
+      <x:c r="W23" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X23" t="n">
+        <x:v>29885</x:v>
+      </x:c>
+      <x:c r="Y23" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z23" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA23" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB23" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC23" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD23" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE23" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF23" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG23" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24">
+      <x:c r="A24" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B24" t="str">
+        <x:v>90055235</x:v>
+      </x:c>
+      <x:c r="C24" t="str">
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+      </x:c>
+      <x:c r="D24" t="str">
+        <x:v>1539 S SAINT PAUL ST                </x:v>
+      </x:c>
+      <x:c r="E24" t="str">
+        <x:v>WICHITA                             </x:v>
+      </x:c>
+      <x:c r="F24" t="str">
+        <x:v>KS </x:v>
+      </x:c>
+      <x:c r="G24" t="str">
+        <x:v>67213                               </x:v>
+      </x:c>
+      <x:c r="H24" t="str">
+        <x:v>3169431266</x:v>
+      </x:c>
+      <x:c r="I24" t="str">
+        <x:v>316-943-7576</x:v>
+      </x:c>
+      <x:c r="J24" t="str">
+        <x:v>1/1/2004</x:v>
+      </x:c>
+      <x:c r="K24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O24" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="P24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q24" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="R24" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T24" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U24" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="V24" t="str">
+        <x:v>GTAW only</x:v>
+      </x:c>
       <x:c r="W24" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29885</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>85</x:v>
+        <x:v>2880</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90050864</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>HYDRAULICS INTERNATIONAL INC                      </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>9201 INDEPENDENCE AVE               </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>91311-5905                          </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>818-718-2459</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V25" t="str">
-        <x:v>GTAW only</x:v>
-[...96 lines deleted...]
-      <x:c r="V26" t="str">
         <x:v>Limited to manual welds, GTAW and GMAW for ground support equipment only
 Not approved for Titanium alloys.  
 Procedure, QCI-008, is approved for visual weld inspector certification
 </x:v>
       </x:c>
+      <x:c r="W25" t="n">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="X25" t="n">
+        <x:v>10320</x:v>
+      </x:c>
+      <x:c r="Y25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z25" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA25" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB25" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC25" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD25" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF25" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG25" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="n">
+        <x:v>26034</x:v>
+      </x:c>
+      <x:c r="B26" t="str">
+        <x:v>90124556</x:v>
+      </x:c>
+      <x:c r="C26" t="str">
+        <x:v>Lynn Welding</x:v>
+      </x:c>
+      <x:c r="D26" t="str">
+        <x:v>39 Progress Circle</x:v>
+      </x:c>
+      <x:c r="E26" t="str">
+        <x:v>Newington</x:v>
+      </x:c>
+      <x:c r="F26" t="str">
+        <x:v>CT</x:v>
+      </x:c>
+      <x:c r="G26" t="str">
+        <x:v>06111</x:v>
+      </x:c>
+      <x:c r="H26" t="str">
+        <x:v>860-667-4400</x:v>
+      </x:c>
+      <x:c r="I26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J26" t="str">
+        <x:v>9/30/2021</x:v>
+      </x:c>
+      <x:c r="K26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O26" t="str">
+        <x:v>AWS D17.1</x:v>
+      </x:c>
+      <x:c r="P26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q26" t="str">
+        <x:v>Fusion Welding for Aerospace Applications</x:v>
+      </x:c>
+      <x:c r="R26" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="T26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U26" t="str">
+        <x:v>Welding</x:v>
+      </x:c>
+      <x:c r="V26" t="str">
+        <x:v>Limited to GTAW  GMAW only</x:v>
+      </x:c>
       <x:c r="W26" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>10320</x:v>
+        <x:v>25993</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>322</x:v>
+        <x:v>23782</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90052785</x:v>
+        <x:v>90069148</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>LAKES REGION TUBULAR PRODUCTS INC</x:v>
+        <x:v>Lynn Welding Co Inc</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>51 GROWTTH RD</x:v>
+        <x:v>75 Rockwell Rd</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>LACONIA</x:v>
+        <x:v>Newington</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>NH</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>03246</x:v>
+        <x:v>06111-5564</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>6035282838</x:v>
+        <x:v>860-667-4400</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>603-528-5557</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>9/16/2009</x:v>
+        <x:v>7/3/2019</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v/>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V27" t="str">
         <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>9258</x:v>
+        <x:v>23395</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>26034</x:v>
+        <x:v>26109</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90124556</x:v>
+        <x:v>90073210</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Lynn Welding</x:v>
+        <x:v>MAVERICK AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>39 Progress Circle</x:v>
+        <x:v>3718 CAPITOL AVENUE</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Newington</x:v>
+        <x:v>CITY OF INDUSTRY</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>06111</x:v>
+        <x:v>90601-1731</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>860-667-4400</x:v>
+        <x:v>714-578-1700</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v/>
+        <x:v>714-578-0770</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>9/30/2021</x:v>
+        <x:v>10/26/2022</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v/>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Limited to GTAW  GMAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>25993</x:v>
+        <x:v>28581</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>23782</x:v>
+        <x:v>3616</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90069148</x:v>
+        <x:v>90051610</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Lynn Welding Co Inc</x:v>
+        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>75 Rockwell Rd</x:v>
+        <x:v>2922 WHEELING AVE</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>Newington</x:v>
+        <x:v>KANSAS CITY</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>CT</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>06111-5564</x:v>
+        <x:v>64129</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>860-667-4400</x:v>
+        <x:v>8169236262</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v/>
+        <x:v>816-923-6277</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>7/3/2019</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K29" t="str">
-        <x:v/>
+        <x:v>2X572</x:v>
       </x:c>
       <x:c r="L29" t="str">
-        <x:v/>
+        <x:v>007168685</x:v>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v/>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v/>
+        <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>23395</x:v>
+        <x:v>28780</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>26109</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90073210</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>MAVERICK AEROSPACE LLC                            </x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>3718 CAPITOL AVE                    </x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>CITY OF INDUSTRY                    </x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>90601-1731                          </x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>714-578-1700</x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v>714-578-0770</x:v>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>10/26/2022</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K30" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="L30" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v/>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V30" t="str">
-        <x:v/>
+        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>28581</x:v>
+        <x:v>30368</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>3616</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90051610</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>MAY TECHNOLOGY  MFG INC</x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>2922 WHEELING AVE</x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>KANSAS CITY</x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>64129</x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>8169236262</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>816-923-6277</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J31" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K31" t="str">
-        <x:v>2X572</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L31" t="str">
-        <x:v>007168685</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v/>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V31" t="str">
-        <x:v>Ground support hardware only. Class C or lower, Alloy Groups II and IV</x:v>
+        <x:v>GTAW only</x:v>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>28780</x:v>
+        <x:v>30182</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>100</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90049293</x:v>
+        <x:v>90042418</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>PAC FOUNDRIES</x:v>
+        <x:v>PCC STRUCTURALS INC                               </x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>705 INDUSTRIAL WAY</x:v>
+        <x:v>4600 SE HARNEY DR                   </x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>PORT HUENEME</x:v>
+        <x:v>PORTLAND                            </x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v>CA</x:v>
+        <x:v>OR </x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>93041-3505</x:v>
+        <x:v>97206                               </x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>8054886451</x:v>
+        <x:v>5037773881</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>805-488-4129</x:v>
+        <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>4/6/2006</x:v>
+        <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v/>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Limited to GTAW. Procedure, PWI 1002, Appendix F, is approved for visual weld inspector certification.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>30368</x:v>
+        <x:v>1835</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>4176</x:v>
+        <x:v>4449</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90052325</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>PRECISION TUBE BENDING                            </x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>13626 TALC ST                       </x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>91730</x:v>
+        <x:v>90670-5114                          </x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>562-407-3200 x337</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v/>
+        <x:v>562-407-3202</x:v>
       </x:c>
       <x:c r="J33" t="str">
         <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v/>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v>GTAW only</x:v>
+        <x:v>Approved for GTAW only</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>30182</x:v>
+        <x:v>20183</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB33" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC33" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD33" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>342</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90042418</x:v>
+        <x:v>90024594</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>PCC STRUCTURALS INC                               </x:v>
+        <x:v>RAH INDUSTRIES INC                                </x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>4600 SE HARNEY DR                   </x:v>
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>PORTLAND                            </x:v>
+        <x:v>VALENCIA                            </x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>OR </x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>97206                               </x:v>
+        <x:v>91355                               </x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>5037773881</x:v>
+        <x:v>6612955190</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v>503-788-5412</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J34" t="str">
-        <x:v>4/22/2010</x:v>
+        <x:v>7/13/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v/>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V34" t="str">
-        <x:v/>
+        <x:v>GTAW Only</x:v>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>1835</x:v>
+        <x:v>12579</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>4449</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90052325</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>PRECISION TUBE BENDING                            </x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>13626 TALC ST                       </x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>SANTA FE SPRINGS                    </x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>CA </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>90670-5114                          </x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>562-407-3200 x337</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>562-407-3202</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v/>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>Approved for GTAW only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>20183</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>178</x:v>
+        <x:v>1459</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90052945</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>SOLIDIFORM INC                                    </x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>3928 LAWNWOOD ST                    </x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>FORT WORTH                          </x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>76111-6539                          </x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>817-831-2626</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v/>
+        <x:v>817-831-8258</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v/>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V36" t="str">
-        <x:v>GTAW Only</x:v>
+        <x:v>Welder Qualificaiton Only</x:v>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>12579</x:v>
+        <x:v>17040</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>337</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90053043</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>SPIRIT AEROSYSTEMS INC</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>3801 S OLIVER ST</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>WICHITA</x:v>
       </x:c>
       <x:c r="F37" t="str">
-        <x:v>MO </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>67210</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>13165235351</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>316-526-1102</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v/>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Limited to non-flight ground support hardware only</x:v>
+        <x:v>Limited to GTAW process; Material Groups VI</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>395</x:v>
+        <x:v>14915</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>1459</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90052945</x:v>
+        <x:v>90053087</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>SOLIDIFORM INC                                    </x:v>
+        <x:v>Steico Industries Inc</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>3928 LAWNWOOD ST                    </x:v>
+        <x:v>1814 Ord Way</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>FORT WORTH                          </x:v>
+        <x:v>Oceanside</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>76111-6539                          </x:v>
+        <x:v>92056-1502</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>817-831-2626</x:v>
+        <x:v>(760) 438-8015 </x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>817-831-8258</x:v>
+        <x:v>(760) 438-8015</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v/>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>Welder Qualificaiton Only</x:v>
+        <x:v>Limits: GTAW only</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>17040</x:v>
+        <x:v>1641</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>257</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90053087</x:v>
+        <x:v>90057898</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Steico Industries Inc</x:v>
+        <x:v>ULTRA TECH AEROSPACE INC                          </x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>1814 Ord Way</x:v>
+        <x:v>3000 POWER DR                       </x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>Oceanside</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>92056-1502</x:v>
+        <x:v>66106                               </x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>(760) 438-8015 </x:v>
+        <x:v>913-671-2963 </x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>(760) 438-8015</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v/>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Limits: GTAW only</x:v>
+        <x:v>Limited to non-flight ground support hardware only
+</x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>1641</x:v>
+        <x:v>10429</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>28995</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90123331</x:v>
+        <x:v>90053659</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>SUNBELT DESIGN  DEVELOPMENT INC                  </x:v>
+        <x:v>VALLEY METALS LLC</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>730 PEREZ ST                        </x:v>
+        <x:v>13125 GREGG ST</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>SAN ANTONIO                         </x:v>
+        <x:v>POWAY</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>78207                               </x:v>
+        <x:v>92064-7122</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>210-227-9162</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v/>
+        <x:v>858-513-6600</x:v>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>8/21/2024</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v/>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Ground support equipment Class C welds only. Not authorized for flight hardware</x:v>
+        <x:v>Limits: GTAW /
+Tubing Seam Welds only
+</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>30049</x:v>
+        <x:v>23448</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB40" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC40" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>766</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90057898</x:v>
+        <x:v>90046204</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>ULTRA TECH AEROSPACE INC                          </x:v>
+        <x:v>WELDING METALLURGY INC</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>3000 POWER DR                       </x:v>
+        <x:v>91 HEARTLAND BOULEVARD</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>KS </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>66106                               </x:v>
+        <x:v>11717-8330</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>913-671-2963 </x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v/>
+        <x:v>631-231-4970</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v/>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>AWS D17.1</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Fusion Welding for Aerospace Applications</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Welding</x:v>
       </x:c>
       <x:c r="V41" t="str">
-        <x:v>Limited to non-flight ground support hardware only
-</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>449</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>10429</x:v>
+        <x:v>1266</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
-        <x:v>AS</x:v>
-[...196 lines deleted...]
-      <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>