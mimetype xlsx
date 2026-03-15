--- v2 (2026-03-15)
+++ v3 (2026-03-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f8a76f026b4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126dd784294d45e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2b9f57021580430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R2bc04cf9c69e45cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2b9f57021580430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bc04cf9c69e45cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">