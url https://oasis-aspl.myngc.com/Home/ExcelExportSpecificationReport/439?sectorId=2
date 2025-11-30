--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64c23e79c7842fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4154ed8e2c44e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re54c0cf6ddad48fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb795d97b0c7040f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re54c0cf6ddad48fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb795d97b0c7040f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,222 +505,320 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>148</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Kent</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>98032</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>28907</x:v>
+        <x:v>25325</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>343</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>24443</x:v>
+        <x:v>28907</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF7" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG7" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8">
+      <x:c r="A8" t="n">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="B8" t="str">
+        <x:v>90048006</x:v>
+      </x:c>
+      <x:c r="C8" t="str">
+        <x:v>Quality Heat Treating</x:v>
+      </x:c>
+      <x:c r="D8" t="str">
+        <x:v>3305 Burton Ave              </x:v>
+      </x:c>
+      <x:c r="E8" t="str">
+        <x:v>Burbank</x:v>
+      </x:c>
+      <x:c r="F8" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G8" t="str">
+        <x:v>91504-3106                          </x:v>
+      </x:c>
+      <x:c r="H8" t="str">
+        <x:v>818-840-8212</x:v>
+      </x:c>
+      <x:c r="I8" t="str">
+        <x:v>818-953-5056</x:v>
+      </x:c>
+      <x:c r="J8" t="str">
+        <x:v>5/25/2010</x:v>
+      </x:c>
+      <x:c r="K8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O8" t="str">
+        <x:v>AMS 2759/4</x:v>
+      </x:c>
+      <x:c r="P8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q8" t="str">
+        <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
+      </x:c>
+      <x:c r="R8" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U8" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V8" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W8" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="X8" t="n">
+        <x:v>24443</x:v>
+      </x:c>
+      <x:c r="Y8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z8" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA8" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB8" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC8" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE7" t="n">
-[...5 lines deleted...]
-      <x:c r="AG7" t="str">
+      <x:c r="AE8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF8" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>