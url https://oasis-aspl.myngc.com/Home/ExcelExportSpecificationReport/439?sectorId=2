--- v1 (2025-11-30)
+++ v2 (2026-01-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4154ed8e2c44e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bba4668b2b44c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb795d97b0c7040f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R47cf9a8693e442de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb795d97b0c7040f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47cf9a8693e442de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,215 +113,215 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>137</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90220</x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>24897</x:v>
+        <x:v>29116</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V3" t="str">
         <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>29116</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>