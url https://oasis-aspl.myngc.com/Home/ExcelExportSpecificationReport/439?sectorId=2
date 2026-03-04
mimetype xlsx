--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49bba4668b2b44c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c2553468f24b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R47cf9a8693e442de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf1855b52e0d74ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47cf9a8693e442de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1855b52e0d74ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -241,51 +241,51 @@
       <x:c r="C3" t="str">
         <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D3" t="str">
         <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E3" t="str">
         <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F3" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G3" t="str">
         <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
@@ -437,51 +437,51 @@
       <x:c r="C5" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D5" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E5" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G5" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Heat Treatment Austenitic Corrosion-Resistant Steel Parts</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
@@ -707,63 +707,63 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2759/4</x:v>
       </x:c>