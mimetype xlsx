--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e5ad2eac4c240af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833b61e270584b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9f243f2a06fc44bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7380104ecd7947b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f243f2a06fc44bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7380104ecd7947b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1741,51 +1741,51 @@
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&gt; 220ksi</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>F-35 Ground support only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>436</x:v>
       </x:c>
       <x:c r="X18" t="n">
         <x:v>29897</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>