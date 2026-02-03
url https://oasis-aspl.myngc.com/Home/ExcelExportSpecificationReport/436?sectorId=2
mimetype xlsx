--- v1 (2025-11-30)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833b61e270584b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59bcc761e7844a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R7380104ecd7947b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R21a8ce31196d4c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7380104ecd7947b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R21a8ce31196d4c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,72 +119,72 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&gt; 220ksi</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -829,51 +829,51 @@
       <x:c r="C9" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v/>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&gt; 220ksi</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
@@ -1491,63 +1491,63 @@
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B16" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H16" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I16" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J16" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS 2759/2</x:v>
       </x:c>