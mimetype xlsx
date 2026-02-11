--- v0 (2025-10-26)
+++ v1 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049853e9cbc440fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49d0344d15fa4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4c8df02bcbba49b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1d92f5353d02417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4c8df02bcbba49b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1d92f5353d02417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,72 +119,72 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -309,313 +309,313 @@
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>137</x:v>
+        <x:v>5625</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90041109</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>2900 S SUNOL DR                     </x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>VERNON                              </x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90220</x:v>
+        <x:v>90023                             </x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>(323) 264-0111</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v>323-268-9897</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>2031</x:v>
+        <x:v>2559</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>5625</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90041109</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2900 S SUNOL DR                     </x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>VERNON                              </x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90023                             </x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>(323) 264-0111</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v>323-268-9897</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>2559</x:v>
+        <x:v>29112</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>29112</x:v>
+        <x:v>2031</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -897,1195 +897,1195 @@
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>26164</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90059086</x:v>
+        <x:v>90049444</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Certified Metal Craft Inc</x:v>
+        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>877 VERNON WAY</x:v>
+        <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>EL CAJON</x:v>
+        <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>92020</x:v>
+        <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>619-593-3636</x:v>
+        <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>6/16/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>29022</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>9</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90049444</x:v>
+        <x:v>90049647</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>CERTIFIED STEEL TREATING CORP</x:v>
+        <x:v>Continental Heat Treating</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>2454 E 58TH ST</x:v>
+        <x:v>10643 S. Norwalk Ave</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>VERNON</x:v>
+        <x:v>Santa Fe Springs</x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>90058-3558</x:v>
+        <x:v>90670</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>323-583-8711</x:v>
+        <x:v>(562) 944-8808</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>(562) 944-1499</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/25/2008</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>457</x:v>
+        <x:v>28922</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90049647</x:v>
+        <x:v>90050735</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>Continental Heat Treating</x:v>
+        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>10643 S. Norwalk Ave</x:v>
+        <x:v>101 CLASSON AVE # 105               </x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Santa Fe Springs</x:v>
+        <x:v>BROOKLYN                            </x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY </x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>90670</x:v>
+        <x:v>11205-1401                          </x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>(562) 944-8808</x:v>
+        <x:v>718-625-1266</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>(562) 944-1499</x:v>
+        <x:v>718-875-0582</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>9/25/2008</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>28922</x:v>
+        <x:v>2138</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>189</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90050735</x:v>
+        <x:v>90051696</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>HERCULES HEAT TREATING CORPORA                    </x:v>
+        <x:v>Metallurgical Processing Inc</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>101 CLASSON AVE # 105               </x:v>
+        <x:v>68 Arthur St</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>BROOKLYN                            </x:v>
+        <x:v>New Britain</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>NY </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>11205-1401                          </x:v>
+        <x:v>06053</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>718-625-1266</x:v>
+        <x:v>(860) 969-0542 X422</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>718-875-0582</x:v>
+        <x:v>(860) 225-0178</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/20/2005</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>2138</x:v>
+        <x:v>1627</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>249</x:v>
+        <x:v>24890</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90051696</x:v>
+        <x:v>90066192</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Metallurgical Processing Inc</x:v>
+        <x:v>National Thermal Processing, Inc.</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>68 Arthur St</x:v>
+        <x:v>14651 Mallory Drive</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>New Britain</x:v>
+        <x:v>Fontana</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>06053</x:v>
+        <x:v>92335</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>(860) 969-0542 X422</x:v>
+        <x:v>909-427-1300</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>(860) 225-0178</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>12/20/2005</x:v>
+        <x:v>5/12/2020</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>1627</x:v>
+        <x:v>25960</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>24890</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90066192</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>National Thermal Processing, Inc.</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>14651 Mallory Drive</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Fontana</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>CA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>92335</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>909-427-1300</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I15" t="str">
         <x:v/>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>5/12/2020</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>25960</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>87</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>NH</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>03246</x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v/>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>507</x:v>
+        <x:v>28904</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>148</x:v>
+        <x:v>12075</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90065980</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>4827 CHELSEA AVE                    </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Kent</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>WA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>98032</x:v>
+        <x:v>64130-2821                          </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>816-595-5424</x:v>
       </x:c>
       <x:c r="I17" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>4/25/2016</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V17" t="str">
         <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>28904</x:v>
+        <x:v>29367</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>12075</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90065980</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>4827 CHELSEA AVE                    </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>64130-2821                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>816-595-5424</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>4/25/2016</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
         <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>29367</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>343</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>1047</x:v>
+        <x:v>2116</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>242</x:v>
+        <x:v>29703</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90206229</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>9516 LYNWOOD DR                     </x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>FORT WORTH                          </x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>PA</x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>19446</x:v>
+        <x:v>76134                               </x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>817-797-2287</x:v>
       </x:c>
       <x:c r="I20" t="str">
         <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/3/2024</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>2116</x:v>
+        <x:v>29895</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>29703</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90206229</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>SOUTHWEST METAL TREATING CORP                     </x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>9516 LYNWOOD DR                     </x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>FORT WORTH                          </x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>TX </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>76134                               </x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>817-797-2287</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>9/3/2024</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AMS 2759/ 1</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Heat Treatment of Carbon and Low-Alloy Steel Parts Min Ten. Str.&lt; 220ksi</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>F-35 Ground support only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>29895</x:v>
+        <x:v>30591</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>