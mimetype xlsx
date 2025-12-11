--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7a3d5cab7c7470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b65cfc7200044c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R87df75b6ea9f4db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb54deda83f78460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R87df75b6ea9f4db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb54deda83f78460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -217,78 +217,78 @@
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90051986</x:v>
       </x:c>
       <x:c r="C3" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H3" t="str">
         <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I3" t="str">
         <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J3" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K3" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L3" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>GSS 14600</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Polysulfide Rubber Coating, Appication Of</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Miscellaneous</x:v>
       </x:c>