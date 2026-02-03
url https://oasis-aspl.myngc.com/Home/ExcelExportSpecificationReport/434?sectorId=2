--- v1 (2025-12-11)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b65cfc7200044c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a8f20a333c40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb54deda83f78460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R961742211c944314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb54deda83f78460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R961742211c944314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">