--- v2 (2026-02-03)
+++ v3 (2026-03-25)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a8f20a333c40a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R256d15642c634f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R961742211c944314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R96ba72eed1f14a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R961742211c944314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96ba72eed1f14a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">