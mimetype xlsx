--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra68ae272a9bb4b8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8960e5731fa44f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3e7698329d8c4723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R72b71897e70d4e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3e7698329d8c4723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72b71897e70d4e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -603,614 +603,712 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>23794</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>67213</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v/>
+        <x:v>Vacuum Heat Treating only</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>25632</x:v>
+        <x:v>25327</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>343</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>24758</x:v>
+        <x:v>25632</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>242</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>Quality Heat Treating</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>3305 Burton Ave              </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>Burbank</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>19446</x:v>
+        <x:v>91504-3106                          </x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>30053</x:v>
+        <x:v>24758</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>211</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90127588</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>8606 LIVE OAK AVE                   </x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>FONTANA                             </x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>92335                               </x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>9092177400</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>3/22/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24834</x:v>
+        <x:v>30053</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>4</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90053386</x:v>
+        <x:v>90127588</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Thermal Vac Technology Inc</x:v>
+        <x:v>SOLAR ATMOSPHERES OF CALIFORNIA                   </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>1221 W Struck Ave</x:v>
+        <x:v>8606 LIVE OAK AVE                   </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Orange</x:v>
+        <x:v>FONTANA                             </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>92867</x:v>
+        <x:v>92335                               </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(714) 997-2601</x:v>
+        <x:v>9092177400</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>(714) 288-2470</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/22/2012</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Vacuum Heat Treating only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>24466</x:v>
+        <x:v>24834</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>26163</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90053386</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>Thermal Vac Technology Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>1221 W Struck Ave</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>Orange</x:v>
       </x:c>
       <x:c r="F12" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>(714) 997-2601</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v/>
+        <x:v>(714) 288-2470</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v>Stress relief only</x:v>
+        <x:v>Vacuum Heat Treating only</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>30161</x:v>
+        <x:v>24466</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
+        <x:v>Manufacturer</x:v>
+      </x:c>
+      <x:c r="AE12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF12" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG12" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13">
+      <x:c r="A13" t="n">
+        <x:v>26163</x:v>
+      </x:c>
+      <x:c r="B13" t="str">
+        <x:v>90173265</x:v>
+      </x:c>
+      <x:c r="C13" t="str">
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+      </x:c>
+      <x:c r="D13" t="str">
+        <x:v>601 Airport Dr</x:v>
+      </x:c>
+      <x:c r="E13" t="str">
+        <x:v>Mansfield</x:v>
+      </x:c>
+      <x:c r="F13" t="str">
+        <x:v>TX</x:v>
+      </x:c>
+      <x:c r="G13" t="str">
+        <x:v>76063-2718</x:v>
+      </x:c>
+      <x:c r="H13" t="str">
+        <x:v>817-477-2193 (X220)</x:v>
+      </x:c>
+      <x:c r="I13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J13" t="str">
+        <x:v>5/31/2023</x:v>
+      </x:c>
+      <x:c r="K13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O13" t="str">
+        <x:v>AMS-H-81200</x:v>
+      </x:c>
+      <x:c r="P13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q13" t="str">
+        <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
+      </x:c>
+      <x:c r="R13" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T13" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U13" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V13" t="str">
+        <x:v>Stress relief only</x:v>
+      </x:c>
+      <x:c r="W13" t="n">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="X13" t="n">
+        <x:v>30161</x:v>
+      </x:c>
+      <x:c r="Y13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z13" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA13" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB13" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC13" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD13" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE12" t="n">
-[...5 lines deleted...]
-      <x:c r="AG12" t="str">
+      <x:c r="AE13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF13" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>