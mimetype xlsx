--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8960e5731fa44f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07d495171da04cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R72b71897e70d4e8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3051e3f9f06743d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R72b71897e70d4e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3051e3f9f06743d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -211,411 +211,411 @@
       </x:c>
       <x:c r="AA2" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
-        <x:v>137</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B3" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90055923</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>Bodycote Thermal Processing</x:v>
       </x:c>
       <x:c r="D3" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>9921 Romandel Ave              </x:v>
       </x:c>
       <x:c r="E3" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Santa Fe Springs             </x:v>
       </x:c>
       <x:c r="F3" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G3" t="str">
-        <x:v>90220</x:v>
+        <x:v>90670-3441                          </x:v>
       </x:c>
       <x:c r="H3" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>213-946-1717</x:v>
       </x:c>
       <x:c r="I3" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J3" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2014</x:v>
       </x:c>
       <x:c r="K3" t="str">
         <x:v/>
       </x:c>
       <x:c r="L3" t="str">
         <x:v/>
       </x:c>
       <x:c r="M3" t="str">
         <x:v/>
       </x:c>
       <x:c r="N3" t="str">
         <x:v/>
       </x:c>
       <x:c r="O3" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P3" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q3" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T3" t="str">
         <x:v/>
       </x:c>
       <x:c r="U3" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V3" t="str">
-        <x:v>Limited to annealing, beta annealing, and stress relief</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X3" t="n">
-        <x:v>25004</x:v>
+        <x:v>25223</x:v>
       </x:c>
       <x:c r="Y3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z3" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>309</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90055923</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>9921 Romandel Ave              </x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Santa Fe Springs             </x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>90670-3441                          </x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>213-946-1717</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v/>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>8/7/2014</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V4" t="str">
         <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>25223</x:v>
+        <x:v>29107</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
-        <x:v>26222</x:v>
+        <x:v>5625</x:v>
       </x:c>
       <x:c r="B5" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90041109</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>2900 S SUNOL DR                     </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>VERNON                              </x:v>
       </x:c>
       <x:c r="F5" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90023                             </x:v>
       </x:c>
       <x:c r="H5" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>(323) 264-0111</x:v>
       </x:c>
       <x:c r="I5" t="str">
-        <x:v/>
+        <x:v>323-268-9897</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T5" t="str">
         <x:v/>
       </x:c>
       <x:c r="U5" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V5" t="str">
         <x:v/>
       </x:c>
       <x:c r="W5" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X5" t="n">
-        <x:v>29107</x:v>
+        <x:v>25091</x:v>
       </x:c>
       <x:c r="Y5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z5" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>5625</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90041109</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>2900 S SUNOL DR                     </x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>VERNON                              </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90023                             </x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>(323) 264-0111</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>323-268-9897</x:v>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment of Titanium and Titanium Alloys</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v/>
+        <x:v>Limited to annealing, beta annealing, and stress relief</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>25091</x:v>
+        <x:v>25004</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -805,63 +805,63 @@
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90048006</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-H-81200</x:v>
       </x:c>