--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee224b458044eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce99fc392eb4bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re4b2963350ee45d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc9255457d3644ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re4b2963350ee45d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9255457d3644ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -995,1204 +995,1106 @@
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>13962</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90067733</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>MQC LABS INC</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>11593 Edmonston Road</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Beltsville</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>MD</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>20705</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>(410) 575-7295</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v/>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>6/22/2017</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>29139</x:v>
+        <x:v>29869</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>24897</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>92337</x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>29869</x:v>
+        <x:v>30367</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>100</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90049293</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>PAC FOUNDRIES                                     </x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>705 INDUSTRIAL AVE                  </x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>PORT HUENEME                        </x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>93041-3505                          </x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>805-488-6451</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v>805-488-4129</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>4/6/2006</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K13" t="str">
         <x:v/>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>30367</x:v>
+        <x:v>30184</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>4176</x:v>
+        <x:v>13911</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90067462</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>Paragon NDT, LLC</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>2210 S. Edwards St.</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>91730</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>316-927-4285</x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v/>
+        <x:v>316-927-4299</x:v>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>4/12/2017</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>30184</x:v>
+        <x:v>25455</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>13911</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90067462</x:v>
+        <x:v>90042418</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>Paragon NDT, LLC</x:v>
+        <x:v>PCC STRUCTURALS INC                               </x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>2210 S. Edwards St.</x:v>
+        <x:v>4600 SE HARNEY DR                   </x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>PORTLAND                            </x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>KS</x:v>
+        <x:v>OR </x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>67213</x:v>
+        <x:v>97206                               </x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>316-927-4285</x:v>
+        <x:v>5037773881</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>316-927-4299</x:v>
+        <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>4/12/2017</x:v>
+        <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>25455</x:v>
+        <x:v>24836</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG15" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="n">
-        <x:v>342</x:v>
+        <x:v>25999</x:v>
       </x:c>
       <x:c r="B16" t="str">
-        <x:v>90042418</x:v>
+        <x:v>90123318</x:v>
       </x:c>
       <x:c r="C16" t="str">
-        <x:v>PCC STRUCTURALS INC                               </x:v>
+        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
       </x:c>
       <x:c r="D16" t="str">
-        <x:v>4600 SE HARNEY DR                   </x:v>
+        <x:v>300 AUSTIN BLVD                     </x:v>
       </x:c>
       <x:c r="E16" t="str">
-        <x:v>PORTLAND                            </x:v>
+        <x:v>RED OAK                             </x:v>
       </x:c>
       <x:c r="F16" t="str">
-        <x:v>OR </x:v>
+        <x:v>TX </x:v>
       </x:c>
       <x:c r="G16" t="str">
-        <x:v>97206                               </x:v>
+        <x:v>75154                               </x:v>
       </x:c>
       <x:c r="H16" t="str">
-        <x:v>5037773881</x:v>
+        <x:v>4698206500</x:v>
       </x:c>
       <x:c r="I16" t="str">
-        <x:v>503-788-5412</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J16" t="str">
-        <x:v>4/22/2010</x:v>
+        <x:v>6/22/2021</x:v>
       </x:c>
       <x:c r="K16" t="str">
         <x:v/>
       </x:c>
       <x:c r="L16" t="str">
         <x:v/>
       </x:c>
       <x:c r="M16" t="str">
         <x:v/>
       </x:c>
       <x:c r="N16" t="str">
         <x:v/>
       </x:c>
       <x:c r="O16" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P16" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q16" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R16" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T16" t="str">
         <x:v/>
       </x:c>
       <x:c r="U16" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V16" t="str">
         <x:v/>
       </x:c>
       <x:c r="W16" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X16" t="n">
-        <x:v>24836</x:v>
+        <x:v>25868</x:v>
       </x:c>
       <x:c r="Y16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z16" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>25999</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90123318</x:v>
+        <x:v>90070112</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>QARBON AEROSPACE (FOUNDATION), LLC                </x:v>
+        <x:v>Shellcast Foundries Inc</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>300 AUSTIN BLVD                     </x:v>
+        <x:v>10645 Lamoureux</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>RED OAK                             </x:v>
+        <x:v>Montreal-North, Quebec</x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v>TX </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>75154                               </x:v>
+        <x:v>H1G 5L4</x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>4698206500</x:v>
+        <x:v>514-322-3760</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>6/22/2021</x:v>
+        <x:v>2/7/2025</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V17" t="str">
         <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>25868</x:v>
+        <x:v>30068</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB17" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC17" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>39240</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90070112</x:v>
+        <x:v>90061423</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Shellcast Foundries Inc</x:v>
+        <x:v>St. Louis Testing Laboratories</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>10645 Lamoureux</x:v>
+        <x:v>2810 Clark Ave</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Montreal-North, Quebec</x:v>
+        <x:v>St. Louis</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v/>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>H1G 5L4</x:v>
+        <x:v>63103</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>514-322-3760</x:v>
+        <x:v>(314) 531-8080</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>(314) 531-8085</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>2/7/2025</x:v>
+        <x:v>12/18/2012</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v/>
+        <x:v>Film based only</x:v>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>30068</x:v>
+        <x:v>24442</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>76</x:v>
+        <x:v>31760</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90061423</x:v>
+        <x:v>90123440</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>St. Louis Testing Laboratories</x:v>
+        <x:v>Thompson Aluminum Casting Co                      </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>2810 Clark Ave</x:v>
+        <x:v>5161 Canal Road                     </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>St. Louis</x:v>
+        <x:v>CLEVELAND                           </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>MO</x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>63103</x:v>
+        <x:v>44125                               </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>(314) 531-8080</x:v>
+        <x:v>216-206-2781  x125</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>(314) 531-8085</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>12/18/2012</x:v>
+        <x:v>10/17/2024</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>Film based only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>24442</x:v>
+        <x:v>30047</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>31760</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90123440</x:v>
+        <x:v>90024663</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Thompson Aluminum Casting Co                      </x:v>
+        <x:v>Western Aerospace Inspection Inc</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>5161 Canal Road                     </x:v>
+        <x:v>1376 Walter St</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>CLEVELAND                           </x:v>
+        <x:v>Ventura</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>OH </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>44125                               </x:v>
+        <x:v>93003</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>216-206-2781  x125</x:v>
+        <x:v>(805) 644-3882</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v/>
+        <x:v>(805) 656-2027</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>10/17/2024</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v/>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>30047</x:v>
+        <x:v>24729</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>216</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90024663</x:v>
+        <x:v>90053870</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Western Aerospace Inspection Inc</x:v>
+        <x:v>WINCHESTER TESTING LAB INC                        </x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>1376 Walter St</x:v>
+        <x:v>423 PLEASANT ST                     </x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Ventura</x:v>
+        <x:v>MELROSE                             </x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>CA</x:v>
+        <x:v>MA </x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>93003</x:v>
+        <x:v>02176-4519                          </x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(805) 644-3882</x:v>
+        <x:v>781-665-9409</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(805) 656-2027</x:v>
+        <x:v>781-665-9394</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/15/2009</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v/>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v/>
-[...96 lines deleted...]
-      <x:c r="V22" t="str">
         <x:v>Film Radiography 
 only
 </x:v>
       </x:c>
-      <x:c r="W22" t="n">
+      <x:c r="W21" t="n">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="X22" t="n">
+      <x:c r="X21" t="n">
         <x:v>25303</x:v>
       </x:c>
-      <x:c r="Y22" t="str">
-[...5 lines deleted...]
-      <x:c r="AA22" t="n">
+      <x:c r="Y21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z21" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="AB22" t="str">
+      <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
-      <x:c r="AC22" t="str">
+      <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
-      <x:c r="AD22" t="str">
+      <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE22" t="n">
-[...5 lines deleted...]
-      <x:c r="AG22" t="str">
+      <x:c r="AE21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF21" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>