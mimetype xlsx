--- v1 (2025-11-30)
+++ v2 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ce99fc392eb4bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf847bd6d82a46a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc9255457d3644ab1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R172bd577c64f48a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9255457d3644ab1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R172bd577c64f48a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -571,51 +571,51 @@
       <x:c r="O6" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v>Two-year commitment letter in place to obtain NADCAP for NDT</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>29968</x:v>
+        <x:v>30540</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -701,803 +701,803 @@
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>328</x:v>
+        <x:v>13962</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051753</x:v>
+        <x:v>90067733</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>MILLER CASTINGS INC                               </x:v>
+        <x:v>MARYLAND Q C LABORATORIES INC DBA MQC LABS INC  </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2503 PACIFIC PARK DR                </x:v>
+        <x:v>11593 EDMONSTON RD                  </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>WHITTIER                            </x:v>
+        <x:v>BELTSVILLE                          </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA </x:v>
+        <x:v>MD </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90601-1610                          </x:v>
+        <x:v>20705-1737                          </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>562-659-0461</x:v>
+        <x:v>410-575-7295</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>562-692-4164</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>8/25/2009</x:v>
+        <x:v>6/22/2017</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>24846</x:v>
+        <x:v>29139</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>83</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v/>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>24508</x:v>
+        <x:v>24846</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>277</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90063507</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>MISTRAS GROUP INC</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>16 INTERNATIONAL DR # F</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>EAST GRANBY</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>06026</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>508-335-5671</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>860-653-0077</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>5/19/2014</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24596</x:v>
+        <x:v>24508</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>24897</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90063507</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>MISTRAS GROUP INC</x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>16 INTERNATIONAL DR # F</x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>EAST GRANBY</x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>92337</x:v>
+        <x:v>06026</x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>508-335-5671</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>860-653-0077</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>5/19/2014</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V11" t="str">
         <x:v/>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>29869</x:v>
+        <x:v>24596</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>100</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90049293</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>PAC FOUNDRIES</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>705 INDUSTRIAL WAY</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>PORT HUENEME</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>93041-3505</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>8054886451</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>805-488-4129</x:v>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>4/6/2006</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K12" t="str">
         <x:v/>
       </x:c>
       <x:c r="L12" t="str">
         <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V12" t="str">
         <x:v/>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>30367</x:v>
+        <x:v>29869</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
-        <x:v>4176</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B13" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>91730</x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H13" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I13" t="str">
-        <x:v/>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J13" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K13" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="L13" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V13" t="str">
         <x:v/>
       </x:c>
       <x:c r="W13" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X13" t="n">
-        <x:v>30184</x:v>
+        <x:v>30367</x:v>
       </x:c>
       <x:c r="Y13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z13" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA13" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB13" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC13" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD13" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF13" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG13" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="n">
-        <x:v>13911</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B14" t="str">
-        <x:v>90067462</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C14" t="str">
-        <x:v>Paragon NDT, LLC</x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D14" t="str">
-        <x:v>2210 S. Edwards St.</x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E14" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F14" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G14" t="str">
-        <x:v>67213</x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H14" t="str">
-        <x:v>316-927-4285</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I14" t="str">
-        <x:v>316-927-4299</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J14" t="str">
-        <x:v>4/12/2017</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K14" t="str">
         <x:v/>
       </x:c>
       <x:c r="L14" t="str">
         <x:v/>
       </x:c>
       <x:c r="M14" t="str">
         <x:v/>
       </x:c>
       <x:c r="N14" t="str">
         <x:v/>
       </x:c>
       <x:c r="O14" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P14" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q14" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R14" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T14" t="str">
         <x:v/>
       </x:c>
       <x:c r="U14" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V14" t="str">
         <x:v/>
       </x:c>
       <x:c r="W14" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X14" t="n">
-        <x:v>25455</x:v>
+        <x:v>30184</x:v>
       </x:c>
       <x:c r="Y14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z14" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA14" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB14" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC14" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD14" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF14" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG14" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="n">
-        <x:v>342</x:v>
+        <x:v>13911</x:v>
       </x:c>
       <x:c r="B15" t="str">
-        <x:v>90042418</x:v>
+        <x:v>90067462</x:v>
       </x:c>
       <x:c r="C15" t="str">
-        <x:v>PCC STRUCTURALS INC                               </x:v>
+        <x:v>Paragon NDT, LLC</x:v>
       </x:c>
       <x:c r="D15" t="str">
-        <x:v>4600 SE HARNEY DR                   </x:v>
+        <x:v>2210 S. Edwards St.</x:v>
       </x:c>
       <x:c r="E15" t="str">
-        <x:v>PORTLAND                            </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F15" t="str">
-        <x:v>OR </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G15" t="str">
-        <x:v>97206                               </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H15" t="str">
-        <x:v>5037773881</x:v>
+        <x:v>316-927-4285</x:v>
       </x:c>
       <x:c r="I15" t="str">
-        <x:v>503-788-5412</x:v>
+        <x:v>316-927-4299</x:v>
       </x:c>
       <x:c r="J15" t="str">
-        <x:v>4/22/2010</x:v>
+        <x:v>4/12/2017</x:v>
       </x:c>
       <x:c r="K15" t="str">
         <x:v/>
       </x:c>
       <x:c r="L15" t="str">
         <x:v/>
       </x:c>
       <x:c r="M15" t="str">
         <x:v/>
       </x:c>
       <x:c r="N15" t="str">
         <x:v/>
       </x:c>
       <x:c r="O15" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P15" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q15" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R15" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T15" t="str">
         <x:v/>
       </x:c>
       <x:c r="U15" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V15" t="str">
         <x:v/>
       </x:c>
       <x:c r="W15" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X15" t="n">
-        <x:v>24836</x:v>
+        <x:v>25455</x:v>
       </x:c>
       <x:c r="Y15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z15" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA15" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB15" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC15" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD15" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE15" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF15" t="n">
         <x:v>2</x:v>
       </x:c>