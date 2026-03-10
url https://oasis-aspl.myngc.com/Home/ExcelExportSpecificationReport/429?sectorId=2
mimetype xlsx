--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf847bd6d82a46a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12acb8e99c464e41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R172bd577c64f48a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb98cbe774eee497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R172bd577c64f48a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb98cbe774eee497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,78 +315,78 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90049034</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>Barnes Group Inc                                 </x:v>
+        <x:v>BARNES GROUP INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>1025 S. Depot Drive                 </x:v>
+        <x:v>1025 S. Depot Drive</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>Ogden                        </x:v>
+        <x:v>OGDEN</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>UT </x:v>
+        <x:v>UT</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>84404                               </x:v>
+        <x:v>84404</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>8019172088</x:v>
+        <x:v>8019172000</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>801-917-2033</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>32317</x:v>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v/>
+        <x:v>612706192</x:v>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -505,313 +505,313 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>26224</x:v>
+        <x:v>30806</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90070395</x:v>
+        <x:v>90203633</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>LABORATORY TESTING INC</x:v>
+        <x:v>IIA LAB SERVICES LLC                              </x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>2331 TOPAZ DR</x:v>
+        <x:v>2810 CLARK AVE                      </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>HATFIELD</x:v>
+        <x:v>SAINT LOUIS                         </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>PA</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>19440</x:v>
+        <x:v>63103                               </x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>2159979080</x:v>
+        <x:v>3145318080</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>800-219-9096</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>8/29/2023</x:v>
+        <x:v>9/18/2024</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
-        <x:v>Two-year commitment letter in place to obtain NADCAP for NDT</x:v>
+        <x:v>Film based only</x:v>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>30540</x:v>
+        <x:v>30582</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>221</x:v>
+        <x:v>26224</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90070395</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>LABORATORY TESTING INC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>2331 TOPAZ DR</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>HATFIELD</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>NY</x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>11704</x:v>
+        <x:v>19440</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>2159979080</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>800-219-9096</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/29/2023</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v/>
+        <x:v>Two-year commitment letter in place to obtain NADCAP for NDT</x:v>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>24739</x:v>
+        <x:v>30540</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>13962</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90067733</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>MARYLAND Q C LABORATORIES INC DBA MQC LABS INC  </x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>11593 EDMONSTON RD                  </x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>BELTSVILLE                          </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>MD </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>20705-1737                          </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>410-575-7295</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>6/22/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>29139</x:v>
+        <x:v>24739</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -903,75 +903,75 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90043905</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MISTRAS GROUP</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>8427 ATLANTIC AVE</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>CUDAHY</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90201</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>3235607343</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>323-560-6587</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v/>
+        <x:v>24771</x:v>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
@@ -1583,518 +1583,322 @@
       </x:c>
       <x:c r="AA16" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB16" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
-        <x:v>39240</x:v>
+        <x:v>31760</x:v>
       </x:c>
       <x:c r="B17" t="str">
-        <x:v>90070112</x:v>
+        <x:v>90123440</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>Shellcast Foundries Inc</x:v>
+        <x:v>Thompson Aluminum Casting Co                      </x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>10645 Lamoureux</x:v>
+        <x:v>5161 Canal Road                     </x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>Montreal-North, Quebec</x:v>
+        <x:v>CLEVELAND                           </x:v>
       </x:c>
       <x:c r="F17" t="str">
-        <x:v/>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>H1G 5L4</x:v>
+        <x:v>44125                               </x:v>
       </x:c>
       <x:c r="H17" t="str">
-        <x:v>514-322-3760</x:v>
+        <x:v>216-206-2781  x125</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
-        <x:v>2/7/2025</x:v>
+        <x:v>10/17/2024</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v/>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P17" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q17" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R17" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T17" t="str">
         <x:v/>
       </x:c>
       <x:c r="U17" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V17" t="str">
         <x:v/>
       </x:c>
       <x:c r="W17" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X17" t="n">
-        <x:v>30068</x:v>
+        <x:v>30047</x:v>
       </x:c>
       <x:c r="Y17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z17" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA17" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>76</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90061423</x:v>
+        <x:v>90024663</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>St. Louis Testing Laboratories</x:v>
+        <x:v>Western Aerospace Inspection Inc</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>2810 Clark Ave</x:v>
+        <x:v>1376 Walter St</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>St. Louis</x:v>
+        <x:v>Ventura</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>MO</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>63103</x:v>
+        <x:v>93003</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>(314) 531-8080</x:v>
+        <x:v>(805) 644-3882</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>(314) 531-8085</x:v>
+        <x:v>(805) 656-2027</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>12/18/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v/>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V18" t="str">
-        <x:v>Film based only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>429</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>24442</x:v>
+        <x:v>24729</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>31760</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90123440</x:v>
+        <x:v>90053870</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Thompson Aluminum Casting Co                      </x:v>
+        <x:v>WINCHESTER TESTING LAB INC                        </x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>5161 Canal Road                     </x:v>
+        <x:v>423 PLEASANT ST                     </x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>CLEVELAND                           </x:v>
+        <x:v>MELROSE                             </x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>OH </x:v>
+        <x:v>MA </x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>44125                               </x:v>
+        <x:v>02176-4519                          </x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>216-206-2781  x125</x:v>
+        <x:v>781-665-9409</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>781-665-9394</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>10/17/2024</x:v>
+        <x:v>9/15/2009</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v/>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ASTM E1742</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Standard Practice for Radiographic Examination</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v/>
-[...194 lines deleted...]
-      <x:c r="V21" t="str">
         <x:v>Film Radiography 
 only
 </x:v>
       </x:c>
-      <x:c r="W21" t="n">
+      <x:c r="W19" t="n">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="X21" t="n">
+      <x:c r="X19" t="n">
         <x:v>25303</x:v>
       </x:c>
-      <x:c r="Y21" t="str">
-[...5 lines deleted...]
-      <x:c r="AA21" t="n">
+      <x:c r="Y19" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z19" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="AB21" t="str">
+      <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
-      <x:c r="AC21" t="str">
+      <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
-      <x:c r="AD21" t="str">
+      <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
-      <x:c r="AE21" t="n">
-[...5 lines deleted...]
-      <x:c r="AG21" t="str">
+      <x:c r="AE19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF19" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>