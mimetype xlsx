--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1192cede63ca4295" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d07617f78e4067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R07082e435ae045a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc916deef9d5a446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R07082e435ae045a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc916deef9d5a446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -813,72 +813,72 @@
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS-QQ-P-416</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Plating, Cadmium (Electrodeposited).
 </x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>