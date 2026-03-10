--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d07617f78e4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf774284978cd45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc916deef9d5a446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R78f160781ee84e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc916deef9d5a446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R78f160781ee84e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -714,63 +714,63 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v/>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS-QQ-P-416</x:v>
       </x:c>
@@ -2393,125 +2393,224 @@
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>26145</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F25" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>91311</x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v/>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v/>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AMS-QQ-P-416</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Plating, Cadmium (Electrodeposited).
 </x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>28845</x:v>
+        <x:v>30594</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26">
+      <x:c r="A26" t="n">
+        <x:v>26145</x:v>
+      </x:c>
+      <x:c r="B26" t="str">
+        <x:v>90127518</x:v>
+      </x:c>
+      <x:c r="C26" t="str">
+        <x:v>West Valley Plating</x:v>
+      </x:c>
+      <x:c r="D26" t="str">
+        <x:v>21061 Superior Street</x:v>
+      </x:c>
+      <x:c r="E26" t="str">
+        <x:v>Chatsworth</x:v>
+      </x:c>
+      <x:c r="F26" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G26" t="str">
+        <x:v>91311</x:v>
+      </x:c>
+      <x:c r="H26" t="str">
+        <x:v>818-709-1684</x:v>
+      </x:c>
+      <x:c r="I26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J26" t="str">
+        <x:v>3/6/2023</x:v>
+      </x:c>
+      <x:c r="K26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O26" t="str">
+        <x:v>AMS-QQ-P-416</x:v>
+      </x:c>
+      <x:c r="P26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q26" t="str">
+        <x:v>Plating, Cadmium (Electrodeposited).
+</x:v>
+      </x:c>
+      <x:c r="R26" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U26" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V26" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W26" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="X26" t="n">
+        <x:v>28845</x:v>
+      </x:c>
+      <x:c r="Y26" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z26" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA26" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB26" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC26" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD26" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE26" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF26" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>