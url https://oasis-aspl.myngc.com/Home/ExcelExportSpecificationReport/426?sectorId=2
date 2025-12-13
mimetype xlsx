--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc7ff5b091774548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d180c5aae634f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R58b069c0aee641c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5ecbea34cbd7449e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58b069c0aee641c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ecbea34cbd7449e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -413,72 +413,72 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J5" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>AMS 2772</x:v>
       </x:c>
       <x:c r="P5" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q5" t="str">
         <x:v>Heat Treatment of Aluminum Alloy Raw Materials</x:v>
       </x:c>
       <x:c r="R5" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -963,51 +963,51 @@
       <x:c r="O10" t="str">
         <x:v>AMS 2772</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Heat Treatment of Aluminum Alloy Raw Materials</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>426</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>29237</x:v>
+        <x:v>30498</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>