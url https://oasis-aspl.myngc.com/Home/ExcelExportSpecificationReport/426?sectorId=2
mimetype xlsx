--- v1 (2025-12-13)
+++ v2 (2026-02-05)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d180c5aae634f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7c9e98869341a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5ecbea34cbd7449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc6bde6d0fbc84c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5ecbea34cbd7449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc6bde6d0fbc84c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">