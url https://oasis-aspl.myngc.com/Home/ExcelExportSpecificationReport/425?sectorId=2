--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda02ffd23b1640cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22910042d5a4465" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6d19b931b77f4f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf1220c3616944842"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d19b931b77f4f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1220c3616944842" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">