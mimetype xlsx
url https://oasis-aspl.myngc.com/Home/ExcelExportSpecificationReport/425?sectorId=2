--- v1 (2025-12-07)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22910042d5a4465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb5ac0ecbe5456b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf1220c3616944842"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb9d0ebcbc1a54735"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1220c3616944842" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9d0ebcbc1a54735" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">