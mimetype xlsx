--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cb5ac0ecbe5456b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9dbcc06fef944b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rb9d0ebcbc1a54735"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R9d325dfcce71489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb9d0ebcbc1a54735" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9d325dfcce71489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -309,124 +309,222 @@
       </x:c>
       <x:c r="AA3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB3" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
-        <x:v>11069</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B4" t="str">
-        <x:v>90072219</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>UNI-CAST LLC.</x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>11 INDUSTRIAL DRIVE</x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E4" t="str">
-        <x:v>LONDONDERRY</x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F4" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>03053-2011</x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H4" t="str">
-        <x:v>(603) 625-5761</x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I4" t="str">
-        <x:v>603-625-1567</x:v>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J4" t="str">
-        <x:v>3/8/2016</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K4" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="L4" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>AMS 2771</x:v>
       </x:c>
       <x:c r="P4" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q4" t="str">
         <x:v>Heat Treatment of Aluminum Alloy Castings</x:v>
       </x:c>
       <x:c r="R4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T4" t="str">
         <x:v/>
       </x:c>
       <x:c r="U4" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V4" t="str">
-        <x:v>Furnace media “AIR” only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W4" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="X4" t="n">
-        <x:v>6104</x:v>
+        <x:v>30609</x:v>
       </x:c>
       <x:c r="Y4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z4" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA4" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB4" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF4" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG4" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5">
+      <x:c r="A5" t="n">
+        <x:v>11069</x:v>
+      </x:c>
+      <x:c r="B5" t="str">
+        <x:v>90072219</x:v>
+      </x:c>
+      <x:c r="C5" t="str">
+        <x:v>UNI-CAST LLC.</x:v>
+      </x:c>
+      <x:c r="D5" t="str">
+        <x:v>11 INDUSTRIAL DRIVE</x:v>
+      </x:c>
+      <x:c r="E5" t="str">
+        <x:v>LONDONDERRY</x:v>
+      </x:c>
+      <x:c r="F5" t="str">
+        <x:v>NH</x:v>
+      </x:c>
+      <x:c r="G5" t="str">
+        <x:v>03053-2011</x:v>
+      </x:c>
+      <x:c r="H5" t="str">
+        <x:v>(603) 625-5761</x:v>
+      </x:c>
+      <x:c r="I5" t="str">
+        <x:v>603-625-1567</x:v>
+      </x:c>
+      <x:c r="J5" t="str">
+        <x:v>3/8/2016</x:v>
+      </x:c>
+      <x:c r="K5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O5" t="str">
+        <x:v>AMS 2771</x:v>
+      </x:c>
+      <x:c r="P5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q5" t="str">
+        <x:v>Heat Treatment of Aluminum Alloy Castings</x:v>
+      </x:c>
+      <x:c r="R5" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T5" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U5" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V5" t="str">
+        <x:v>Furnace media “AIR” only</x:v>
+      </x:c>
+      <x:c r="W5" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="X5" t="n">
+        <x:v>6104</x:v>
+      </x:c>
+      <x:c r="Y5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z5" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA5" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB5" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC5" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD5" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
-      <x:c r="AE4" t="n">
-[...5 lines deleted...]
-      <x:c r="AG4" t="str">
+      <x:c r="AE5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF5" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>