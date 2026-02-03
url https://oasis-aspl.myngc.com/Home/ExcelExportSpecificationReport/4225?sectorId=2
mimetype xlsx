--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ee494d86240436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad537292a985417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0072167dacaf4b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R39e9b3f70d604311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0072167dacaf4b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39e9b3f70d604311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">