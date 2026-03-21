--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad537292a985417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18a4558333f34a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R39e9b3f70d604311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd16dfad296b8434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R39e9b3f70d604311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd16dfad296b8434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,75 +119,75 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>26111</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90127737</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Cassavant Assembly and Processing</x:v>
+        <x:v>Cassavant Assembly  Processing</x:v>
       </x:c>
       <x:c r="D2" t="str">
         <x:v>3725 E. Atlanta Ave</x:v>
       </x:c>
       <x:c r="E2" t="str">
         <x:v>Phoenix</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>AZ</x:v>
       </x:c>
       <x:c r="G2" t="str">
         <x:v>85040</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>602-441-2881</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>10/27/2022</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v>885C7</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>Added to NGAS ASPL 3-29-23 by G. Hall</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2649</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Etch Inspection of High Strength Steel Parts</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>