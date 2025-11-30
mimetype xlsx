--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e933ebc4a54fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7145f28d20c40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Raabe596b85be48e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ecde36aec074efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Raabe596b85be48e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ecde36aec074efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1681,1006 +1681,1104 @@
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>23794</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>67213</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v/>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
         <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>29351</x:v>
+        <x:v>30511</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>249</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90051696</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Metallurgical Processing Inc</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>68 Arthur St</x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>New Britain</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>CT</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>06053</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>(860) 969-0542 X422</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v>(860) 225-0178</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>12/20/2005</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>29352</x:v>
+        <x:v>29351</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>160</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90053981</x:v>
+        <x:v>90051696</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Metcor, Inc.</x:v>
+        <x:v>Metallurgical Processing Inc</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>560 Arthur-Suave Blvd.</x:v>
+        <x:v>68 Arthur St</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>St. Eustache, Quebec</x:v>
+        <x:v>New Britain</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v/>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>J7R 5A8</x:v>
+        <x:v>06053</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(450) 473-1884</x:v>
+        <x:v>(860) 969-0542 X422</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(450) 491-6454</x:v>
+        <x:v>(860) 225-0178</x:v>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>11/16/2009</x:v>
+        <x:v>12/20/2005</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Oil Quench only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>29353</x:v>
+        <x:v>29352</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90053981</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>Metcor, Inc.</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>560 Arthur-Suave Blvd.</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Kent</x:v>
+        <x:v>St. Eustache, Quebec</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v>WA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>98032</x:v>
+        <x:v>J7R 5A8</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>(450) 473-1884</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v>(450) 491-6454</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/16/2009</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v/>
+        <x:v>Oil Quench only</x:v>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>29354</x:v>
+        <x:v>29353</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB21" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC21" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD21" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>4176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>CA</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>91730</x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v/>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V22" t="str">
         <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>30185</x:v>
+        <x:v>29354</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>12075</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90065980</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>4827 CHELSEA AVE                    </x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>64130-2821                          </x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>816-595-5424</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I23" t="str">
         <x:v/>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>4/25/2016</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>29371</x:v>
+        <x:v>30185</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>343</x:v>
+        <x:v>12075</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90065980</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>4827 CHELSEA AVE                    </x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>64130-2821                          </x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>816-595-5424</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>4/25/2016</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29356</x:v>
+        <x:v>29371</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>242</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>Quality Heat Treating</x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>3305 Burton Ave              </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>Burbank</x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>19446</x:v>
+        <x:v>91504-3106                          </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>29357</x:v>
+        <x:v>29356</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>367</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90059875</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Solar Atmospheres of Western PA</x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>30 Industrial Rd.</x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Hermitage</x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>PA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>16148</x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(724) 982-0660</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>(724) 982-0593</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>4/6/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V26" t="str">
         <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>29359</x:v>
+        <x:v>29357</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>26064</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90175712</x:v>
+        <x:v>90059875</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Vacuum S.p.A</x:v>
+        <x:v>Solar Atmospheres of Western PA</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>Via Mario Pagano, 10-18</x:v>
+        <x:v>30 Industrial Rd.</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Trezzano S/N (MI)</x:v>
+        <x:v>Hermitage</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>IT</x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>20090</x:v>
+        <x:v>16148</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>+39 02 9443451</x:v>
+        <x:v>(724) 982-0660</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v/>
+        <x:v>(724) 982-0593</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>3/23/2022</x:v>
+        <x:v>4/6/2012</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V27" t="str">
-        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>29361</x:v>
+        <x:v>29359</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28">
+      <x:c r="A28" t="n">
+        <x:v>26064</x:v>
+      </x:c>
+      <x:c r="B28" t="str">
+        <x:v>90175712</x:v>
+      </x:c>
+      <x:c r="C28" t="str">
+        <x:v>Vacuum S.p.A</x:v>
+      </x:c>
+      <x:c r="D28" t="str">
+        <x:v>Via Mario Pagano, 10-18</x:v>
+      </x:c>
+      <x:c r="E28" t="str">
+        <x:v>Trezzano S/N (MI)</x:v>
+      </x:c>
+      <x:c r="F28" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="G28" t="str">
+        <x:v>20090</x:v>
+      </x:c>
+      <x:c r="H28" t="str">
+        <x:v>+39 02 9443451</x:v>
+      </x:c>
+      <x:c r="I28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J28" t="str">
+        <x:v>3/23/2022</x:v>
+      </x:c>
+      <x:c r="K28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N28" t="str">
+        <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
+      </x:c>
+      <x:c r="O28" t="str">
+        <x:v>AMS 2761</x:v>
+      </x:c>
+      <x:c r="P28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q28" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="R28" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T28" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U28" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V28" t="str">
+        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+      </x:c>
+      <x:c r="W28" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="X28" t="n">
+        <x:v>29361</x:v>
+      </x:c>
+      <x:c r="Y28" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z28" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA28" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="AB28" t="str">
+        <x:v>Italy</x:v>
+      </x:c>
+      <x:c r="AC28" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="AD28" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE28" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF28" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>