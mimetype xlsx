--- v1 (2025-11-30)
+++ v2 (2026-01-17)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7145f28d20c40a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R214869f9a5cc462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6ecde36aec074efd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re28e9ebad3604eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6ecde36aec074efd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re28e9ebad3604eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,72 +119,72 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>1</x:v>
       </x:c>
@@ -505,411 +505,411 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>137</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90043523</x:v>
+        <x:v>90055923</x:v>
       </x:c>
       <x:c r="C6" t="str">
         <x:v>Bodycote Thermal Processing</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>515 W APRA ST</x:v>
+        <x:v>9921 Romandel Ave              </x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>Santa Fe Springs             </x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90220</x:v>
+        <x:v>90670-3441                          </x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>310-604-8000</x:v>
+        <x:v>213-946-1717</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v>310-604-9959</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/7/2014</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>29337</x:v>
+        <x:v>29338</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>309</x:v>
+        <x:v>5625</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90055923</x:v>
+        <x:v>90041109</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Bodycote Thermal Processing</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>9921 Romandel Ave              </x:v>
+        <x:v>2900 S SUNOL DR                     </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Santa Fe Springs             </x:v>
+        <x:v>VERNON                              </x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>90670-3441                          </x:v>
+        <x:v>90023                             </x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>213-946-1717</x:v>
+        <x:v>(323) 264-0111</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v/>
+        <x:v>323-268-9897</x:v>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>8/7/2014</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>29338</x:v>
+        <x:v>29339</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>5625</x:v>
+        <x:v>26222</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90041109</x:v>
+        <x:v>90174367</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC                   </x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2900 S SUNOL DR                     </x:v>
+        <x:v>4008 Clay Ave</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>VERNON                              </x:v>
+        <x:v>HALTOM CITY</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90023                             </x:v>
+        <x:v>76117-1726</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(323) 264-0111</x:v>
+        <x:v>8177376651</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>323-268-9897</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>8/23/2023</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>29339</x:v>
+        <x:v>29340</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>26222</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90174367</x:v>
+        <x:v>90043523</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>BODYCOTE THERMAL PROCESSING INC</x:v>
+        <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>4008 Clay Ave</x:v>
+        <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>HALTOM CITY</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>76117-1726</x:v>
+        <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>8177376651</x:v>
+        <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v/>
+        <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>8/23/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>29340</x:v>
+        <x:v>29337</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -2563,222 +2563,320 @@
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90059875</x:v>
+        <x:v>90071125</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Solar Atmospheres of Western PA</x:v>
+        <x:v>SCOT FORGE CO</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>30 Industrial Rd.</x:v>
+        <x:v>8001 WINN RD</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Hermitage</x:v>
+        <x:v>SPRING GROVE</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>PA</x:v>
+        <x:v>IL</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>16148</x:v>
+        <x:v>60081-9687</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>(724) 982-0660</x:v>
+        <x:v>8156754039</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>(724) 982-0593</x:v>
+        <x:v>815-675-4107</x:v>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>4/6/2012</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V27" t="str">
         <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>29359</x:v>
+        <x:v>30514</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>26064</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90175712</x:v>
+        <x:v>90059875</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Vacuum S.p.A</x:v>
+        <x:v>Solar Atmospheres of Western PA</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>Via Mario Pagano, 10-18</x:v>
+        <x:v>30 Industrial Rd.</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Trezzano S/N (MI)</x:v>
+        <x:v>Hermitage</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>IT</x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>20090</x:v>
+        <x:v>16148</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>+39 02 9443451</x:v>
+        <x:v>(724) 982-0660</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v/>
+        <x:v>(724) 982-0593</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>3/23/2022</x:v>
+        <x:v>4/6/2012</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V28" t="str">
-        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>29361</x:v>
+        <x:v>29359</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29">
+      <x:c r="A29" t="n">
+        <x:v>26064</x:v>
+      </x:c>
+      <x:c r="B29" t="str">
+        <x:v>90175712</x:v>
+      </x:c>
+      <x:c r="C29" t="str">
+        <x:v>Vacuum S.p.A</x:v>
+      </x:c>
+      <x:c r="D29" t="str">
+        <x:v>Via Mario Pagano, 10-18</x:v>
+      </x:c>
+      <x:c r="E29" t="str">
+        <x:v>Trezzano S/N (MI)</x:v>
+      </x:c>
+      <x:c r="F29" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="G29" t="str">
+        <x:v>20090</x:v>
+      </x:c>
+      <x:c r="H29" t="str">
+        <x:v>+39 02 9443451</x:v>
+      </x:c>
+      <x:c r="I29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J29" t="str">
+        <x:v>3/23/2022</x:v>
+      </x:c>
+      <x:c r="K29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N29" t="str">
+        <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
+      </x:c>
+      <x:c r="O29" t="str">
+        <x:v>AMS 2761</x:v>
+      </x:c>
+      <x:c r="P29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q29" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="R29" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T29" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U29" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V29" t="str">
+        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+      </x:c>
+      <x:c r="W29" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="X29" t="n">
+        <x:v>29361</x:v>
+      </x:c>
+      <x:c r="Y29" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z29" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA29" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="AB29" t="str">
+        <x:v>Italy</x:v>
+      </x:c>
+      <x:c r="AC29" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="AD29" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE29" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF29" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>