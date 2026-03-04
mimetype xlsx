--- v2 (2026-01-17)
+++ v3 (2026-03-04)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R214869f9a5cc462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6686c3ee00744f6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re28e9ebad3604eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0ac402f9c1c44959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re28e9ebad3604eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0ac402f9c1c44959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -829,51 +829,51 @@
       <x:c r="C9" t="str">
         <x:v>BODYCOTE THERMAL PROCESSING, INC.</x:v>
       </x:c>
       <x:c r="D9" t="str">
         <x:v>515 WEST APRA STREET</x:v>
       </x:c>
       <x:c r="E9" t="str">
         <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
         <x:v>90220-5523</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>3106048000</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>310-604-9959</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
-        <x:v/>
+        <x:v>0G4Z5</x:v>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
@@ -1221,51 +1221,51 @@
       <x:c r="C13" t="str">
         <x:v>CERTIFIED STEEL TREATING CORP</x:v>
       </x:c>
       <x:c r="D13" t="str">
         <x:v>2454 E 58TH ST</x:v>
       </x:c>
       <x:c r="E13" t="str">
         <x:v>VERNON</x:v>
       </x:c>
       <x:c r="F13" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G13" t="str">
         <x:v>90058-3558</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>323-583-8711</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v/>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
-        <x:v/>
+        <x:v>3DP87</x:v>
       </x:c>
       <x:c r="L13" t="str">
         <x:v/>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
@@ -1681,1202 +1681,1300 @@
       </x:c>
       <x:c r="AA17" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB17" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
-        <x:v>8</x:v>
+        <x:v>26029</x:v>
       </x:c>
       <x:c r="B18" t="str">
-        <x:v>90041621</x:v>
+        <x:v>90068565</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
+        <x:v>HTA LOS ANGELES LLC                               </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>1221 WEST STRUCK AVENUE</x:v>
+        <x:v>10140 Romandel Ave                  </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>ORANGE</x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F18" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>92867</x:v>
+        <x:v>90670-3407                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
-        <x:v>3106457300</x:v>
+        <x:v>5623212100</x:v>
       </x:c>
       <x:c r="I18" t="str">
-        <x:v>310-645-3598</x:v>
+        <x:v>562-321-2096</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>9/9/2008</x:v>
+        <x:v>9/13/2021</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V18" t="str">
         <x:v/>
       </x:c>
       <x:c r="W18" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X18" t="n">
-        <x:v>30511</x:v>
+        <x:v>30587</x:v>
       </x:c>
       <x:c r="Y18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z18" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA18" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB18" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC18" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD18" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF18" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="n">
-        <x:v>23794</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="B19" t="str">
-        <x:v>90075248</x:v>
+        <x:v>90041621</x:v>
       </x:c>
       <x:c r="C19" t="str">
-        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
+        <x:v>INTERNATIONAL METALLURGICAL SERVICE</x:v>
       </x:c>
       <x:c r="D19" t="str">
-        <x:v>1630 W. Harry Street</x:v>
+        <x:v>1221 WEST STRUCK AVENUE</x:v>
       </x:c>
       <x:c r="E19" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>ORANGE</x:v>
       </x:c>
       <x:c r="F19" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G19" t="str">
-        <x:v>67213</x:v>
+        <x:v>92867</x:v>
       </x:c>
       <x:c r="H19" t="str">
-        <x:v>316-267-7289</x:v>
+        <x:v>3106457300</x:v>
       </x:c>
       <x:c r="I19" t="str">
-        <x:v/>
+        <x:v>310-645-3598</x:v>
       </x:c>
       <x:c r="J19" t="str">
-        <x:v>8/6/2019</x:v>
+        <x:v>9/9/2008</x:v>
       </x:c>
       <x:c r="K19" t="str">
         <x:v/>
       </x:c>
       <x:c r="L19" t="str">
         <x:v/>
       </x:c>
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V19" t="str">
         <x:v/>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X19" t="n">
-        <x:v>29351</x:v>
+        <x:v>30511</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF19" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG19" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="n">
-        <x:v>249</x:v>
+        <x:v>23794</x:v>
       </x:c>
       <x:c r="B20" t="str">
-        <x:v>90051696</x:v>
+        <x:v>90075248</x:v>
       </x:c>
       <x:c r="C20" t="str">
-        <x:v>Metallurgical Processing Inc</x:v>
+        <x:v>Metal Finishing Company/Steel Heat Treat</x:v>
       </x:c>
       <x:c r="D20" t="str">
-        <x:v>68 Arthur St</x:v>
+        <x:v>1630 W. Harry Street</x:v>
       </x:c>
       <x:c r="E20" t="str">
-        <x:v>New Britain</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F20" t="str">
-        <x:v>CT</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G20" t="str">
-        <x:v>06053</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H20" t="str">
-        <x:v>(860) 969-0542 X422</x:v>
+        <x:v>316-267-7289</x:v>
       </x:c>
       <x:c r="I20" t="str">
-        <x:v>(860) 225-0178</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J20" t="str">
-        <x:v>12/20/2005</x:v>
+        <x:v>8/6/2019</x:v>
       </x:c>
       <x:c r="K20" t="str">
         <x:v/>
       </x:c>
       <x:c r="L20" t="str">
         <x:v/>
       </x:c>
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V20" t="str">
         <x:v/>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X20" t="n">
-        <x:v>29352</x:v>
+        <x:v>29351</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>160</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90053981</x:v>
+        <x:v>90051696</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>Metcor, Inc.</x:v>
+        <x:v>Metallurgical Processing Inc</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>560 Arthur-Suave Blvd.</x:v>
+        <x:v>68 Arthur St</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>St. Eustache, Quebec</x:v>
+        <x:v>New Britain</x:v>
       </x:c>
       <x:c r="F21" t="str">
-        <x:v/>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>J7R 5A8</x:v>
+        <x:v>06053</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>(450) 473-1884</x:v>
+        <x:v>(860) 969-0542 X422</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v>(450) 491-6454</x:v>
+        <x:v>(860) 225-0178</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>11/16/2009</x:v>
+        <x:v>12/20/2005</x:v>
       </x:c>
       <x:c r="K21" t="str">
         <x:v/>
       </x:c>
       <x:c r="L21" t="str">
         <x:v/>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V21" t="str">
-        <x:v>Oil Quench only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>29353</x:v>
+        <x:v>29352</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90052133</x:v>
+        <x:v>90053981</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Pacific Metallurgical, Inc.</x:v>
+        <x:v>Metcor, Inc.</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>925 S Fifth Street</x:v>
+        <x:v>560 Arthur-Suave Blvd.</x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Kent</x:v>
+        <x:v>St. Eustache, Quebec</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v>WA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>98032</x:v>
+        <x:v>J7R 5A8</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>(253) 854-4241</x:v>
+        <x:v>(450) 473-1884</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>(253) 854-4475</x:v>
+        <x:v>(450) 491-6454</x:v>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/16/2009</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V22" t="str">
-        <x:v/>
+        <x:v>Oil Quench only</x:v>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>29354</x:v>
+        <x:v>29353</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB22" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC22" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD22" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>4176</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90052133</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>Pacific Metallurgical, Inc.</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>925 S Fifth Street</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>CA</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>91730</x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>(253) 854-4241</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v/>
+        <x:v>(253) 854-4475</x:v>
       </x:c>
       <x:c r="J23" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>30185</x:v>
+        <x:v>29354</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB23" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC23" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD23" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>12075</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90065980</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>4827 CHELSEA AVE                    </x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>KANSAS CITY                         </x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>64130-2821                          </x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>816-595-5424</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I24" t="str">
         <x:v/>
       </x:c>
       <x:c r="J24" t="str">
-        <x:v>4/25/2016</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>29371</x:v>
+        <x:v>30185</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>343</x:v>
+        <x:v>12075</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90048006</x:v>
+        <x:v>90065980</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>Quality Heat Treating</x:v>
+        <x:v>PAULO PRODUCTS COMPANY                            </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>3305 Burton Ave              </x:v>
+        <x:v>4827 CHELSEA AVE                    </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>Burbank</x:v>
+        <x:v>KANSAS CITY                         </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA </x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>91504-3106                          </x:v>
+        <x:v>64130-2821                          </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>818-840-8212</x:v>
+        <x:v>816-595-5424</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>818-953-5056</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>5/25/2010</x:v>
+        <x:v>4/25/2016</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>29356</x:v>
+        <x:v>29371</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>242</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90052580</x:v>
+        <x:v>90048006</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Rex Heat Treat</x:v>
+        <x:v>QUALITY HEAT TREATING INC</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>951 W. 8th Street</x:v>
+        <x:v>3305 BURTON AVE</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Lansdale</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>19446</x:v>
+        <x:v>91504-3106</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(215) 855-1131 X221</x:v>
+        <x:v>818-840-8212</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v/>
+        <x:v>818-953-5056</x:v>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/25/2010</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V26" t="str">
         <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>29357</x:v>
+        <x:v>29356</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>366</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90071125</x:v>
+        <x:v>90052580</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>SCOT FORGE CO</x:v>
+        <x:v>Rex Heat Treat</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>8001 WINN RD</x:v>
+        <x:v>951 W. 8th Street</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>SPRING GROVE</x:v>
+        <x:v>Lansdale</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>IL</x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>60081-9687</x:v>
+        <x:v>19446</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>8156754039</x:v>
+        <x:v>(215) 855-1131 X221</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>815-675-4107</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>4/6/2012</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V27" t="str">
         <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>30514</x:v>
+        <x:v>29357</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90059875</x:v>
+        <x:v>90071125</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>Solar Atmospheres of Western PA</x:v>
+        <x:v>SCOT FORGE CO</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>30 Industrial Rd.</x:v>
+        <x:v>8001 WINN RD</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>Hermitage</x:v>
+        <x:v>SPRING GROVE</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>PA</x:v>
+        <x:v>IL</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>16148</x:v>
+        <x:v>60081-9687</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>(724) 982-0660</x:v>
+        <x:v>8156754039</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>(724) 982-0593</x:v>
+        <x:v>815-675-4107</x:v>
       </x:c>
       <x:c r="J28" t="str">
         <x:v>4/6/2012</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V28" t="str">
         <x:v/>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>29359</x:v>
+        <x:v>30514</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>26064</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90175712</x:v>
+        <x:v>90059875</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Vacuum S.p.A</x:v>
+        <x:v>Solar Atmospheres of Western PA</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>Via Mario Pagano, 10-18</x:v>
+        <x:v>30 Industrial Rd.</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>Trezzano S/N (MI)</x:v>
+        <x:v>Hermitage</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>IT</x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>20090</x:v>
+        <x:v>16148</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>+39 02 9443451</x:v>
+        <x:v>(724) 982-0660</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v/>
+        <x:v>(724) 982-0593</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>3/23/2022</x:v>
+        <x:v>4/6/2012</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>AMS 2761</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Heat Treatment of Steel Raw Materials</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Heat Treat</x:v>
       </x:c>
       <x:c r="V29" t="str">
-        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>4206</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>29361</x:v>
+        <x:v>29359</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30">
+      <x:c r="A30" t="n">
+        <x:v>26064</x:v>
+      </x:c>
+      <x:c r="B30" t="str">
+        <x:v>90175712</x:v>
+      </x:c>
+      <x:c r="C30" t="str">
+        <x:v>Vacuum S.p.A</x:v>
+      </x:c>
+      <x:c r="D30" t="str">
+        <x:v>Via Mario Pagano, 10-18</x:v>
+      </x:c>
+      <x:c r="E30" t="str">
+        <x:v>Trezzano S/N (MI)</x:v>
+      </x:c>
+      <x:c r="F30" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="G30" t="str">
+        <x:v>20090</x:v>
+      </x:c>
+      <x:c r="H30" t="str">
+        <x:v>+39 02 9443451</x:v>
+      </x:c>
+      <x:c r="I30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J30" t="str">
+        <x:v>3/23/2022</x:v>
+      </x:c>
+      <x:c r="K30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N30" t="str">
+        <x:v>AMS-H-6875C has been replaced by AMS2761.</x:v>
+      </x:c>
+      <x:c r="O30" t="str">
+        <x:v>AMS 2761</x:v>
+      </x:c>
+      <x:c r="P30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q30" t="str">
+        <x:v>Heat Treatment of Steel Raw Materials</x:v>
+      </x:c>
+      <x:c r="R30" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="T30" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U30" t="str">
+        <x:v>Heat Treat</x:v>
+      </x:c>
+      <x:c r="V30" t="str">
+        <x:v>Limited to the J75060 – 2SJJ04040-0001 support fixture only</x:v>
+      </x:c>
+      <x:c r="W30" t="n">
+        <x:v>4206</x:v>
+      </x:c>
+      <x:c r="X30" t="n">
+        <x:v>29361</x:v>
+      </x:c>
+      <x:c r="Y30" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z30" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA30" t="n">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="AB30" t="str">
+        <x:v>Italy</x:v>
+      </x:c>
+      <x:c r="AC30" t="str">
+        <x:v>IT</x:v>
+      </x:c>
+      <x:c r="AD30" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE30" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF30" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>