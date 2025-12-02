--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37d95e0fbb54600" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483a8743e18444cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R200e1379ca1047a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c3515a1a60a425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R200e1379ca1047a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c3515a1a60a425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -3551,1980 +3551,1986 @@
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>Romania</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>RO</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F37" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K37" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L37" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V37" t="str">
-        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+        <x:v>5% sodium dichromate seal is required when Mil-PRF-8625 anodize is called out on E2, F35 engineering drawings.</x:v>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>23636</x:v>
+        <x:v>23634</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>8015</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>32548</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V38" t="str">
-        <x:v>For E2C/D parts 5% Sodium Dichromate is required </x:v>
+        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>23638</x:v>
+        <x:v>23636</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>26065</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90125444</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>Galvair Srl</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>Via T. Edison, 10</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>Barberino del Mugello, Firenze</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v/>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>50031</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>(+39) 055-842-5835</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v/>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>3/29/2022</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K39" t="str">
         <x:v/>
       </x:c>
       <x:c r="L39" t="str">
         <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V39" t="str">
-        <x:v>Type II, CL 1 and Type III CL 1  2 only</x:v>
+        <x:v>For E2C/D parts 5% Sodium Dichromate is required </x:v>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>26104</x:v>
+        <x:v>23638</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
-        <x:v>151</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
-        <x:v>Italy</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
-        <x:v>IT</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
-        <x:v>210</x:v>
+        <x:v>26065</x:v>
       </x:c>
       <x:c r="B40" t="str">
-        <x:v>90024658</x:v>
+        <x:v>90125444</x:v>
       </x:c>
       <x:c r="C40" t="str">
-        <x:v>Har-Conn Aerospace, Inc</x:v>
+        <x:v>Galvair Srl</x:v>
       </x:c>
       <x:c r="D40" t="str">
-        <x:v>5000 Augusta Dr</x:v>
+        <x:v>Via T. Edison, 10</x:v>
       </x:c>
       <x:c r="E40" t="str">
-        <x:v>Fort Worth</x:v>
+        <x:v>Barberino del Mugello, Firenze</x:v>
       </x:c>
       <x:c r="F40" t="str">
-        <x:v>TX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G40" t="str">
-        <x:v>76106</x:v>
+        <x:v>50031</x:v>
       </x:c>
       <x:c r="H40" t="str">
-        <x:v>(817) 626-5437</x:v>
+        <x:v>(+39) 055-842-5835</x:v>
       </x:c>
       <x:c r="I40" t="str">
-        <x:v>(817) 625-5521</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J40" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>3/29/2022</x:v>
       </x:c>
       <x:c r="K40" t="str">
         <x:v/>
       </x:c>
       <x:c r="L40" t="str">
         <x:v/>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V40" t="str">
-        <x:v>Limited to Type I, Type IB, and Type III. 5% sodium dichromate seal is required when MIL-A-8625 is called out for anodizing on the AEW/EWS engineering drawing. Type ll, Class 1 only </x:v>
+        <x:v>Type II, CL 1 and Type III CL 1  2 only</x:v>
       </x:c>
       <x:c r="W40" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X40" t="n">
-        <x:v>23641</x:v>
+        <x:v>26104</x:v>
       </x:c>
       <x:c r="Y40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z40" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA40" t="n">
-        <x:v>268</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="AB40" t="str">
-        <x:v>United States</x:v>
+        <x:v>Italy</x:v>
       </x:c>
       <x:c r="AC40" t="str">
-        <x:v>US</x:v>
+        <x:v>IT</x:v>
       </x:c>
       <x:c r="AD40" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF40" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG40" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="n">
-        <x:v>347</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B41" t="str">
-        <x:v>90056149</x:v>
+        <x:v>90024658</x:v>
       </x:c>
       <x:c r="C41" t="str">
-        <x:v>Har-Conn Chrome Co</x:v>
+        <x:v>Har-Conn Aerospace, Inc</x:v>
       </x:c>
       <x:c r="D41" t="str">
-        <x:v>603 New Park Avenue</x:v>
+        <x:v>5000 Augusta Dr</x:v>
       </x:c>
       <x:c r="E41" t="str">
-        <x:v>W. Hartford</x:v>
+        <x:v>Fort Worth</x:v>
       </x:c>
       <x:c r="F41" t="str">
-        <x:v>CT</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G41" t="str">
-        <x:v>06110</x:v>
+        <x:v>76106</x:v>
       </x:c>
       <x:c r="H41" t="str">
-        <x:v>(860) 236-6801</x:v>
+        <x:v>(817) 626-5437</x:v>
       </x:c>
       <x:c r="I41" t="str">
-        <x:v>(860) 570-2107</x:v>
+        <x:v>(817) 625-5521</x:v>
       </x:c>
       <x:c r="J41" t="str">
-        <x:v>9/1/2010</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K41" t="str">
         <x:v/>
       </x:c>
       <x:c r="L41" t="str">
         <x:v/>
       </x:c>
       <x:c r="M41" t="str">
         <x:v/>
       </x:c>
       <x:c r="N41" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O41" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P41" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q41" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R41" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T41" t="str">
         <x:v/>
       </x:c>
       <x:c r="U41" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V41" t="str">
         <x:v>Limited to Type I, Type IB, and Type III. 5% sodium dichromate seal is required when MIL-A-8625 is called out for anodizing on the AEW/EWS engineering drawing. Type ll, Class 1 only </x:v>
       </x:c>
       <x:c r="W41" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X41" t="n">
-        <x:v>25802</x:v>
+        <x:v>25803</x:v>
       </x:c>
       <x:c r="Y41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z41" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA41" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB41" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC41" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD41" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF41" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG41" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="n">
-        <x:v>16028</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="B42" t="str">
-        <x:v>90068226</x:v>
+        <x:v>90056149</x:v>
       </x:c>
       <x:c r="C42" t="str">
-        <x:v>HILLOCK ANODIZING INC                             </x:v>
+        <x:v>Har-Conn Chrome Co</x:v>
       </x:c>
       <x:c r="D42" t="str">
-        <x:v>5101 COMLY ST                       </x:v>
+        <x:v>603 New Park Avenue</x:v>
       </x:c>
       <x:c r="E42" t="str">
-        <x:v>PHILADELPHIA                        </x:v>
+        <x:v>W. Hartford</x:v>
       </x:c>
       <x:c r="F42" t="str">
-        <x:v>PA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G42" t="str">
-        <x:v>19135-4317                          </x:v>
+        <x:v>06110</x:v>
       </x:c>
       <x:c r="H42" t="str">
-        <x:v>215-535-8090</x:v>
+        <x:v>(860) 236-6801</x:v>
       </x:c>
       <x:c r="I42" t="str">
-        <x:v>215-288-5110</x:v>
+        <x:v>(860) 570-2107</x:v>
       </x:c>
       <x:c r="J42" t="str">
-        <x:v>11/16/2017</x:v>
+        <x:v>9/1/2010</x:v>
       </x:c>
       <x:c r="K42" t="str">
         <x:v/>
       </x:c>
       <x:c r="L42" t="str">
         <x:v/>
       </x:c>
       <x:c r="M42" t="str">
         <x:v/>
       </x:c>
       <x:c r="N42" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O42" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
-        <x:v>Approved for Type II, IIB, Type III. </x:v>
+        <x:v>Limited to Type I, Type IB, and Type III. 5% sodium dichromate seal is required when MIL-A-8625 is called out for anodizing on the AEW/EWS engineering drawing. Type ll, Class 1 only </x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>23642</x:v>
+        <x:v>25802</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG42" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="n">
-        <x:v>246</x:v>
+        <x:v>16028</x:v>
       </x:c>
       <x:c r="B43" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90068226</x:v>
       </x:c>
       <x:c r="C43" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>HILLOCK ANODIZING INC                             </x:v>
       </x:c>
       <x:c r="D43" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>5101 COMLY ST                       </x:v>
       </x:c>
       <x:c r="E43" t="str">
-        <x:v>Denton</x:v>
+        <x:v>PHILADELPHIA                        </x:v>
       </x:c>
       <x:c r="F43" t="str">
-        <x:v>TX</x:v>
+        <x:v>PA </x:v>
       </x:c>
       <x:c r="G43" t="str">
-        <x:v>76207</x:v>
+        <x:v>19135-4317                          </x:v>
       </x:c>
       <x:c r="H43" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>215-535-8090</x:v>
       </x:c>
       <x:c r="I43" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>215-288-5110</x:v>
       </x:c>
       <x:c r="J43" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/16/2017</x:v>
       </x:c>
       <x:c r="K43" t="str">
         <x:v/>
       </x:c>
       <x:c r="L43" t="str">
         <x:v/>
       </x:c>
       <x:c r="M43" t="str">
         <x:v/>
       </x:c>
       <x:c r="N43" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O43" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P43" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q43" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R43" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T43" t="str">
         <x:v/>
       </x:c>
       <x:c r="U43" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V43" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 anodize is called out on engineering drawings.</x:v>
+        <x:v>Approved for Type II, IIB, Type III. </x:v>
       </x:c>
       <x:c r="W43" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X43" t="n">
-        <x:v>23643</x:v>
+        <x:v>23642</x:v>
       </x:c>
       <x:c r="Y43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z43" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J44" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K44" t="str">
         <x:v/>
       </x:c>
       <x:c r="L44" t="str">
         <x:v/>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V44" t="str">
         <x:v>Dichromate seal is required when Mil-PRF-8625 anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>23644</x:v>
+        <x:v>23643</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>288</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90053200</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>INCERTEC FLORIDA</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>895 Buffalo Road</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>Titusville</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>32796</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>(321) 383-7798</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>(321) 269-9200</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>1/13/2005</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K45" t="str">
         <x:v/>
       </x:c>
       <x:c r="L45" t="str">
         <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V45" t="str">
-        <x:v>Limited to Type II, IIB and Type III only per their Nadcap Approval, with a 5% Sodium Dichromate seal when MIL-PRF-8625 is called out on C-2, E-2, EA-6B, EA-18G or E-8 (JSTARS) Engineering drawings.</x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>23744</x:v>
+        <x:v>23644</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>40934</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90069135</x:v>
+        <x:v>90053200</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>KL ANODIZING CORPORATION</x:v>
+        <x:v>INCERTEC FLORIDA</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>1200 S VICTORY BLVD</x:v>
+        <x:v>895 Buffalo Road</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>BURBANK</x:v>
+        <x:v>Titusville</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>91503-0631</x:v>
+        <x:v>32796</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>818-845-7251</x:v>
+        <x:v>(321) 383-7798</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>818-845-0650</x:v>
+        <x:v>(321) 269-9200</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>3/12/2025</x:v>
+        <x:v>1/13/2005</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V46" t="str">
-        <x:v/>
+        <x:v>Limited to Type II, IIB and
+Type III only per their
+Nadcap Approval, with a 5%
+Sodium Dichromate seal
+when MIL-A-8625 is called
+out on E-2 Engineering
+drawings.</x:v>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>30319</x:v>
+        <x:v>23744</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>5</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90069135</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>KL ANODIZING CORPORATION</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>1200 S VICTORY BLVD</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F47" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>90805</x:v>
+        <x:v>91503-0631</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>818-845-7251</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>818-845-0650</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/12/2025</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V47" t="str">
-        <x:v>Dichromate seal is required whenMil-PRF-8625 is
-called out on engineering drawings.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>26068</x:v>
+        <x:v>30319</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>7652</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90044966</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>MACHINE SPECIALTIES LLC</x:v>
+        <x:v>Lubeco Inc</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>6511 FRANZ WARNER PKWY</x:v>
+        <x:v>6859 Downey Ave</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>WHITSETT</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>NC</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>27377-9215</x:v>
+        <x:v>90805</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>3366031919</x:v>
+        <x:v>(562) 602-1791</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>336-603-1920</x:v>
+        <x:v>(562) 633-4078</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V48" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (JSTARS) engineering drawings.</x:v>
+        <x:v>Dichromate seal is required whenMil-PRF-8625 is
+called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>25810</x:v>
+        <x:v>26068</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>221</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90044966</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>MACHINE SPECIALTIES LLC</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6511 FRANZ WARNER PKWY</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>WHITSETT</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>NY</x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>11704</x:v>
+        <x:v>27377-9215</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>3366031919</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>336-603-1920</x:v>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V49" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Not approved for Type III, Hard Anodic Coatings</x:v>
+        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (JSTARS) engineering drawings.</x:v>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>23649</x:v>
+        <x:v>25810</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD49" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V50" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.</x:v>
+        <x:v>5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Not approved for Type III, Hard Anodic Coatings</x:v>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>25813</x:v>
+        <x:v>23649</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>Alternate seal approved per RC/I 191206 and Bethpage TSL 41048-16</x:v>
+        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>23652</x:v>
+        <x:v>25813</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>26278</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90174834</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>MET FIN CO INC</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>100 S 4TH ST</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>NORTH WALES</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>PA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>19454</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>(215)699-3505</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v/>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>11/28/2023</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Processing of Ground Support Equipment only. Also limited to PN 1479AS108-1 for Type II Class 1 only</x:v>
+        <x:v>Alternate seal approved per RC/I 191206 and Bethpage TSL 41048-16</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>29246</x:v>
+        <x:v>23652</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB52" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC52" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD52" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>18157</x:v>
+        <x:v>26278</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90069110</x:v>
+        <x:v>90174834</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>METAL CHEM INC                                    </x:v>
+        <x:v>MET FIN CO INC</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>21514 NORDHOFF ST                   </x:v>
+        <x:v>100 S 4TH ST</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>NORTH WALES</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>CA </x:v>
+        <x:v>PA</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>91311-5822                          </x:v>
+        <x:v>19454</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>818-727-9951</x:v>
+        <x:v>(215)699-3505</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>818-727-1153</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>8/16/2018</x:v>
+        <x:v>11/28/2023</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Type 2, dichromate seal, Type 3</x:v>
+        <x:v>Processing of Ground Support Equipment only. Also limited to PN 1479AS108-1 for Type II Class 1 only</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>23653</x:v>
+        <x:v>29246</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>247</x:v>
+        <x:v>18157</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90069110</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>METAL CHEM INC                                    </x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>21514 NORDHOFF ST                   </x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>57213</x:v>
+        <x:v>91311-5822                          </x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>818-727-9951</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>818-727-1153</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/16/2018</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V54" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings..</x:v>
+        <x:v>Type 2, dichromate seal, Type 3</x:v>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>23656</x:v>
+        <x:v>23653</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>303</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
         <x:v/>
       </x:c>
       <x:c r="L55" t="str">
         <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings..</x:v>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>23661</x:v>
+        <x:v>23656</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>26413</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90203693</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>MULTI-FLEX PLATING COMPANY</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>109 WILLOW AVENUE</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>COLLINGDALE</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>PA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>19023</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>610-461-7700</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v/>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J56" t="str">
-        <x:v>7/8/2024</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Ground Support Equipment only - Types I, II, and IIB</x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>29725</x:v>
+        <x:v>23661</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -5610,2085 +5616,1987 @@
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>174</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J58" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K58" t="str">
-        <x:v>8H252</x:v>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L58" t="str">
-        <x:v>009659541</x:v>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v>5% sodium dichromate seal is required when Mil-PRF-8625 anodize is called out on E2, F35 engineering drawings.</x:v>
+        <x:v>Approved for Chromic Acid Anodize, Type I  Type IB and Sulfuric Acid Anodize, Type II and Type IIB. 5% Sodium Dichromate seal is required when MIL-PRF- 8625 is called out for anodizing on the AEW/AGS Engineering Drawing.</x:v>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>23634</x:v>
+        <x:v>23664</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>203</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>NY </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V59" t="str">
-        <x:v>Approved for Chromic Acid Anodize, Type I  Type IB and Sulfuric Acid Anodize, Type II and Type IIB. 5% Sodium Dichromate seal is required when MIL-PRF- 8625 is called out for anodizing on the AEW/AGS Engineering Drawing.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>23664</x:v>
+        <x:v>23667</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>17106</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>KS </x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V60" t="str">
-        <x:v/>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>23667</x:v>
+        <x:v>29589</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>248</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v>MO</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>65453</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V61" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
+        <x:v> Type IC only. Not approved for C-2, E-2 and EA-6B Programs  </x:v>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>29589</x:v>
+        <x:v>23668</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>149</x:v>
+        <x:v>9023</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90072125</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>PLATERONICS PROCESSING INC                        </x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>9164 INDEPENDENCE AVE               </x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>CHATSWORTH                          </x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>67213</x:v>
+        <x:v>91311-5902                          </x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>(818 )341-2191</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>(818)341-2194</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>7/30/2015</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V62" t="str">
-        <x:v> Type IC only. Not approved for C-2, E-2 and EA-6B Programs  </x:v>
+        <x:v>Limited to non-flight ground support equipment only</x:v>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>23668</x:v>
+        <x:v>30050</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>9023</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90072125</x:v>
+        <x:v>90070227</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>PLATERONICS PROCESSING INC                        </x:v>
+        <x:v>POLY-METAL FINISHING</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>9164 INDEPENDENCE AVE               </x:v>
+        <x:v>1 ALLEN ST STE 218</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>CHATSWORTH                          </x:v>
+        <x:v>SPRINGFIELD</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>CA </x:v>
+        <x:v>MA</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>91311-5902                          </x:v>
+        <x:v>01108</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>(818 )341-2191</x:v>
+        <x:v>4137814535</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>(818)341-2194</x:v>
+        <x:v>413-781-7160</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>7/30/2015</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V63" t="str">
-        <x:v>Limited to non-flight ground support equipment only</x:v>
+        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>30050</x:v>
+        <x:v>23671</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>151</x:v>
+        <x:v>39197</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90070227</x:v>
+        <x:v>90214448</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>POLY-METAL FINISHING</x:v>
+        <x:v>PRECISION METAL PROCESSING</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>1 ALLEN ST STE 218</x:v>
+        <x:v>1245 W 2nd Street</x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>SPRINGFIELD</x:v>
+        <x:v>POMONA</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>MA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>01108</x:v>
+        <x:v>91766</x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>4137814535</x:v>
+        <x:v>909-623-2304</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>413-781-7160</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>2/5/2025</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V64" t="str">
-        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v>Limited to Ground Support Equipment only.
+Not authorized for flight hardware</x:v>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>23671</x:v>
+        <x:v>30203</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>39197</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90214448</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>PRECISION METAL PROCESSING</x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>1245 W 2nd Street</x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>POMONA</x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>CA</x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>91766</x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>909-623-2304</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v/>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>2/5/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Limited to Ground Support Equipment only.
-Not authorized for flight hardware</x:v>
+        <x:v>Dilute Chromate Seal is approved per successful testing (TSL-36310-11) for AEW/EW Programs only</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>30203</x:v>
+        <x:v>25830</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>153</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>OK</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>74344</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v>Limits: Limited to Type II process with dilute chromic seal for HALE, E-2C/D and Fire Scout</x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings</x:v>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>23672</x:v>
+        <x:v>23674</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>35</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90052991</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>Southwest United Industries Inc</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>422 S Saint Louis Ave</x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>Tulsa</x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>AR </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>74120-3418</x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>918-587-4161</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>918-583-3950</x:v>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/30/2008</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V67" t="str">
-        <x:v>Dilute Chromate Seal is approved per successful testing (TSL-36310-11) for AEW/EW Programs only</x:v>
+        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>25830</x:v>
+        <x:v>23676</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>337</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F68" t="str">
         <x:v>MO </x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J68" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K68" t="str">
         <x:v/>
       </x:c>
       <x:c r="L68" t="str">
         <x:v/>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V68" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings</x:v>
+        <x:v>Types IC, II, IIB, and IIl</x:v>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>23674</x:v>
+        <x:v>23678</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>281</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90052991</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>Southwest United Industries Inc</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>422 S Saint Louis Ave</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>Tulsa</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>OK</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>74120-3418</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>918-587-4161</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>918-583-3950</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>6/30/2008</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K69" t="str">
         <x:v/>
       </x:c>
       <x:c r="L69" t="str">
         <x:v/>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V69" t="str">
-        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>23676</x:v>
+        <x:v>23679</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>15007</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>MO </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J70" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K70" t="str">
         <x:v/>
       </x:c>
       <x:c r="L70" t="str">
         <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V70" t="str">
-        <x:v>Types IC, II, IIB, and IIl</x:v>
+        <x:v>Dilute Chromate Seal is approved per RC/I R103685</x:v>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>23678</x:v>
+        <x:v>23682</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
-        <x:v>161</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>MO</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>63080</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J71" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K71" t="str">
         <x:v/>
       </x:c>
       <x:c r="L71" t="str">
         <x:v/>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P71" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q71" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R71" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T71" t="str">
         <x:v/>
       </x:c>
       <x:c r="U71" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V71" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 called out on engineering drawings.</x:v>
+        <x:v>Dilute Chromate Seal is approved per RC/I #BR103685</x:v>
       </x:c>
       <x:c r="W71" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X71" t="n">
-        <x:v>23679</x:v>
+        <x:v>30395</x:v>
       </x:c>
       <x:c r="Y71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA71" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
-        <x:v>63</x:v>
+        <x:v>12080</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90065333</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>ULTRASPEC FINISHING INC</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>2600 DE MINIAC</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>MONTREAL</x:v>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>CA</x:v>
+        <x:v>QC</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>90262</x:v>
+        <x:v>H4S 1L7</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>514-887-1782</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J72" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/13/2016</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q72" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R72" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T72" t="str">
         <x:v/>
       </x:c>
       <x:c r="U72" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V72" t="str">
-        <x:v>Dilute Chromate Seal is approved per RC/I R103685</x:v>
+        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
       </x:c>
       <x:c r="W72" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X72" t="n">
-        <x:v>23682</x:v>
+        <x:v>23683</x:v>
       </x:c>
       <x:c r="Y72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA72" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB72" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC72" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD72" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG72" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="n">
-        <x:v>44946</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>Valence Grove</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2900 E Hwy 10</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>Grove</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>CA</x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>90262</x:v>
+        <x:v>74344</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v/>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J73" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K73" t="str">
         <x:v/>
       </x:c>
       <x:c r="L73" t="str">
         <x:v/>
       </x:c>
       <x:c r="M73" t="str">
         <x:v/>
       </x:c>
       <x:c r="N73" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O73" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P73" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q73" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R73" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T73" t="str">
         <x:v/>
       </x:c>
       <x:c r="U73" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V73" t="str">
-        <x:v>Dilute Chromate Seal is approved per RC/I #BR103685</x:v>
+        <x:v>Limits: Limited to Type II process with dilute chromic seal for HALE, E-2C/D and Fire Scout</x:v>
       </x:c>
       <x:c r="W73" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X73" t="n">
-        <x:v>30395</x:v>
+        <x:v>25829</x:v>
       </x:c>
       <x:c r="Y73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA73" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB73" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC73" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD73" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG73" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="n">
-        <x:v>12080</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>90065333</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>ULTRASPEC FINISHING INC</x:v>
+        <x:v>Valence Seattle</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>2600 DE MINIAC</x:v>
+        <x:v>8135 1st Avenue South</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>MONTREAL</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>QC</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>H4S 1L7</x:v>
+        <x:v>98108</x:v>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>514-887-1782</x:v>
+        <x:v>(206) 762-5855</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v/>
+        <x:v>(206) 763-1641</x:v>
       </x:c>
       <x:c r="J74" t="str">
-        <x:v>6/13/2016</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K74" t="str">
         <x:v/>
       </x:c>
       <x:c r="L74" t="str">
         <x:v/>
       </x:c>
       <x:c r="M74" t="str">
         <x:v/>
       </x:c>
       <x:c r="N74" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O74" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P74" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q74" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R74" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T74" t="str">
         <x:v/>
       </x:c>
       <x:c r="U74" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V74" t="str">
-        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v>Not approved for Type I; 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
       </x:c>
       <x:c r="W74" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X74" t="n">
-        <x:v>23683</x:v>
+        <x:v>23650</x:v>
       </x:c>
       <x:c r="Y74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA74" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB74" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC74" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD74" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG74" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="n">
-        <x:v>129</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90122537</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>WA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>98108</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>316-371-4674</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J75" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>7/1/2021</x:v>
       </x:c>
       <x:c r="K75" t="str">
         <x:v/>
       </x:c>
       <x:c r="L75" t="str">
         <x:v/>
       </x:c>
       <x:c r="M75" t="str">
         <x:v/>
       </x:c>
       <x:c r="N75" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O75" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P75" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q75" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R75" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T75" t="str">
         <x:v/>
       </x:c>
       <x:c r="U75" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V75" t="str">
-        <x:v>Not approved for Type I; 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
+        <x:v>Limited to Types I, IB, IC, and IIB.  </x:v>
       </x:c>
       <x:c r="W75" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X75" t="n">
-        <x:v>23650</x:v>
+        <x:v>23786</x:v>
       </x:c>
       <x:c r="Y75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA75" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB75" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC75" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD75" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG75" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="n">
-        <x:v>26001</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>90122537</x:v>
+        <x:v>90053807</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Verus Aerospace – Premier Processing</x:v>
+        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>3002 W Pawnee ST</x:v>
+        <x:v>610 W THIRD ST</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WEATHERFORD</x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>KS</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>67213</x:v>
+        <x:v>76086-2037</x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>316-371-4674</x:v>
+        <x:v>817-594-5464</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v/>
+        <x:v>817-594-7450</x:v>
       </x:c>
       <x:c r="J76" t="str">
-        <x:v>7/1/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K76" t="str">
         <x:v/>
       </x:c>
       <x:c r="L76" t="str">
         <x:v/>
       </x:c>
       <x:c r="M76" t="str">
         <x:v/>
       </x:c>
       <x:c r="N76" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O76" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P76" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q76" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R76" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T76" t="str">
         <x:v/>
       </x:c>
       <x:c r="U76" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V76" t="str">
-        <x:v>Limited to Types I, IB, IC, and IIB.  </x:v>
+        <x:v>Not approved for C-2, E-2 and EA-6B Programs</x:v>
       </x:c>
       <x:c r="W76" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X76" t="n">
-        <x:v>23786</x:v>
+        <x:v>23685</x:v>
       </x:c>
       <x:c r="Y76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA76" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB76" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC76" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD76" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG76" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="n">
-        <x:v>209</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>90053807</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>610 W THIRD ST</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>WEATHERFORD</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>76086-2037</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>817-594-5464</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v>817-594-7450</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J77" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K77" t="str">
         <x:v/>
       </x:c>
       <x:c r="L77" t="str">
         <x:v/>
       </x:c>
       <x:c r="M77" t="str">
         <x:v/>
       </x:c>
       <x:c r="N77" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O77" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P77" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q77" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R77" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T77" t="str">
         <x:v/>
       </x:c>
       <x:c r="U77" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V77" t="str">
-        <x:v>Not approved for C-2, E-2 and EA-6B Programs</x:v>
+        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W77" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X77" t="n">
-        <x:v>25840</x:v>
+        <x:v>28844</x:v>
       </x:c>
       <x:c r="Y77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA77" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB77" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC77" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD77" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG77" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG78" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>