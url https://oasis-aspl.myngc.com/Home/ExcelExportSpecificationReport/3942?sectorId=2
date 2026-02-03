--- v1 (2025-12-02)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483a8743e18444cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re95b9cfc9dc040b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1c3515a1a60a425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf0a89be207084fec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1c3515a1a60a425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0a89be207084fec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -613,57 +613,57 @@
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B7" t="str">
         <x:v>90048475</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Aero Metal Finishing</x:v>
+        <x:v>AERO METAL FINISHING</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>2150 Lark Dr</x:v>
+        <x:v>2150 N LARK DR</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Fenton</x:v>
+        <x:v>FENTON</x:v>
       </x:c>
       <x:c r="F7" t="str">
         <x:v>MO</x:v>
       </x:c>
       <x:c r="G7" t="str">
         <x:v>63026-4316</x:v>
       </x:c>
       <x:c r="H7" t="str">
         <x:v>3146771650</x:v>
       </x:c>
       <x:c r="I7" t="str">
         <x:v>3146771034</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
@@ -1593,63 +1593,63 @@
       </x:c>
       <x:c r="AC16" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD16" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF16" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG16" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B17" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C17" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D17" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E17" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F17" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G17" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H17" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I17" t="str">
         <x:v/>
       </x:c>
       <x:c r="J17" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K17" t="str">
         <x:v/>
       </x:c>
       <x:c r="L17" t="str">
         <x:v/>
       </x:c>
       <x:c r="M17" t="str">
         <x:v/>
       </x:c>
       <x:c r="N17" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O17" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
@@ -1691,72 +1691,72 @@
       </x:c>
       <x:c r="AC17" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD17" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF17" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG17" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B18" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C18" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D18" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E18" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G18" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J18" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K18" t="str">
         <x:v/>
       </x:c>
       <x:c r="L18" t="str">
         <x:v/>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>3</x:v>
       </x:c>
@@ -1941,51 +1941,51 @@
       <x:c r="M20" t="str">
         <x:v/>
       </x:c>
       <x:c r="N20" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O20" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P20" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q20" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R20" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T20" t="str">
         <x:v/>
       </x:c>
       <x:c r="U20" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V20" t="str">
-        <x:v>Type 2</x:v>
+        <x:v>Type 2. Dichromate seal is required when Mil-PRF-8625 anodize is called out on engineering drawings</x:v>
       </x:c>
       <x:c r="W20" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X20" t="n">
         <x:v>23709</x:v>
       </x:c>
       <x:c r="Y20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z20" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -2597,54 +2597,54 @@
       <x:c r="C27" t="str">
         <x:v>CRAFT MANUFACTURING  TOOLING INC</x:v>
       </x:c>
       <x:c r="D27" t="str">
         <x:v>7152 Central Ave</x:v>
       </x:c>
       <x:c r="E27" t="str">
         <x:v>HOT SPRINGS NATIONAL PARK</x:v>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>AR</x:v>
       </x:c>
       <x:c r="G27" t="str">
         <x:v>71913-7348</x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>5015250268</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v/>
       </x:c>
       <x:c r="J27" t="str">
         <x:v>5/21/2019</x:v>
       </x:c>
       <x:c r="K27" t="str">
-        <x:v/>
+        <x:v>0CMM5</x:v>
       </x:c>
       <x:c r="L27" t="str">
-        <x:v/>
+        <x:v>197035405</x:v>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
@@ -3361,105 +3361,106 @@
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>AU</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B35" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H35" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I35" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J35" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V35" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out for C-2, E-2C/D, EA-6B, EA-18G or E-8 JSTARS engineering drawings. Also approved for Type III</x:v>
+        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.
+Also approved for Type III</x:v>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X35" t="n">
         <x:v>23631</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -4107,51 +4108,51 @@
       <x:c r="O42" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P42" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q42" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R42" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T42" t="str">
         <x:v/>
       </x:c>
       <x:c r="U42" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V42" t="str">
         <x:v>Limited to Type I, Type IB, and Type III. 5% sodium dichromate seal is required when MIL-A-8625 is called out for anodizing on the AEW/EWS engineering drawing. Type ll, Class 1 only </x:v>
       </x:c>
       <x:c r="W42" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X42" t="n">
-        <x:v>25802</x:v>
+        <x:v>23640</x:v>
       </x:c>
       <x:c r="Y42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z42" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA42" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB42" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC42" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD42" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE42" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF42" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -4641,69 +4642,69 @@
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B48" t="str">
         <x:v>90051466</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>90805</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J48" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
@@ -4930,328 +4931,328 @@
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>240</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>IL </x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v/>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V51" t="str">
-        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.</x:v>
+        <x:v>Not approved for Type I; 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>25813</x:v>
+        <x:v>23650</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V52" t="str">
-        <x:v>Alternate seal approved per RC/I 191206 and Bethpage TSL 41048-16</x:v>
+        <x:v>5% sodium or potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.</x:v>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>23652</x:v>
+        <x:v>23651</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>26278</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90174834</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>MET FIN CO INC</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>100 S 4TH ST</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>NORTH WALES</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>PA</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>19454</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>(215)699-3505</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v/>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J53" t="str">
-        <x:v>11/28/2023</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V53" t="str">
-        <x:v>Processing of Ground Support Equipment only. Also limited to PN 1479AS108-1 for Type II Class 1 only</x:v>
+        <x:v>Alternate seal approved per RC/I 191206 and Bethpage TSL 41048-16</x:v>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>29246</x:v>
+        <x:v>23652</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB53" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC53" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
         <x:v>18157</x:v>
       </x:c>
       <x:c r="B54" t="str">
         <x:v>90069110</x:v>
       </x:c>
       <x:c r="C54" t="str">
         <x:v>METAL CHEM INC                                    </x:v>
       </x:c>
       <x:c r="D54" t="str">
@@ -6303,1300 +6304,1202 @@
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>35</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>AR </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J65" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K65" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>Dilute Chromate Seal is approved per successful testing (TSL-36310-11) for AEW/EW Programs only</x:v>
+        <x:v>Limits: Limited to Type II process with dilute chromic seal for HALE, E-2C/D and Fire Scout</x:v>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>25830</x:v>
+        <x:v>23672</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>337</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>MO </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings</x:v>
+        <x:v>Dilute Chromate Seal is approved per successful testing (TSL-36310-11) for AEW/EW Programs only</x:v>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>23674</x:v>
+        <x:v>25830</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>281</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90052991</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>Southwest United Industries Inc</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>422 S Saint Louis Ave</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>Tulsa</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>OK</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>74120-3418</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>918-587-4161</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>918-583-3950</x:v>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>6/30/2008</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V67" t="str">
-        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 Type II anodize is called out on engineering drawings</x:v>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>23676</x:v>
+        <x:v>23674</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>15007</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90052991</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>Southwest United Industries Inc</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>422 S Saint Louis Ave</x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>Tulsa</x:v>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>MO </x:v>
+        <x:v>OK</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>74120-3418</x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>918-587-4161</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v>918-583-3950</x:v>
       </x:c>
       <x:c r="J68" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>6/30/2008</x:v>
       </x:c>
       <x:c r="K68" t="str">
         <x:v/>
       </x:c>
       <x:c r="L68" t="str">
         <x:v/>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V68" t="str">
-        <x:v>Types IC, II, IIB, and IIl</x:v>
+        <x:v> 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>23678</x:v>
+        <x:v>23676</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>161</x:v>
+        <x:v>15007</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90068157</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>Steelville Manufacturing Co</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>1056 Perkins Dr          </x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Steelville                  </x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>MO</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>63080</x:v>
+        <x:v>65565                               </x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>573-775-2977</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>573-775-5093</x:v>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>10/23/2017</x:v>
       </x:c>
       <x:c r="K69" t="str">
         <x:v/>
       </x:c>
       <x:c r="L69" t="str">
         <x:v/>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V69" t="str">
-        <x:v>Dichromate seal is required when Mil-PRF-8625 called out on engineering drawings.</x:v>
+        <x:v>Types IC, II, IIB, and IIl</x:v>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>23679</x:v>
+        <x:v>23678</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>63</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90053494</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>TRIUMPH PROCESSING</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>2605 INDUSTRY WAY</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>LYNWOOD</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>90262</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>(323) 563-1338</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>323-567-7130</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J70" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K70" t="str">
         <x:v/>
       </x:c>
       <x:c r="L70" t="str">
         <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V70" t="str">
-        <x:v>Dilute Chromate Seal is approved per RC/I R103685</x:v>
+        <x:v>Dichromate seal is required when Mil-PRF-8625 called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>23682</x:v>
+        <x:v>23679</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
-        <x:v>44946</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F71" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G71" t="str">
         <x:v>90262</x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v/>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J71" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K71" t="str">
         <x:v/>
       </x:c>
       <x:c r="L71" t="str">
         <x:v/>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P71" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q71" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R71" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T71" t="str">
         <x:v/>
       </x:c>
       <x:c r="U71" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V71" t="str">
-        <x:v>Dilute Chromate Seal is approved per RC/I #BR103685</x:v>
+        <x:v>Dilute Chromate Seal is approved per RC/I R103685</x:v>
       </x:c>
       <x:c r="W71" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X71" t="n">
-        <x:v>30395</x:v>
+        <x:v>23682</x:v>
       </x:c>
       <x:c r="Y71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA71" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
-        <x:v>12080</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>90065333</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>ULTRASPEC FINISHING INC</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>2600 DE MINIAC</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>MONTREAL</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>QC</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>H4S 1L7</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>514-887-1782</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I72" t="str">
         <x:v/>
       </x:c>
       <x:c r="J72" t="str">
-        <x:v>6/13/2016</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q72" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R72" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T72" t="str">
         <x:v/>
       </x:c>
       <x:c r="U72" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V72" t="str">
-        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
+        <x:v>Dilute Chromate Seal is approved per RC/I #BR103685</x:v>
       </x:c>
       <x:c r="W72" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X72" t="n">
-        <x:v>23683</x:v>
+        <x:v>30395</x:v>
       </x:c>
       <x:c r="Y72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA72" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB72" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC72" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD72" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG72" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="n">
-        <x:v>153</x:v>
+        <x:v>12080</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90065333</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>Valence Grove</x:v>
+        <x:v>ULTRASPEC FINISHING INC</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>2900 E Hwy 10</x:v>
+        <x:v>2600 DE MINIAC</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Grove</x:v>
+        <x:v>MONTREAL</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>OK</x:v>
+        <x:v>QC</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>74344</x:v>
+        <x:v>H4S 1L7</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>514-887-1782</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J73" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/13/2016</x:v>
       </x:c>
       <x:c r="K73" t="str">
         <x:v/>
       </x:c>
       <x:c r="L73" t="str">
         <x:v/>
       </x:c>
       <x:c r="M73" t="str">
         <x:v/>
       </x:c>
       <x:c r="N73" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O73" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P73" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q73" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R73" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T73" t="str">
         <x:v/>
       </x:c>
       <x:c r="U73" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V73" t="str">
-        <x:v>Limits: Limited to Type II process with dilute chromic seal for HALE, E-2C/D and Fire Scout</x:v>
+        <x:v>Limited to 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings.  </x:v>
       </x:c>
       <x:c r="W73" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X73" t="n">
-        <x:v>25829</x:v>
+        <x:v>23683</x:v>
       </x:c>
       <x:c r="Y73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA73" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB73" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC73" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD73" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG73" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="n">
-        <x:v>129</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90122537</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>WA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>98108</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>316-371-4674</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J74" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>7/1/2021</x:v>
       </x:c>
       <x:c r="K74" t="str">
         <x:v/>
       </x:c>
       <x:c r="L74" t="str">
         <x:v/>
       </x:c>
       <x:c r="M74" t="str">
         <x:v/>
       </x:c>
       <x:c r="N74" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O74" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P74" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q74" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R74" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T74" t="str">
         <x:v/>
       </x:c>
       <x:c r="U74" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V74" t="str">
-        <x:v>Not approved for Type I; 5% sodium or potassium dichromate seal is required when Mil-PRF-8625, Type II anodize is called out on C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings</x:v>
+        <x:v>Limited to Types I, IB, IC, and IIB.  </x:v>
       </x:c>
       <x:c r="W74" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X74" t="n">
-        <x:v>23650</x:v>
+        <x:v>23786</x:v>
       </x:c>
       <x:c r="Y74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA74" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB74" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC74" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD74" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG74" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="n">
-        <x:v>26001</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>90122537</x:v>
+        <x:v>90053807</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>Verus Aerospace – Premier Processing</x:v>
+        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>3002 W Pawnee ST</x:v>
+        <x:v>610 W THIRD ST</x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>WEATHERFORD</x:v>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>KS</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>67213</x:v>
+        <x:v>76086-2037</x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>316-371-4674</x:v>
+        <x:v>817-594-5464</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v/>
+        <x:v>817-594-7450</x:v>
       </x:c>
       <x:c r="J75" t="str">
-        <x:v>7/1/2021</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K75" t="str">
         <x:v/>
       </x:c>
       <x:c r="L75" t="str">
         <x:v/>
       </x:c>
       <x:c r="M75" t="str">
         <x:v/>
       </x:c>
       <x:c r="N75" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O75" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P75" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q75" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R75" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T75" t="str">
         <x:v/>
       </x:c>
       <x:c r="U75" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V75" t="str">
-        <x:v>Limited to Types I, IB, IC, and IIB.  </x:v>
+        <x:v>Not approved for C-2, E-2 and EA-6B Programs</x:v>
       </x:c>
       <x:c r="W75" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X75" t="n">
-        <x:v>23786</x:v>
+        <x:v>25840</x:v>
       </x:c>
       <x:c r="Y75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA75" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB75" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC75" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD75" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG75" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="n">
-        <x:v>209</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>90053807</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>WEATHERFORD AEROSPACE LLC</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>610 W THIRD ST</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>WEATHERFORD</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>76086-2037</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>817-594-5464</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v>817-594-7450</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J76" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K76" t="str">
         <x:v/>
       </x:c>
       <x:c r="L76" t="str">
         <x:v/>
       </x:c>
       <x:c r="M76" t="str">
         <x:v/>
       </x:c>
       <x:c r="N76" t="str">
         <x:v>5% potassium dichromate seal is required when Mil-A-8625, Type II anodize is called out on AEW programs: C-2, E-2C/D, EA-6B, EA-18G or E-8 (Jstars) engineering drawings. Potassium dichromate. Seal per approved RCI BR 126072 for AEW programs. This includes the recently installed 50 foot tanks.</x:v>
       </x:c>
       <x:c r="O76" t="str">
         <x:v>MIL-PRF-8625</x:v>
       </x:c>
       <x:c r="P76" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q76" t="str">
         <x:v>Anodic Coatings For Aluminum and Aluminum Alloys</x:v>
       </x:c>
       <x:c r="R76" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T76" t="str">
         <x:v/>
       </x:c>
       <x:c r="U76" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V76" t="str">
-        <x:v>Not approved for C-2, E-2 and EA-6B Programs</x:v>
+        <x:v>Dichromate seal is required when MIL-PRF-8625 Type II anodize is called out on engineering drawings.</x:v>
       </x:c>
       <x:c r="W76" t="n">
         <x:v>3942</x:v>
       </x:c>
       <x:c r="X76" t="n">
-        <x:v>23685</x:v>
+        <x:v>28844</x:v>
       </x:c>
       <x:c r="Y76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA76" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB76" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC76" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD76" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG76" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG77" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>