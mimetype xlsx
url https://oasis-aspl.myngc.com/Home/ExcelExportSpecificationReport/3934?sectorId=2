--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aac4e5f8fdd47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9366f32cdc94c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfcb44797e3be4810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa183306ce5f4996"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfcb44797e3be4810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa183306ce5f4996" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -707,54 +707,54 @@
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B8" t="str">
         <x:v>90024581</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E8" t="str">
         <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F8" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G8" t="str">
         <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H8" t="str">
         <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I8" t="str">
         <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v>8H252</x:v>
       </x:c>
       <x:c r="L8" t="str">
         <x:v>009659541</x:v>
       </x:c>
@@ -794,31 +794,129 @@
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9">
+      <x:c r="A9" t="n">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B9" t="str">
+        <x:v>90062270</x:v>
+      </x:c>
+      <x:c r="C9" t="str">
+        <x:v>SUNVAIR COATING TECHNOLOGIES</x:v>
+      </x:c>
+      <x:c r="D9" t="str">
+        <x:v>1837 N VICTORY PL</x:v>
+      </x:c>
+      <x:c r="E9" t="str">
+        <x:v>BURBANK</x:v>
+      </x:c>
+      <x:c r="F9" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G9" t="str">
+        <x:v>91504-3424</x:v>
+      </x:c>
+      <x:c r="H9" t="str">
+        <x:v>818-845-6243</x:v>
+      </x:c>
+      <x:c r="I9" t="str">
+        <x:v>818-845-7064</x:v>
+      </x:c>
+      <x:c r="J9" t="str">
+        <x:v>7/9/2013</x:v>
+      </x:c>
+      <x:c r="K9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="O9" t="str">
+        <x:v>MIL-DTL-18264</x:v>
+      </x:c>
+      <x:c r="P9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q9" t="str">
+        <x:v>Finishes Organic, Weapons System, Application and Control of</x:v>
+      </x:c>
+      <x:c r="R9" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="T9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U9" t="str">
+        <x:v>Chemical Processing</x:v>
+      </x:c>
+      <x:c r="V9" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W9" t="n">
+        <x:v>3934</x:v>
+      </x:c>
+      <x:c r="X9" t="n">
+        <x:v>30457</x:v>
+      </x:c>
+      <x:c r="Y9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z9" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA9" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB9" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC9" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD9" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF9" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>