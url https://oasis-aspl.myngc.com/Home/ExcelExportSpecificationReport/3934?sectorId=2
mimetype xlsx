--- v1 (2025-12-18)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9366f32cdc94c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd20cd07d0dc4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfa183306ce5f4996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3cd9c308586341cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfa183306ce5f4996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3cd9c308586341cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">