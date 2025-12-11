--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8589d833f8e4886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd562f7e255bb474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R4d7a817091804060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R37b6d70a4822455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4d7a817091804060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37b6d70a4822455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">