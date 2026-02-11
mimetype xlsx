--- v1 (2025-12-11)
+++ v2 (2026-02-11)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd562f7e255bb474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref71736998914731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R37b6d70a4822455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R6106317380764353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37b6d70a4822455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6106317380764353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -903,69 +903,69 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90046204</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>Welding Metallurgy Inc</x:v>
+        <x:v>WELDING METALLURGY INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>91 Heartland Blvd</x:v>
+        <x:v>91 HEARTLAND BOULEVARD</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>Edgewood</x:v>
+        <x:v>EDGEWOOD</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>11717</x:v>
+        <x:v>11717-8330</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>(631) 586-5200 x 133</x:v>
+        <x:v>6315865200</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v/>
+        <x:v>631-231-4970</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>GSS 6203</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Fusion Welding of Steels, Corrosion and Heat Resistant Steels and Nickel</x:v>
       </x:c>