--- v0 (2025-11-02)
+++ v1 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ad05ab81fb4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658dca59c75241a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R99bc6eec060142e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R89294c9eabba4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R99bc6eec060142e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89294c9eabba4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">