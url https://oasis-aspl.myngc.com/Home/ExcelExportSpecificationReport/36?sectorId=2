--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R658dca59c75241a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7047bdf97a48b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R89294c9eabba4c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R286eb38dbeb440c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R89294c9eabba4c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R286eb38dbeb440c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -315,63 +315,63 @@
       </x:c>
       <x:c r="AC3" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD3" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG3" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="n">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B4" t="str">
         <x:v>90053657</x:v>
       </x:c>
       <x:c r="C4" t="str">
-        <x:v>VALCO MANUFACTURING CO INC</x:v>
+        <x:v>VALCO INC</x:v>
       </x:c>
       <x:c r="D4" t="str">
-        <x:v>1009 Boren RD</x:v>
+        <x:v>1009 BOREN BOULEVARD</x:v>
       </x:c>
       <x:c r="E4" t="str">
         <x:v>DUNCAN</x:v>
       </x:c>
       <x:c r="F4" t="str">
         <x:v>OK</x:v>
       </x:c>
       <x:c r="G4" t="str">
-        <x:v>73533</x:v>
+        <x:v>73533-4182</x:v>
       </x:c>
       <x:c r="H4" t="str">
         <x:v>5802554300</x:v>
       </x:c>
       <x:c r="I4" t="str">
         <x:v>580-470-2033</x:v>
       </x:c>
       <x:c r="J4" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K4" t="str">
         <x:v/>
       </x:c>
       <x:c r="L4" t="str">
         <x:v/>
       </x:c>
       <x:c r="M4" t="str">
         <x:v/>
       </x:c>
       <x:c r="N4" t="str">
         <x:v/>
       </x:c>
       <x:c r="O4" t="str">
         <x:v>C-23</x:v>
       </x:c>