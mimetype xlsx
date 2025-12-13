--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R814ff04ccffd4cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431ae64182b74cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rec74617e555a4f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0f0dd92538404bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rec74617e555a4f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f0dd92538404bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">