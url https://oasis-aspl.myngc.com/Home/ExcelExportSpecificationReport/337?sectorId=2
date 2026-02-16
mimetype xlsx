--- v1 (2025-12-13)
+++ v2 (2026-02-16)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431ae64182b74cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf390e5c691cf42cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R0f0dd92538404bc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc538bd7aedfb49fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0f0dd92538404bc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc538bd7aedfb49fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -413,63 +413,63 @@
       </x:c>
       <x:c r="AC4" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD4" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG4" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B5" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C5" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D5" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E5" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F5" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G5" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H5" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I5" t="str">
         <x:v/>
       </x:c>
       <x:c r="J5" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K5" t="str">
         <x:v/>
       </x:c>
       <x:c r="L5" t="str">
         <x:v/>
       </x:c>
       <x:c r="M5" t="str">
         <x:v/>
       </x:c>
       <x:c r="N5" t="str">
         <x:v/>
       </x:c>
       <x:c r="O5" t="str">
         <x:v>IT-60</x:v>
       </x:c>
@@ -805,63 +805,63 @@
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90049646</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>CONTINENTAL FORGE COMPANY                         </x:v>
+        <x:v>CONTINENTAL FORGE COMPANY</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>512 E CARLIN AVE                    </x:v>
+        <x:v>512 E CARLIN AVE</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90222-2312                          </x:v>
+        <x:v>90222-2312</x:v>
       </x:c>
       <x:c r="H9" t="str">
         <x:v>310-603-1014</x:v>
       </x:c>
       <x:c r="I9" t="str">
         <x:v>310-631-7223</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>5/16/2006</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>IT-60</x:v>
       </x:c>