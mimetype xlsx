--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fae2c2cc5e4f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58415b084614a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R38f613f251414187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd3cc314189e14607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R38f613f251414187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3cc314189e14607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">