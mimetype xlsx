--- v1 (2025-11-30)
+++ v2 (2026-01-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb58415b084614a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834552679b96439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd3cc314189e14607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R640b672febd541f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd3cc314189e14607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R640b672febd541f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">