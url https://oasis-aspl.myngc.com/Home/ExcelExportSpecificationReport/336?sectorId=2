--- v2 (2026-01-19)
+++ v3 (2026-03-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834552679b96439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce209056bda749a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R640b672febd541f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rf0a45affd2024177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R640b672febd541f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf0a45affd2024177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -113,132 +113,132 @@
       </x:c>
       <x:c r="AA1" t="str">
         <x:v>CountryId</x:v>
       </x:c>
       <x:c r="AB1" t="str">
         <x:v>CountryName</x:v>
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
-        <x:v>39240</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B2" t="str">
-        <x:v>90070112</x:v>
+        <x:v>90049293</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>Shellcast Foundries Inc</x:v>
+        <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>10645 Lamoureux</x:v>
+        <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>Montreal-North, Quebec</x:v>
+        <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F2" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>H1G 5L4</x:v>
+        <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H2" t="str">
-        <x:v>514-322-3760</x:v>
+        <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I2" t="str">
-        <x:v/>
+        <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J2" t="str">
-        <x:v>2/7/2025</x:v>
+        <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K2" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="L2" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>IT-55</x:v>
       </x:c>
       <x:c r="P2" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q2" t="str">
         <x:v>Nondestructive Testing of Nonpremium Quality Castings</x:v>
       </x:c>
       <x:c r="R2" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T2" t="str">
         <x:v/>
       </x:c>
       <x:c r="U2" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V2" t="str">
         <x:v/>
       </x:c>
       <x:c r="W2" t="n">
         <x:v>336</x:v>
       </x:c>
       <x:c r="X2" t="n">
-        <x:v>30066</x:v>
+        <x:v>30607</x:v>
       </x:c>
       <x:c r="Y2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z2" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA2" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB2" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC2" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD2" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF2" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG2" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="n">
         <x:v>26371</x:v>
       </x:c>
       <x:c r="B3" t="str">
         <x:v>90175520</x:v>
       </x:c>
       <x:c r="C3" t="str">
         <x:v>YANKEE CASTING COMPANY</x:v>
       </x:c>
       <x:c r="D3" t="str">