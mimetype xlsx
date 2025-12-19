--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769511ece95640ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866f60c013774d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Re8198607928a4dd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R50a50963bc864832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re8198607928a4dd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50a50963bc864832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1001,72 +1001,72 @@
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B11" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F11" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H11" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I11" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>7</x:v>
       </x:c>
@@ -1975,1899 +1975,1899 @@
       </x:c>
       <x:c r="AA20" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB20" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC20" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD20" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF20" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG20" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B21" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C21" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D21" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E21" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F21" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G21" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H21" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I21" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J21" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K21" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L21" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M21" t="str">
         <x:v/>
       </x:c>
       <x:c r="N21" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O21" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P21" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q21" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R21" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T21" t="str">
         <x:v/>
       </x:c>
       <x:c r="U21" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V21" t="str">
         <x:v/>
       </x:c>
       <x:c r="W21" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X21" t="n">
-        <x:v>23432</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="Y21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z21" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA21" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB21" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC21" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD21" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF21" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG21" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="n">
-        <x:v>34</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B22" t="str">
-        <x:v>90053973</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C22" t="str">
-        <x:v>Heroux-Devtek Inc</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D22" t="str">
-        <x:v>755 Rue Thurber</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E22" t="str">
-        <x:v>Longueuil Quebec</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F22" t="str">
-        <x:v/>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G22" t="str">
-        <x:v>J4H 3N2</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H22" t="str">
-        <x:v>(450) 679-5450</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I22" t="str">
-        <x:v>(450) 679-4554</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J22" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K22" t="str">
         <x:v/>
       </x:c>
       <x:c r="L22" t="str">
         <x:v/>
       </x:c>
       <x:c r="M22" t="str">
         <x:v/>
       </x:c>
       <x:c r="N22" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O22" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P22" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q22" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R22" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T22" t="str">
         <x:v/>
       </x:c>
       <x:c r="U22" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V22" t="str">
         <x:v/>
       </x:c>
       <x:c r="W22" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X22" t="n">
-        <x:v>146</x:v>
+        <x:v>23432</x:v>
       </x:c>
       <x:c r="Y22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z22" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA22" t="n">
-        <x:v>225</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB22" t="str">
-        <x:v>Canada</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC22" t="str">
-        <x:v>CA</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD22" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF22" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG22" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="n">
-        <x:v>246</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B23" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90053973</x:v>
       </x:c>
       <x:c r="C23" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>Heroux-Devtek Inc</x:v>
       </x:c>
       <x:c r="D23" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>755 Rue Thurber</x:v>
       </x:c>
       <x:c r="E23" t="str">
-        <x:v>Denton</x:v>
+        <x:v>Longueuil Quebec</x:v>
       </x:c>
       <x:c r="F23" t="str">
-        <x:v>TX</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G23" t="str">
-        <x:v>76207</x:v>
+        <x:v>J4H 3N2</x:v>
       </x:c>
       <x:c r="H23" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>(450) 679-5450</x:v>
       </x:c>
       <x:c r="I23" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>(450) 679-4554</x:v>
       </x:c>
       <x:c r="J23" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K23" t="str">
         <x:v/>
       </x:c>
       <x:c r="L23" t="str">
         <x:v/>
       </x:c>
       <x:c r="M23" t="str">
         <x:v/>
       </x:c>
       <x:c r="N23" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O23" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P23" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q23" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R23" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T23" t="str">
         <x:v/>
       </x:c>
       <x:c r="U23" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V23" t="str">
         <x:v/>
       </x:c>
       <x:c r="W23" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X23" t="n">
-        <x:v>1597</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Y23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z23" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA23" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB23" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC23" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD23" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF23" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG23" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B24" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C24" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D24" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E24" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F24" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G24" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H24" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I24" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J24" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K24" t="str">
         <x:v/>
       </x:c>
       <x:c r="L24" t="str">
         <x:v/>
       </x:c>
       <x:c r="M24" t="str">
         <x:v/>
       </x:c>
       <x:c r="N24" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O24" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P24" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q24" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R24" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T24" t="str">
         <x:v/>
       </x:c>
       <x:c r="U24" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V24" t="str">
         <x:v/>
       </x:c>
       <x:c r="W24" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X24" t="n">
-        <x:v>1119</x:v>
+        <x:v>1597</x:v>
       </x:c>
       <x:c r="Y24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z24" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA24" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB24" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC24" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD24" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF24" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG24" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="n">
-        <x:v>2960</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B25" t="str">
-        <x:v>90050936</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C25" t="str">
-        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D25" t="str">
-        <x:v>18301 S SANTA FE AVE</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E25" t="str">
-        <x:v>COMPTON</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F25" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G25" t="str">
-        <x:v>90221</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H25" t="str">
-        <x:v>3105373750</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I25" t="str">
-        <x:v>310-537-2919</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J25" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K25" t="str">
         <x:v/>
       </x:c>
       <x:c r="L25" t="str">
         <x:v/>
       </x:c>
       <x:c r="M25" t="str">
         <x:v/>
       </x:c>
       <x:c r="N25" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O25" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P25" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q25" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R25" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T25" t="str">
         <x:v/>
       </x:c>
       <x:c r="U25" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V25" t="str">
         <x:v/>
       </x:c>
       <x:c r="W25" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X25" t="n">
-        <x:v>10340</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="Y25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z25" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA25" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB25" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
-        <x:v>3</x:v>
+        <x:v>2960</x:v>
       </x:c>
       <x:c r="B26" t="str">
-        <x:v>90051195</x:v>
+        <x:v>90050936</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>Kamatics Corporation</x:v>
+        <x:v>INDUSTRIAL TECTONICS BEARINGS CORP</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>1330 Blue Hills Ave</x:v>
+        <x:v>18301 S SANTA FE AVE</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>Bloomfield</x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F26" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>06002</x:v>
+        <x:v>90221</x:v>
       </x:c>
       <x:c r="H26" t="str">
-        <x:v>(860) 243-7596</x:v>
+        <x:v>3105373750</x:v>
       </x:c>
       <x:c r="I26" t="str">
-        <x:v>(860) 243-7993</x:v>
+        <x:v>310-537-2919</x:v>
       </x:c>
       <x:c r="J26" t="str">
-        <x:v>12/10/2004</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P26" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q26" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R26" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T26" t="str">
         <x:v/>
       </x:c>
       <x:c r="U26" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V26" t="str">
         <x:v/>
       </x:c>
       <x:c r="W26" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X26" t="n">
-        <x:v>252</x:v>
+        <x:v>10340</x:v>
       </x:c>
       <x:c r="Y26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z26" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA26" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB26" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
-        <x:v>3218</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B27" t="str">
-        <x:v>90042003</x:v>
+        <x:v>90051195</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>KAYDON CORPORATION</x:v>
+        <x:v>Kamatics Corporation</x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>2860 MCCRACKEN ST</x:v>
+        <x:v>1330 Blue Hills Ave</x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>NORTON SHORES</x:v>
+        <x:v>Bloomfield</x:v>
       </x:c>
       <x:c r="F27" t="str">
-        <x:v>MI</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>49441-3421</x:v>
+        <x:v>06002</x:v>
       </x:c>
       <x:c r="H27" t="str">
-        <x:v>231-755-3747</x:v>
+        <x:v>(860) 243-7596</x:v>
       </x:c>
       <x:c r="I27" t="str">
-        <x:v>231-755-4102</x:v>
+        <x:v>(860) 243-7993</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>12/10/2004</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T27" t="str">
         <x:v/>
       </x:c>
       <x:c r="U27" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V27" t="str">
         <x:v/>
       </x:c>
       <x:c r="W27" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X27" t="n">
-        <x:v>5963</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Y27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z27" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA27" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB27" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC27" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD27" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF27" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG27" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="n">
-        <x:v>7652</x:v>
+        <x:v>3218</x:v>
       </x:c>
       <x:c r="B28" t="str">
-        <x:v>90044966</x:v>
+        <x:v>90042003</x:v>
       </x:c>
       <x:c r="C28" t="str">
-        <x:v>MACHINE SPECIALTIES LLC</x:v>
+        <x:v>KAYDON CORPORATION</x:v>
       </x:c>
       <x:c r="D28" t="str">
-        <x:v>6511 FRANZ WARNER PKWY</x:v>
+        <x:v>2860 MCCRACKEN ST</x:v>
       </x:c>
       <x:c r="E28" t="str">
-        <x:v>WHITSETT</x:v>
+        <x:v>NORTON SHORES</x:v>
       </x:c>
       <x:c r="F28" t="str">
-        <x:v>NC</x:v>
+        <x:v>MI</x:v>
       </x:c>
       <x:c r="G28" t="str">
-        <x:v>27377-9215</x:v>
+        <x:v>49441-3421</x:v>
       </x:c>
       <x:c r="H28" t="str">
-        <x:v>3366031919</x:v>
+        <x:v>231-755-3747</x:v>
       </x:c>
       <x:c r="I28" t="str">
-        <x:v>336-603-1920</x:v>
+        <x:v>231-755-4102</x:v>
       </x:c>
       <x:c r="J28" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K28" t="str">
         <x:v/>
       </x:c>
       <x:c r="L28" t="str">
         <x:v/>
       </x:c>
       <x:c r="M28" t="str">
         <x:v/>
       </x:c>
       <x:c r="N28" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O28" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P28" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q28" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R28" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T28" t="str">
         <x:v/>
       </x:c>
       <x:c r="U28" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V28" t="str">
         <x:v/>
       </x:c>
       <x:c r="W28" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X28" t="n">
-        <x:v>9232</x:v>
+        <x:v>5963</x:v>
       </x:c>
       <x:c r="Y28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z28" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA28" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB28" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC28" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD28" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF28" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG28" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="n">
-        <x:v>221</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="B29" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90044966</x:v>
       </x:c>
       <x:c r="C29" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>MACHINE SPECIALTIES LLC</x:v>
       </x:c>
       <x:c r="D29" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6511 FRANZ WARNER PKWY</x:v>
       </x:c>
       <x:c r="E29" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>WHITSETT</x:v>
       </x:c>
       <x:c r="F29" t="str">
-        <x:v>NY</x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G29" t="str">
-        <x:v>11704</x:v>
+        <x:v>27377-9215</x:v>
       </x:c>
       <x:c r="H29" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>3366031919</x:v>
       </x:c>
       <x:c r="I29" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>336-603-1920</x:v>
       </x:c>
       <x:c r="J29" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K29" t="str">
         <x:v/>
       </x:c>
       <x:c r="L29" t="str">
         <x:v/>
       </x:c>
       <x:c r="M29" t="str">
         <x:v/>
       </x:c>
       <x:c r="N29" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O29" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P29" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q29" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R29" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T29" t="str">
         <x:v/>
       </x:c>
       <x:c r="U29" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V29" t="str">
         <x:v/>
       </x:c>
       <x:c r="W29" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X29" t="n">
-        <x:v>1419</x:v>
+        <x:v>9232</x:v>
       </x:c>
       <x:c r="Y29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z29" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA29" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB29" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC29" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD29" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF29" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG29" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B30" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C30" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D30" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E30" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F30" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G30" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H30" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I30" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J30" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K30" t="str">
         <x:v/>
       </x:c>
       <x:c r="L30" t="str">
         <x:v/>
       </x:c>
       <x:c r="M30" t="str">
         <x:v/>
       </x:c>
       <x:c r="N30" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O30" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P30" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q30" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R30" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T30" t="str">
         <x:v/>
       </x:c>
       <x:c r="U30" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V30" t="str">
         <x:v/>
       </x:c>
       <x:c r="W30" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X30" t="n">
-        <x:v>1569</x:v>
+        <x:v>1419</x:v>
       </x:c>
       <x:c r="Y30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z30" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA30" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB30" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC30" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD30" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF30" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG30" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="n">
-        <x:v>142</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B31" t="str">
-        <x:v>90053907</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C31" t="str">
-        <x:v>McWILLIAMS FORGE CO                               </x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D31" t="str">
-        <x:v>387 FRANKLIN AVE                    </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E31" t="str">
-        <x:v>ROCKAWAY                            </x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F31" t="str">
-        <x:v>NJ </x:v>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G31" t="str">
-        <x:v>07866-4014                          </x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H31" t="str">
-        <x:v>973-627-0200</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I31" t="str">
-        <x:v>973-625-9316</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J31" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K31" t="str">
         <x:v/>
       </x:c>
       <x:c r="L31" t="str">
         <x:v/>
       </x:c>
       <x:c r="M31" t="str">
         <x:v/>
       </x:c>
       <x:c r="N31" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O31" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P31" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q31" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R31" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T31" t="str">
         <x:v/>
       </x:c>
       <x:c r="U31" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V31" t="str">
         <x:v/>
       </x:c>
       <x:c r="W31" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X31" t="n">
-        <x:v>749</x:v>
+        <x:v>1569</x:v>
       </x:c>
       <x:c r="Y31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z31" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA31" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB31" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC31" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD31" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF31" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG31" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="n">
-        <x:v>292</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B32" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90053907</x:v>
       </x:c>
       <x:c r="C32" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>McWILLIAMS FORGE CO                               </x:v>
       </x:c>
       <x:c r="D32" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>387 FRANKLIN AVE                    </x:v>
       </x:c>
       <x:c r="E32" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>ROCKAWAY                            </x:v>
       </x:c>
       <x:c r="F32" t="str">
-        <x:v/>
+        <x:v>NJ </x:v>
       </x:c>
       <x:c r="G32" t="str">
-        <x:v>31607</x:v>
+        <x:v>07866-4014                          </x:v>
       </x:c>
       <x:c r="H32" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>973-627-0200</x:v>
       </x:c>
       <x:c r="I32" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>973-625-9316</x:v>
       </x:c>
       <x:c r="J32" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K32" t="str">
         <x:v/>
       </x:c>
       <x:c r="L32" t="str">
         <x:v/>
       </x:c>
       <x:c r="M32" t="str">
         <x:v/>
       </x:c>
       <x:c r="N32" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O32" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P32" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q32" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R32" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T32" t="str">
         <x:v/>
       </x:c>
       <x:c r="U32" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V32" t="str">
-        <x:v>Limited to Monophase</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W32" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X32" t="n">
-        <x:v>1783</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="Y32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z32" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA32" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB32" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC32" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD32" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF32" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG32" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="n">
-        <x:v>247</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B33" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C33" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D33" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E33" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F33" t="str">
-        <x:v>KS</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G33" t="str">
-        <x:v>57213</x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H33" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I33" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J33" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K33" t="str">
         <x:v/>
       </x:c>
       <x:c r="L33" t="str">
         <x:v/>
       </x:c>
       <x:c r="M33" t="str">
         <x:v/>
       </x:c>
       <x:c r="N33" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O33" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P33" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q33" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R33" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T33" t="str">
         <x:v/>
       </x:c>
       <x:c r="U33" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V33" t="str">
-        <x:v/>
+        <x:v>Limited to Monophase</x:v>
       </x:c>
       <x:c r="W33" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X33" t="n">
-        <x:v>1610</x:v>
+        <x:v>1783</x:v>
       </x:c>
       <x:c r="Y33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z33" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA33" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB33" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC33" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD33" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF33" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG33" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="n">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B34" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C34" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D34" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E34" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F34" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G34" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H34" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I34" t="str">
-        <x:v/>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J34" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K34" t="str">
         <x:v/>
       </x:c>
       <x:c r="L34" t="str">
         <x:v/>
       </x:c>
       <x:c r="M34" t="str">
         <x:v/>
       </x:c>
       <x:c r="N34" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O34" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P34" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q34" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R34" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T34" t="str">
         <x:v/>
       </x:c>
       <x:c r="U34" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V34" t="str">
         <x:v/>
       </x:c>
       <x:c r="W34" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X34" t="n">
-        <x:v>469</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="Y34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z34" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA34" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB34" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC34" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD34" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF34" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG34" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="n">
-        <x:v>277</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B35" t="str">
-        <x:v>90063507</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C35" t="str">
-        <x:v>MISTRAS GROUP INC</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D35" t="str">
-        <x:v>16 INTERNATIONAL DR # F</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E35" t="str">
-        <x:v>EAST GRANBY</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F35" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G35" t="str">
-        <x:v>06026</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H35" t="str">
-        <x:v>508-335-5671</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I35" t="str">
-        <x:v>860-653-0077</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J35" t="str">
-        <x:v>5/19/2014</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K35" t="str">
         <x:v/>
       </x:c>
       <x:c r="L35" t="str">
         <x:v/>
       </x:c>
       <x:c r="M35" t="str">
         <x:v/>
       </x:c>
       <x:c r="N35" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O35" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P35" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q35" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R35" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T35" t="str">
         <x:v/>
       </x:c>
       <x:c r="U35" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V35" t="str">
         <x:v/>
       </x:c>
       <x:c r="W35" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X35" t="n">
-        <x:v>20243</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Y35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z35" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA35" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB35" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
-        <x:v>28</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B36" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90063507</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>MISTRAS GROUP INC</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>16 INTERNATIONAL DR # F</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>EAST GRANBY</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>CA</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>90660</x:v>
+        <x:v>06026</x:v>
       </x:c>
       <x:c r="H36" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>508-335-5671</x:v>
       </x:c>
       <x:c r="I36" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v>860-653-0077</x:v>
       </x:c>
       <x:c r="J36" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/19/2014</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P36" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q36" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R36" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T36" t="str">
         <x:v/>
       </x:c>
       <x:c r="U36" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V36" t="str">
         <x:v/>
       </x:c>
       <x:c r="W36" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X36" t="n">
-        <x:v>2175</x:v>
+        <x:v>20243</x:v>
       </x:c>
       <x:c r="Y36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z36" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA36" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB36" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC36" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD36" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF36" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG36" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="n">
-        <x:v>24897</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B37" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C37" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D37" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E37" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F37" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G37" t="str">
-        <x:v>92337</x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H37" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I37" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J37" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K37" t="str">
         <x:v/>
       </x:c>
       <x:c r="L37" t="str">
         <x:v/>
       </x:c>
       <x:c r="M37" t="str">
         <x:v/>
       </x:c>
       <x:c r="N37" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O37" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P37" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q37" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R37" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T37" t="str">
         <x:v/>
       </x:c>
       <x:c r="U37" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V37" t="str">
         <x:v/>
       </x:c>
       <x:c r="W37" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X37" t="n">
-        <x:v>29868</x:v>
+        <x:v>2175</x:v>
       </x:c>
       <x:c r="Y37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z37" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA37" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB37" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC37" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD37" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF37" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG37" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="n">
-        <x:v>87</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B38" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C38" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D38" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E38" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F38" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G38" t="str">
-        <x:v>03246</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H38" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I38" t="str">
-        <x:v/>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J38" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K38" t="str">
         <x:v/>
       </x:c>
       <x:c r="L38" t="str">
         <x:v/>
       </x:c>
       <x:c r="M38" t="str">
         <x:v/>
       </x:c>
       <x:c r="N38" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O38" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P38" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q38" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R38" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T38" t="str">
         <x:v/>
       </x:c>
       <x:c r="U38" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V38" t="str">
         <x:v/>
       </x:c>
       <x:c r="W38" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X38" t="n">
-        <x:v>506</x:v>
+        <x:v>29868</x:v>
       </x:c>
       <x:c r="Y38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z38" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA38" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB38" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC38" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD38" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF38" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG38" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="n">
-        <x:v>174</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B39" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C39" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D39" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E39" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F39" t="str">
-        <x:v>CA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G39" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H39" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I39" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J39" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K39" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L39" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M39" t="str">
         <x:v/>
       </x:c>
       <x:c r="N39" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O39" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P39" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q39" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R39" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T39" t="str">
         <x:v/>
       </x:c>
       <x:c r="U39" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V39" t="str">
         <x:v/>
       </x:c>
       <x:c r="W39" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X39" t="n">
-        <x:v>1088</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Y39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z39" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA39" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB39" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC39" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD39" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF39" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG39" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B40" t="str">
         <x:v>90049293</x:v>
       </x:c>
       <x:c r="C40" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E40" t="str">
@@ -4229,509 +4229,509 @@
       </x:c>
       <x:c r="AA43" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB43" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC43" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD43" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF43" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG43" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="n">
-        <x:v>26402</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="B44" t="str">
-        <x:v>90070689</x:v>
+        <x:v>90052833</x:v>
       </x:c>
       <x:c r="C44" t="str">
-        <x:v>SARGENT AEROSPACE  DEFENSE LLC</x:v>
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
       </x:c>
       <x:c r="D44" t="str">
-        <x:v>5675 W Burlingame Rd</x:v>
+        <x:v>66 PATMOS CT                        </x:v>
       </x:c>
       <x:c r="E44" t="str">
-        <x:v>Tucson</x:v>
+        <x:v>SAINT PETERS                        </x:v>
       </x:c>
       <x:c r="F44" t="str">
-        <x:v>AZ</x:v>
+        <x:v>MO </x:v>
       </x:c>
       <x:c r="G44" t="str">
-        <x:v>85743</x:v>
+        <x:v>63376-3903                          </x:v>
       </x:c>
       <x:c r="H44" t="str">
-        <x:v>(520) 572-4420</x:v>
+        <x:v>636-928-1190</x:v>
       </x:c>
       <x:c r="I44" t="str">
-        <x:v/>
+        <x:v>636-928-8945</x:v>
       </x:c>
       <x:c r="J44" t="str">
-        <x:v>6/20/2024</x:v>
+        <x:v>3/22/2010</x:v>
       </x:c>
       <x:c r="K44" t="str">
         <x:v/>
       </x:c>
       <x:c r="L44" t="str">
         <x:v/>
       </x:c>
       <x:c r="M44" t="str">
         <x:v/>
       </x:c>
       <x:c r="N44" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O44" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P44" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q44" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R44" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T44" t="str">
         <x:v/>
       </x:c>
       <x:c r="U44" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V44" t="str">
         <x:v/>
       </x:c>
       <x:c r="W44" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X44" t="n">
-        <x:v>29876</x:v>
+        <x:v>9299</x:v>
       </x:c>
       <x:c r="Y44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z44" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA44" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB44" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC44" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
-        <x:v>337</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B45" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90053083</x:v>
       </x:c>
       <x:c r="C45" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>SIFCO INDUSTRIES INC</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>970 E 64TH ST</x:v>
       </x:c>
       <x:c r="E45" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>CLEVELAND</x:v>
       </x:c>
       <x:c r="F45" t="str">
-        <x:v>MO </x:v>
+        <x:v>OH</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="H45" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>2168818600</x:v>
       </x:c>
       <x:c r="I45" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>216-881-1828</x:v>
       </x:c>
       <x:c r="J45" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K45" t="str">
         <x:v/>
       </x:c>
       <x:c r="L45" t="str">
         <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P45" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q45" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R45" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T45" t="str">
         <x:v/>
       </x:c>
       <x:c r="U45" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V45" t="str">
         <x:v/>
       </x:c>
       <x:c r="W45" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X45" t="n">
-        <x:v>9299</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Y45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z45" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD45" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>138</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90053083</x:v>
+        <x:v>90024577</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>SIFCO INDUSTRIES INC</x:v>
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>970 E 64TH ST</x:v>
+        <x:v>1700 W 132ND ST</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>CLEVELAND</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>OH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>44103</x:v>
+        <x:v>90249</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>2168818600</x:v>
+        <x:v>3102937275</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v>216-881-1828</x:v>
+        <x:v>310-819-4776</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/14/2012</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V46" t="str">
         <x:v/>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>737</x:v>
+        <x:v>2332</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>340</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90024577</x:v>
+        <x:v>90053143</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>SPS TECHNOLOGIES LLC</x:v>
+        <x:v>Sullivan Precision Metal Finishing</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>1700 W 132ND ST</x:v>
+        <x:v>995 North Service Road West</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Sullivan</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>CA</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>90249</x:v>
+        <x:v>63080</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>3102937275</x:v>
+        <x:v>(573) 468-8049</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>310-819-4776</x:v>
+        <x:v>(573) 468-2182</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>5/14/2012</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K47" t="str">
         <x:v/>
       </x:c>
       <x:c r="L47" t="str">
         <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V47" t="str">
         <x:v/>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>2332</x:v>
+        <x:v>30340</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>161</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90062270</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>SUNVAIR COATING TECHNOLOGIES</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>1837 N VICTORY PL</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>BURBANK</x:v>
       </x:c>
       <x:c r="F48" t="str">
-        <x:v>MO</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>63080</x:v>
+        <x:v>91504-3424</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>818-845-6243</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v>818-845-7064</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>7/9/2013</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V48" t="str">
         <x:v/>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>30340</x:v>
+        <x:v>30458</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>