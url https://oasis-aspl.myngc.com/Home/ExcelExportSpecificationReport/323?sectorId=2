--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R866f60c013774d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf9b197518b475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R50a50963bc864832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rd20265dac62948e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R50a50963bc864832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd20265dac62948e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -761,51 +761,51 @@
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>F-35 Ground support only</x:v>
+        <x:v>Limited to Ground Support Equipment only. Not authorized for flight hardware</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>323</x:v>
       </x:c>
       <x:c r="X8" t="n">
         <x:v>29893</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -903,63 +903,63 @@
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B10" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F10" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H10" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I10" t="str">
         <x:v/>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
@@ -3867,54 +3867,54 @@
       <x:c r="C40" t="str">
         <x:v>PAC FOUNDRIES</x:v>
       </x:c>
       <x:c r="D40" t="str">
         <x:v>705 INDUSTRIAL WAY</x:v>
       </x:c>
       <x:c r="E40" t="str">
         <x:v>PORT HUENEME</x:v>
       </x:c>
       <x:c r="F40" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G40" t="str">
         <x:v>93041-3505</x:v>
       </x:c>
       <x:c r="H40" t="str">
         <x:v>8054886451</x:v>
       </x:c>
       <x:c r="I40" t="str">
         <x:v>805-488-4129</x:v>
       </x:c>
       <x:c r="J40" t="str">
         <x:v>4/6/2006</x:v>
       </x:c>
       <x:c r="K40" t="str">
-        <x:v/>
+        <x:v>60601</x:v>
       </x:c>
       <x:c r="L40" t="str">
-        <x:v/>
+        <x:v>009663998</x:v>
       </x:c>
       <x:c r="M40" t="str">
         <x:v/>
       </x:c>
       <x:c r="N40" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O40" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
       <x:c r="P40" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q40" t="str">
         <x:v>Standard Practice for Magnetic Particle Testing</x:v>
       </x:c>
       <x:c r="R40" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T40" t="str">
         <x:v/>
       </x:c>
       <x:c r="U40" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -4336,60 +4336,60 @@
       </x:c>
       <x:c r="AD44" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF44" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG44" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="n">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B45" t="str">
         <x:v>90053083</x:v>
       </x:c>
       <x:c r="C45" t="str">
         <x:v>SIFCO INDUSTRIES INC</x:v>
       </x:c>
       <x:c r="D45" t="str">
-        <x:v>970 E 64TH ST</x:v>
+        <x:v>970 EAST 64TH STREET</x:v>
       </x:c>
       <x:c r="E45" t="str">
         <x:v>CLEVELAND</x:v>
       </x:c>
       <x:c r="F45" t="str">
         <x:v>OH</x:v>
       </x:c>
       <x:c r="G45" t="str">
-        <x:v>44103</x:v>
+        <x:v>44103-1620</x:v>
       </x:c>
       <x:c r="H45" t="str">
         <x:v>2168818600</x:v>
       </x:c>
       <x:c r="I45" t="str">
         <x:v>216-881-1828</x:v>
       </x:c>
       <x:c r="J45" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K45" t="str">
         <x:v/>
       </x:c>
       <x:c r="L45" t="str">
         <x:v/>
       </x:c>
       <x:c r="M45" t="str">
         <x:v/>
       </x:c>
       <x:c r="N45" t="str">
         <x:v>Acceptance criteria for magnetic particle inspection per ASTM E1444 or previous methods shall be Grade A of Mil-Std 1907, unless otherwise specified on the engineering drawing or purchase order.</x:v>
       </x:c>
       <x:c r="O45" t="str">
         <x:v>ASTM E1444</x:v>
       </x:c>
@@ -4725,51 +4725,51 @@
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B49" t="str">
         <x:v>90053487</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>TRIUMPH ACTUATION SYSTEMS LLC</x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D49" t="str">
         <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E49" t="str">
         <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F49" t="str">
         <x:v>NC</x:v>
       </x:c>
       <x:c r="G49" t="str">
         <x:v>27012</x:v>
       </x:c>
       <x:c r="H49" t="str">
         <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I49" t="str">
         <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J49" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
@@ -5011,126 +5011,28 @@
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
-    <x:row r="52">
-[...96 lines deleted...]
-    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>