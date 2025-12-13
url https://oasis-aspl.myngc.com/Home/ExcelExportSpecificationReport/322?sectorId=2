--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999fc4a54e354b8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3329412e18db497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R5049bebe895e4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1261858cdef84e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5049bebe895e4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1261858cdef84e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -2571,72 +2571,72 @@
       </x:c>
       <x:c r="AC26" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD26" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF26" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG26" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="n">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B27" t="str">
         <x:v>90064236</x:v>
       </x:c>
       <x:c r="C27" t="str">
-        <x:v>Blanchard Metals Processing</x:v>
+        <x:v>BLANCHARD METALS PROCESSING   </x:v>
       </x:c>
       <x:c r="D27" t="str">
-        <x:v>1115 S Pioneer Rd              </x:v>
+        <x:v>1115 S PIONEER RD                   </x:v>
       </x:c>
       <x:c r="E27" t="str">
-        <x:v>Salt Lake City                </x:v>
+        <x:v>SALT LAKE CITY                      </x:v>
       </x:c>
       <x:c r="F27" t="str">
         <x:v>UT </x:v>
       </x:c>
       <x:c r="G27" t="str">
-        <x:v>84126                               </x:v>
+        <x:v>84126-0695                          </x:v>
       </x:c>
       <x:c r="H27" t="str">
         <x:v>8019725590</x:v>
       </x:c>
       <x:c r="I27" t="str">
         <x:v>801-972-6346</x:v>
       </x:c>
       <x:c r="J27" t="str">
-        <x:v>12/1/2014</x:v>
+        <x:v>9/23/2025</x:v>
       </x:c>
       <x:c r="K27" t="str">
         <x:v/>
       </x:c>
       <x:c r="L27" t="str">
         <x:v/>
       </x:c>
       <x:c r="M27" t="str">
         <x:v/>
       </x:c>
       <x:c r="N27" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O27" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P27" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q27" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R27" t="n">
         <x:v>7</x:v>
       </x:c>
@@ -4527,2421 +4527,2421 @@
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F47" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K47" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L47" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V47" t="str">
         <x:v/>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>25727</x:v>
+        <x:v>24665</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>12878</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90065231</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>FLARE GROUP CORP</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>1571 MACARTHUR BLVD</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>COSTA MESA</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>92626</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>7148502080</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v>714-850-8795</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>1/31/2017</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V48" t="str">
         <x:v/>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>25562</x:v>
+        <x:v>25727</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>8015</x:v>
+        <x:v>12878</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90065231</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>FLARE GROUP CORP</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>1571 MACARTHUR BLVD</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>COSTA MESA</x:v>
       </x:c>
       <x:c r="F49" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>32548</x:v>
+        <x:v>92626</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>7148502080</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v>714-850-8795</x:v>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>1/31/2017</x:v>
       </x:c>
       <x:c r="K49" t="str">
         <x:v/>
       </x:c>
       <x:c r="L49" t="str">
         <x:v/>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V49" t="str">
         <x:v/>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>25109</x:v>
+        <x:v>25562</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD49" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>85</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>KS </x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V50" t="str">
         <x:v/>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>24511</x:v>
+        <x:v>25109</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>26281</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>90248</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v/>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V51" t="str">
         <x:v/>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>29254</x:v>
+        <x:v>24511</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>246</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>Denton</x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>76207</x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V52" t="str">
         <x:v/>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>24780</x:v>
+        <x:v>29254</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>175</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>CA </x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J53" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V53" t="str">
         <x:v/>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>24671</x:v>
+        <x:v>24780</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>13932</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90067570</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>4923 CRANSWICK RD</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>HOUSTON</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>77041-7723</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>7134622227</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>713-456-2471</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>5/11/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K54" t="str">
-        <x:v>1VSL7</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L54" t="str">
-        <x:v>058058517</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V54" t="str">
         <x:v/>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>25548</x:v>
+        <x:v>24671</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>53</x:v>
+        <x:v>13932</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90048601</x:v>
+        <x:v>90067570</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>HOWMET AEROSPACE INC</x:v>
+        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>1600 HARVARD AVE</x:v>
+        <x:v>4923 CRANSWICK RD</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>NEWBURGH HEIGHTS</x:v>
+        <x:v>HOUSTON</x:v>
       </x:c>
       <x:c r="F55" t="str">
-        <x:v>OH</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>44105-3040</x:v>
+        <x:v>77041-7723</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>216-641-4109</x:v>
+        <x:v>7134622227</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v/>
+        <x:v>713-456-2471</x:v>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/11/2017</x:v>
       </x:c>
       <x:c r="K55" t="str">
-        <x:v/>
+        <x:v>1VSL7</x:v>
       </x:c>
       <x:c r="L55" t="str">
-        <x:v/>
+        <x:v>058058517</x:v>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V55" t="str">
-        <x:v>Type I Method D Forms B  D only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>24591</x:v>
+        <x:v>25548</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>191</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90048601</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>HOWMET AEROSPACE INC</x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>1600 HARVARD AVE</x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>NEWBURGH HEIGHTS</x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>CA</x:v>
+        <x:v>OH</x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>44105-3040</x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>216-641-4109</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J56" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v/>
+        <x:v>Type I Method D Forms B  D only</x:v>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>29003</x:v>
+        <x:v>24591</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>7652</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90044966</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>MACHINE SPECIALTIES LLC</x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>6511 FRANZ WARNER PKWY</x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>WHITSETT</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>NC</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>27377-9215</x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>3366031919</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>336-603-1920</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K57" t="str">
         <x:v/>
       </x:c>
       <x:c r="L57" t="str">
         <x:v/>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V57" t="str">
         <x:v/>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>25439</x:v>
+        <x:v>29003</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>221</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90044966</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>MACHINE SPECIALTIES LLC</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6511 FRANZ WARNER PKWY</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>WHITSETT</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>NY</x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>11704</x:v>
+        <x:v>27377-9215</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>3366031919</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>336-603-1920</x:v>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V58" t="str">
         <x:v/>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>24738</x:v>
+        <x:v>25439</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>240</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>IL </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v/>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J59" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V59" t="str">
         <x:v/>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>24769</x:v>
+        <x:v>24738</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>12874</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v/>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v/>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v/>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>25432</x:v>
+        <x:v>24769</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>292</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F61" t="str">
         <x:v/>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v>31607</x:v>
+        <x:v/>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V61" t="str">
         <x:v/>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>24819</x:v>
+        <x:v>25432</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AB61" t="str">
         <x:v>France</x:v>
       </x:c>
       <x:c r="AC61" t="str">
         <x:v>FR</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>247</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90054111</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>Mecaprotec Industries Joffrey</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Muret Cedex</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v>KS</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>57213</x:v>
+        <x:v>31607</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>330561518207</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v>0561518201</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>9/15/2005</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V62" t="str">
         <x:v/>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>24784</x:v>
+        <x:v>24819</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB62" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC62" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>328</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90051753</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>MILLER CASTINGS INC                               </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>2503 PACIFIC PARK DR                </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>WHITTIER                            </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>90601-1610                          </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>562-659-0461</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>562-692-4164</x:v>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>8/25/2009</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V63" t="str">
         <x:v/>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>24845</x:v>
+        <x:v>24784</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>83</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F64" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v/>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V64" t="str">
         <x:v/>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>24507</x:v>
+        <x:v>24845</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB64" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC64" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>277</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90063507</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>MISTRAS GROUP INC</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>16 INTERNATIONAL DR # F</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>EAST GRANBY</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>06026</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>508-335-5671</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v>860-653-0077</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J65" t="str">
-        <x:v>5/19/2014</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V65" t="str">
-        <x:v>No Pre-Penetrant Etch Capability.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>24925</x:v>
+        <x:v>24507</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>28</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90063507</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>MISTRAS GROUP INC</x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>16 INTERNATIONAL DR # F</x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>EAST GRANBY</x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>CA</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>90660</x:v>
+        <x:v>06026</x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>508-335-5671</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v>860-653-0077</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>5/19/2014</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v/>
+        <x:v>No Pre-Penetrant Etch Capability.</x:v>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>24902</x:v>
+        <x:v>24925</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>303</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V67" t="str">
         <x:v/>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>25745</x:v>
+        <x:v>24902</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>24897</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>92337</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J68" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K68" t="str">
         <x:v/>
       </x:c>
       <x:c r="L68" t="str">
         <x:v/>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V68" t="str">
         <x:v/>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>29867</x:v>
+        <x:v>25745</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>87</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>03246</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v/>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K69" t="str">
         <x:v/>
       </x:c>
       <x:c r="L69" t="str">
         <x:v/>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V69" t="str">
         <x:v/>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>24519</x:v>
+        <x:v>29867</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>174</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>CA</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J70" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K70" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L70" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V70" t="str">
         <x:v/>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>24665</x:v>
+        <x:v>24519</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B71" t="str">
         <x:v>90051986</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>NORTH EAST FINISHING CO NORTH EAST FINISHING CO NORTH EAST FINISHING CO </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>11726-1514                          </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H71" t="str">
         <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I71" t="str">
         <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J71" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K71" t="str">
         <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L71" t="str">
         <x:v>947402947</x:v>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
@@ -6983,66 +6983,66 @@
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
         <x:v>17106</x:v>
       </x:c>
       <x:c r="B72" t="str">
         <x:v>90068865</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC                         </x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>2522 W 21ST ST                      </x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>CHANUTE                             </x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>KS </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>66720                               </x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>620-305-2454</x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I72" t="str">
         <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J72" t="str">
         <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
@@ -7963,75 +7963,75 @@
       </x:c>
       <x:c r="AC81" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD81" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG81" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B82" t="str">
         <x:v>90052342</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>PRIDE PLATING INC</x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5</x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v>GROVE</x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>OK</x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>74344</x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H82" t="str">
         <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I82" t="str">
         <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J82" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K82" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L82" t="str">
         <x:v/>
       </x:c>
       <x:c r="M82" t="str">
         <x:v/>
       </x:c>
       <x:c r="N82" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O82" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P82" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q82" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R82" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T82" t="str">
         <x:v/>
       </x:c>
@@ -8219,51 +8219,51 @@
       <x:c r="O84" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P84" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q84" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R84" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T84" t="str">
         <x:v/>
       </x:c>
       <x:c r="U84" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V84" t="str">
         <x:v/>
       </x:c>
       <x:c r="W84" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X84" t="n">
-        <x:v>25599</x:v>
+        <x:v>30499</x:v>
       </x:c>
       <x:c r="Y84" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z84" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA84" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB84" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC84" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD84" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE84" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF84" t="n">
         <x:v>2</x:v>
       </x:c>
@@ -9625,810 +9625,712 @@
       </x:c>
       <x:c r="AA98" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB98" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC98" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD98" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE98" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF98" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG98" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="n">
-        <x:v>31838</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>90076818</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C99" t="str">
-        <x:v>ULTIMATE HYDROFORMING INC</x:v>
+        <x:v>Valence Seattle</x:v>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v>42450 YEAREGO DR</x:v>
+        <x:v>8135 1st Avenue South</x:v>
       </x:c>
       <x:c r="E99" t="str">
-        <x:v>STERLING HEIGHTS</x:v>
+        <x:v>Seattle</x:v>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>MI</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>48314</x:v>
+        <x:v>98108</x:v>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>586-254-2300 X17</x:v>
+        <x:v>(206) 762-5855</x:v>
       </x:c>
       <x:c r="I99" t="str">
-        <x:v>586-254-3470</x:v>
+        <x:v>(206) 763-1641</x:v>
       </x:c>
       <x:c r="J99" t="str">
-        <x:v>10/22/2024</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K99" t="str">
         <x:v/>
       </x:c>
       <x:c r="L99" t="str">
         <x:v/>
       </x:c>
       <x:c r="M99" t="str">
         <x:v/>
       </x:c>
       <x:c r="N99" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O99" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P99" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q99" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R99" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T99" t="str">
         <x:v/>
       </x:c>
       <x:c r="U99" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V99" t="str">
-        <x:v>Limited to Type 1, Methos A Form D only. Excludes Pre-Penetrant etch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W99" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X99" t="n">
-        <x:v>29914</x:v>
+        <x:v>24568</x:v>
       </x:c>
       <x:c r="Y99" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z99" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA99" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB99" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC99" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD99" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE99" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF99" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG99" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="n">
-        <x:v>129</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90053659</x:v>
       </x:c>
       <x:c r="C100" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>VALLEY METALS LLC</x:v>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>13125 GREGG ST</x:v>
       </x:c>
       <x:c r="E100" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>POWAY</x:v>
       </x:c>
       <x:c r="F100" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G100" t="str">
-        <x:v>98108</x:v>
+        <x:v>92064-7122</x:v>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I100" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>858-513-6600</x:v>
       </x:c>
       <x:c r="J100" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K100" t="str">
         <x:v/>
       </x:c>
       <x:c r="L100" t="str">
         <x:v/>
       </x:c>
       <x:c r="M100" t="str">
         <x:v/>
       </x:c>
       <x:c r="N100" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O100" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P100" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q100" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R100" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T100" t="str">
         <x:v/>
       </x:c>
       <x:c r="U100" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V100" t="str">
         <x:v/>
       </x:c>
       <x:c r="W100" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X100" t="n">
-        <x:v>24568</x:v>
+        <x:v>25731</x:v>
       </x:c>
       <x:c r="Y100" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z100" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA100" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB100" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC100" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD100" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE100" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF100" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG100" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="n">
-        <x:v>1237</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>90053659</x:v>
+        <x:v>90122537</x:v>
       </x:c>
       <x:c r="C101" t="str">
-        <x:v>VALLEY METALS LLC</x:v>
+        <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D101" t="str">
-        <x:v>13125 GREGG ST</x:v>
+        <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E101" t="str">
-        <x:v>POWAY</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G101" t="str">
-        <x:v>92064-7122</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H101" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>316-371-4674</x:v>
       </x:c>
       <x:c r="I101" t="str">
-        <x:v>858-513-6600</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J101" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>7/1/2021</x:v>
       </x:c>
       <x:c r="K101" t="str">
         <x:v/>
       </x:c>
       <x:c r="L101" t="str">
         <x:v/>
       </x:c>
       <x:c r="M101" t="str">
         <x:v/>
       </x:c>
       <x:c r="N101" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O101" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P101" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q101" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R101" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T101" t="str">
         <x:v/>
       </x:c>
       <x:c r="U101" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V101" t="str">
         <x:v/>
       </x:c>
       <x:c r="W101" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X101" t="n">
-        <x:v>25731</x:v>
+        <x:v>25873</x:v>
       </x:c>
       <x:c r="Y101" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z101" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA101" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB101" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC101" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD101" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE101" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF101" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG101" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="n">
-        <x:v>26001</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>90122537</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>Verus Aerospace – Premier Processing</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v>3002 W Pawnee ST</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E102" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F102" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G102" t="str">
-        <x:v>67213</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H102" t="str">
-        <x:v>316-371-4674</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I102" t="str">
         <x:v/>
       </x:c>
       <x:c r="J102" t="str">
-        <x:v>7/1/2021</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K102" t="str">
         <x:v/>
       </x:c>
       <x:c r="L102" t="str">
         <x:v/>
       </x:c>
       <x:c r="M102" t="str">
         <x:v/>
       </x:c>
       <x:c r="N102" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O102" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P102" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q102" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R102" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T102" t="str">
         <x:v/>
       </x:c>
       <x:c r="U102" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V102" t="str">
         <x:v/>
       </x:c>
       <x:c r="W102" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X102" t="n">
-        <x:v>25873</x:v>
+        <x:v>28843</x:v>
       </x:c>
       <x:c r="Y102" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z102" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA102" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB102" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC102" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD102" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE102" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF102" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG102" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="n">
-        <x:v>26145</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90024663</x:v>
       </x:c>
       <x:c r="C103" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>Western Aerospace Inspection Inc</x:v>
       </x:c>
       <x:c r="D103" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>1376 Walter St</x:v>
       </x:c>
       <x:c r="E103" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>Ventura</x:v>
       </x:c>
       <x:c r="F103" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>91311</x:v>
+        <x:v>93003</x:v>
       </x:c>
       <x:c r="H103" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>(805) 644-3882</x:v>
       </x:c>
       <x:c r="I103" t="str">
-        <x:v/>
+        <x:v>(805) 656-2027</x:v>
       </x:c>
       <x:c r="J103" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K103" t="str">
         <x:v/>
       </x:c>
       <x:c r="L103" t="str">
         <x:v/>
       </x:c>
       <x:c r="M103" t="str">
         <x:v/>
       </x:c>
       <x:c r="N103" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O103" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P103" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q103" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R103" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T103" t="str">
         <x:v/>
       </x:c>
       <x:c r="U103" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V103" t="str">
         <x:v/>
       </x:c>
       <x:c r="W103" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X103" t="n">
-        <x:v>28843</x:v>
+        <x:v>24728</x:v>
       </x:c>
       <x:c r="Y103" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z103" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA103" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB103" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC103" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD103" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE103" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF103" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG103" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="n">
-        <x:v>216</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>90024663</x:v>
+        <x:v>90053884</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v>Western Aerospace Inspection Inc</x:v>
+        <x:v>WOLKERSTORFER CO INC</x:v>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>1376 Walter St</x:v>
+        <x:v>348 1ST ST SE</x:v>
       </x:c>
       <x:c r="E104" t="str">
-        <x:v>Ventura</x:v>
+        <x:v>SAINT PAUL</x:v>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>CA</x:v>
+        <x:v>MN</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>93003</x:v>
+        <x:v>55112-7858</x:v>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v>(805) 644-3882</x:v>
+        <x:v>651-636-0720</x:v>
       </x:c>
       <x:c r="I104" t="str">
-        <x:v>(805) 656-2027</x:v>
+        <x:v>651-636-3308</x:v>
       </x:c>
       <x:c r="J104" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/2/2025</x:v>
       </x:c>
       <x:c r="K104" t="str">
         <x:v/>
       </x:c>
       <x:c r="L104" t="str">
         <x:v/>
       </x:c>
       <x:c r="M104" t="str">
         <x:v/>
       </x:c>
       <x:c r="N104" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O104" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P104" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q104" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R104" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T104" t="str">
         <x:v/>
       </x:c>
       <x:c r="U104" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V104" t="str">
         <x:v/>
       </x:c>
       <x:c r="W104" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X104" t="n">
-        <x:v>24728</x:v>
+        <x:v>24824</x:v>
       </x:c>
       <x:c r="Y104" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z104" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA104" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB104" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC104" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD104" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE104" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF104" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG104" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="n">
-        <x:v>301</x:v>
+        <x:v>26371</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>90053884</x:v>
+        <x:v>90175520</x:v>
       </x:c>
       <x:c r="C105" t="str">
-        <x:v>Wolkerstorfer Co Inc</x:v>
+        <x:v>YANKEE CASTING COMPANY</x:v>
       </x:c>
       <x:c r="D105" t="str">
-        <x:v>348 First St SW</x:v>
+        <x:v>243 Shaker Rd.</x:v>
       </x:c>
       <x:c r="E105" t="str">
-        <x:v>New Brighton</x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>MN</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>55112-7858</x:v>
+        <x:v>06082</x:v>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>651-636-0720</x:v>
+        <x:v>(860) 749-6171</x:v>
       </x:c>
       <x:c r="I105" t="str">
-        <x:v>651-636-3308</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J105" t="str">
-        <x:v>12/21/2005</x:v>
+        <x:v>3/20/2024</x:v>
       </x:c>
       <x:c r="K105" t="str">
         <x:v/>
       </x:c>
       <x:c r="L105" t="str">
         <x:v/>
       </x:c>
       <x:c r="M105" t="str">
         <x:v/>
       </x:c>
       <x:c r="N105" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O105" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P105" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q105" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R105" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T105" t="str">
         <x:v/>
       </x:c>
       <x:c r="U105" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V105" t="str">
-        <x:v/>
+        <x:v>Type 1, Method A only.</x:v>
       </x:c>
       <x:c r="W105" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X105" t="n">
-        <x:v>24824</x:v>
+        <x:v>29501</x:v>
       </x:c>
       <x:c r="Y105" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z105" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA105" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB105" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC105" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD105" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE105" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF105" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG105" t="str">
-        <x:v>AS</x:v>
-[...96 lines deleted...]
-      <x:c r="AG106" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>