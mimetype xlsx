--- v1 (2025-12-13)
+++ v2 (2026-02-10)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3329412e18db497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255389b2bae14cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R1261858cdef84e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Ra920e035a83c42a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1261858cdef84e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra920e035a83c42a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -1712,54 +1712,54 @@
       <x:c r="C18" t="str">
         <x:v>ANADITE CA RESTORATION TRUST</x:v>
       </x:c>
       <x:c r="D18" t="str">
         <x:v>10647 S. GARFIELD AVE.</x:v>
       </x:c>
       <x:c r="E18" t="str">
         <x:v>SOUTH GATE</x:v>
       </x:c>
       <x:c r="F18" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G18" t="str">
         <x:v>90280-7325</x:v>
       </x:c>
       <x:c r="H18" t="str">
         <x:v>5628612205</x:v>
       </x:c>
       <x:c r="I18" t="str">
         <x:v>562-862-6479</x:v>
       </x:c>
       <x:c r="J18" t="str">
         <x:v>10/20/2009</x:v>
       </x:c>
       <x:c r="K18" t="str">
-        <x:v/>
+        <x:v>5SNJ7</x:v>
       </x:c>
       <x:c r="L18" t="str">
-        <x:v/>
+        <x:v>008286551</x:v>
       </x:c>
       <x:c r="M18" t="str">
         <x:v/>
       </x:c>
       <x:c r="N18" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O18" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P18" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q18" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R18" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T18" t="str">
         <x:v/>
       </x:c>
       <x:c r="U18" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
@@ -1841,51 +1841,51 @@
       <x:c r="M19" t="str">
         <x:v/>
       </x:c>
       <x:c r="N19" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O19" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P19" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q19" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R19" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T19" t="str">
         <x:v/>
       </x:c>
       <x:c r="U19" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V19" t="str">
-        <x:v>F-35 Ground support only</x:v>
+        <x:v>Limited to Ground Support Equipment only. Not authorized for flight hardware</x:v>
       </x:c>
       <x:c r="W19" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X19" t="n">
         <x:v>29892</x:v>
       </x:c>
       <x:c r="Y19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z19" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA19" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB19" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC19" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD19" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
@@ -2473,63 +2473,63 @@
       </x:c>
       <x:c r="AC25" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD25" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF25" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG25" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B26" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C26" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D26" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E26" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F26" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G26" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H26" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I26" t="str">
         <x:v/>
       </x:c>
       <x:c r="J26" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K26" t="str">
         <x:v/>
       </x:c>
       <x:c r="L26" t="str">
         <x:v/>
       </x:c>
       <x:c r="M26" t="str">
         <x:v/>
       </x:c>
       <x:c r="N26" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O26" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
@@ -3455,63 +3455,63 @@
       </x:c>
       <x:c r="AC35" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD35" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF35" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG35" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B36" t="str">
         <x:v>90049646</x:v>
       </x:c>
       <x:c r="C36" t="str">
-        <x:v>CONTINENTAL FORGE COMPANY                         </x:v>
+        <x:v>CONTINENTAL FORGE COMPANY</x:v>
       </x:c>
       <x:c r="D36" t="str">
-        <x:v>512 E CARLIN AVE                    </x:v>
+        <x:v>512 E CARLIN AVE</x:v>
       </x:c>
       <x:c r="E36" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>COMPTON</x:v>
       </x:c>
       <x:c r="F36" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G36" t="str">
-        <x:v>90222-2312                          </x:v>
+        <x:v>90222-2312</x:v>
       </x:c>
       <x:c r="H36" t="str">
         <x:v>310-603-1014</x:v>
       </x:c>
       <x:c r="I36" t="str">
         <x:v>310-631-7223</x:v>
       </x:c>
       <x:c r="J36" t="str">
         <x:v>5/16/2006</x:v>
       </x:c>
       <x:c r="K36" t="str">
         <x:v/>
       </x:c>
       <x:c r="L36" t="str">
         <x:v/>
       </x:c>
       <x:c r="M36" t="str">
         <x:v/>
       </x:c>
       <x:c r="N36" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O36" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
@@ -4429,5908 +4429,6104 @@
       </x:c>
       <x:c r="AA45" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="AB45" t="str">
         <x:v>Australia</x:v>
       </x:c>
       <x:c r="AC45" t="str">
         <x:v>AU</x:v>
       </x:c>
       <x:c r="AD45" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF45" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG45" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="n">
-        <x:v>23814</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B46" t="str">
-        <x:v>90075837</x:v>
+        <x:v>90069064</x:v>
       </x:c>
       <x:c r="C46" t="str">
-        <x:v>Element Middleburg Heights</x:v>
+        <x:v>ELEMENT MATERIALS TECHNOLOGY , CT</x:v>
       </x:c>
       <x:c r="D46" t="str">
-        <x:v>6840 Lake Abram Drive</x:v>
+        <x:v>80 Kimberly Dr</x:v>
       </x:c>
       <x:c r="E46" t="str">
-        <x:v>Middleburg Heights</x:v>
+        <x:v>South Windsor</x:v>
       </x:c>
       <x:c r="F46" t="str">
-        <x:v>OH</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G46" t="str">
-        <x:v>44130</x:v>
+        <x:v>06096</x:v>
       </x:c>
       <x:c r="H46" t="str">
-        <x:v>440-243-3311</x:v>
+        <x:v>(860) 289-8225</x:v>
       </x:c>
       <x:c r="I46" t="str">
-        <x:v/>
+        <x:v>(860) 289-5970</x:v>
       </x:c>
       <x:c r="J46" t="str">
-        <x:v>11/20/2019</x:v>
+        <x:v>2/5/2013</x:v>
       </x:c>
       <x:c r="K46" t="str">
         <x:v/>
       </x:c>
       <x:c r="L46" t="str">
         <x:v/>
       </x:c>
       <x:c r="M46" t="str">
         <x:v/>
       </x:c>
       <x:c r="N46" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O46" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P46" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q46" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R46" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T46" t="str">
         <x:v/>
       </x:c>
       <x:c r="U46" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V46" t="str">
         <x:v/>
       </x:c>
       <x:c r="W46" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X46" t="n">
-        <x:v>25657</x:v>
+        <x:v>30533</x:v>
       </x:c>
       <x:c r="Y46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z46" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA46" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB46" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC46" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD46" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF46" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG46" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="n">
-        <x:v>174</x:v>
+        <x:v>23814</x:v>
       </x:c>
       <x:c r="B47" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90075837</x:v>
       </x:c>
       <x:c r="C47" t="str">
-        <x:v>EMBEE PROCESSING, LLC</x:v>
+        <x:v>Element Middleburg Heights</x:v>
       </x:c>
       <x:c r="D47" t="str">
-        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
+        <x:v>6840 Lake Abram Drive</x:v>
       </x:c>
       <x:c r="E47" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>Middleburg Heights</x:v>
       </x:c>
       <x:c r="F47" t="str">
-        <x:v>CA</x:v>
+        <x:v>OH</x:v>
       </x:c>
       <x:c r="G47" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="H47" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>440-243-3311</x:v>
       </x:c>
       <x:c r="I47" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J47" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>11/20/2019</x:v>
       </x:c>
       <x:c r="K47" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L47" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M47" t="str">
         <x:v/>
       </x:c>
       <x:c r="N47" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O47" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P47" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q47" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R47" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T47" t="str">
         <x:v/>
       </x:c>
       <x:c r="U47" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V47" t="str">
         <x:v/>
       </x:c>
       <x:c r="W47" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X47" t="n">
-        <x:v>24665</x:v>
+        <x:v>25657</x:v>
       </x:c>
       <x:c r="Y47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z47" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA47" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB47" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC47" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD47" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF47" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG47" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="n">
-        <x:v>25939</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="B48" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90046908</x:v>
       </x:c>
       <x:c r="C48" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D48" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E48" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F48" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G48" t="str">
-        <x:v>90813</x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H48" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I48" t="str">
-        <x:v/>
+        <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J48" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K48" t="str">
         <x:v/>
       </x:c>
       <x:c r="L48" t="str">
         <x:v/>
       </x:c>
       <x:c r="M48" t="str">
         <x:v/>
       </x:c>
       <x:c r="N48" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O48" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P48" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q48" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R48" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T48" t="str">
         <x:v/>
       </x:c>
       <x:c r="U48" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V48" t="str">
         <x:v/>
       </x:c>
       <x:c r="W48" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X48" t="n">
-        <x:v>25727</x:v>
+        <x:v>30552</x:v>
       </x:c>
       <x:c r="Y48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z48" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA48" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB48" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC48" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD48" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF48" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG48" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="n">
-        <x:v>12878</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B49" t="str">
-        <x:v>90065231</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C49" t="str">
-        <x:v>FLARE GROUP CORP</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D49" t="str">
-        <x:v>1571 MACARTHUR BLVD</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E49" t="str">
-        <x:v>COSTA MESA</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F49" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G49" t="str">
-        <x:v>92626</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H49" t="str">
-        <x:v>7148502080</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I49" t="str">
-        <x:v>714-850-8795</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J49" t="str">
-        <x:v>1/31/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K49" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L49" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M49" t="str">
         <x:v/>
       </x:c>
       <x:c r="N49" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O49" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P49" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q49" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R49" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T49" t="str">
         <x:v/>
       </x:c>
       <x:c r="U49" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V49" t="str">
         <x:v/>
       </x:c>
       <x:c r="W49" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X49" t="n">
-        <x:v>25562</x:v>
+        <x:v>24665</x:v>
       </x:c>
       <x:c r="Y49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z49" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA49" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB49" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC49" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD49" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF49" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG49" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="n">
-        <x:v>8015</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B50" t="str">
-        <x:v>90064905</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C50" t="str">
-        <x:v>Fort Walton Machining Inc</x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D50" t="str">
-        <x:v>43 Jet Drive</x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E50" t="str">
-        <x:v>Ft Walton Beach</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F50" t="str">
-        <x:v>FL</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G50" t="str">
-        <x:v>32548</x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H50" t="str">
-        <x:v>(850) 244-9095</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I50" t="str">
-        <x:v>(850) 244-4874</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J50" t="str">
-        <x:v>6/12/2015</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K50" t="str">
         <x:v/>
       </x:c>
       <x:c r="L50" t="str">
         <x:v/>
       </x:c>
       <x:c r="M50" t="str">
         <x:v/>
       </x:c>
       <x:c r="N50" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O50" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P50" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q50" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R50" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T50" t="str">
         <x:v/>
       </x:c>
       <x:c r="U50" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V50" t="str">
         <x:v/>
       </x:c>
       <x:c r="W50" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X50" t="n">
-        <x:v>25109</x:v>
+        <x:v>25727</x:v>
       </x:c>
       <x:c r="Y50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z50" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA50" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB50" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC50" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD50" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF50" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG50" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="n">
-        <x:v>85</x:v>
+        <x:v>12878</x:v>
       </x:c>
       <x:c r="B51" t="str">
-        <x:v>90055235</x:v>
+        <x:v>90065231</x:v>
       </x:c>
       <x:c r="C51" t="str">
-        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
+        <x:v>FLARE GROUP CORP</x:v>
       </x:c>
       <x:c r="D51" t="str">
-        <x:v>1539 S SAINT PAUL ST                </x:v>
+        <x:v>1571 MACARTHUR BLVD</x:v>
       </x:c>
       <x:c r="E51" t="str">
-        <x:v>WICHITA                             </x:v>
+        <x:v>COSTA MESA</x:v>
       </x:c>
       <x:c r="F51" t="str">
-        <x:v>KS </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G51" t="str">
-        <x:v>67213                               </x:v>
+        <x:v>92626</x:v>
       </x:c>
       <x:c r="H51" t="str">
-        <x:v>3169431266</x:v>
+        <x:v>7148502080</x:v>
       </x:c>
       <x:c r="I51" t="str">
-        <x:v>316-943-7576</x:v>
+        <x:v>714-850-8795</x:v>
       </x:c>
       <x:c r="J51" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/31/2017</x:v>
       </x:c>
       <x:c r="K51" t="str">
         <x:v/>
       </x:c>
       <x:c r="L51" t="str">
         <x:v/>
       </x:c>
       <x:c r="M51" t="str">
         <x:v/>
       </x:c>
       <x:c r="N51" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O51" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P51" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q51" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R51" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T51" t="str">
         <x:v/>
       </x:c>
       <x:c r="U51" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V51" t="str">
         <x:v/>
       </x:c>
       <x:c r="W51" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X51" t="n">
-        <x:v>24511</x:v>
+        <x:v>25562</x:v>
       </x:c>
       <x:c r="Y51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z51" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA51" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB51" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC51" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD51" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF51" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG51" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="n">
-        <x:v>26281</x:v>
+        <x:v>8015</x:v>
       </x:c>
       <x:c r="B52" t="str">
-        <x:v>90174451</x:v>
+        <x:v>90064905</x:v>
       </x:c>
       <x:c r="C52" t="str">
-        <x:v>GSP METAL FINISHING INC</x:v>
+        <x:v>Fort Walton Machining Inc</x:v>
       </x:c>
       <x:c r="D52" t="str">
-        <x:v>16520 S FIGUEROA ST</x:v>
+        <x:v>43 Jet Drive</x:v>
       </x:c>
       <x:c r="E52" t="str">
-        <x:v>GARDENA</x:v>
+        <x:v>Ft Walton Beach</x:v>
       </x:c>
       <x:c r="F52" t="str">
-        <x:v>CA</x:v>
+        <x:v>FL</x:v>
       </x:c>
       <x:c r="G52" t="str">
-        <x:v>90248</x:v>
+        <x:v>32548</x:v>
       </x:c>
       <x:c r="H52" t="str">
-        <x:v>424-266-9152 X410</x:v>
+        <x:v>(850) 244-9095</x:v>
       </x:c>
       <x:c r="I52" t="str">
-        <x:v/>
+        <x:v>(850) 244-4874</x:v>
       </x:c>
       <x:c r="J52" t="str">
-        <x:v>12/4/2023</x:v>
+        <x:v>6/12/2015</x:v>
       </x:c>
       <x:c r="K52" t="str">
         <x:v/>
       </x:c>
       <x:c r="L52" t="str">
         <x:v/>
       </x:c>
       <x:c r="M52" t="str">
         <x:v/>
       </x:c>
       <x:c r="N52" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O52" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P52" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q52" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R52" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T52" t="str">
         <x:v/>
       </x:c>
       <x:c r="U52" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V52" t="str">
         <x:v/>
       </x:c>
       <x:c r="W52" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X52" t="n">
-        <x:v>29254</x:v>
+        <x:v>25109</x:v>
       </x:c>
       <x:c r="Y52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z52" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA52" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB52" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC52" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD52" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF52" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG52" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="n">
-        <x:v>246</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B53" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90055235</x:v>
       </x:c>
       <x:c r="C53" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>GLOBE ENGINEERING COMPANY INC                     </x:v>
       </x:c>
       <x:c r="D53" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>1539 S SAINT PAUL ST                </x:v>
       </x:c>
       <x:c r="E53" t="str">
-        <x:v>Denton</x:v>
+        <x:v>WICHITA                             </x:v>
       </x:c>
       <x:c r="F53" t="str">
-        <x:v>TX</x:v>
+        <x:v>KS </x:v>
       </x:c>
       <x:c r="G53" t="str">
-        <x:v>76207</x:v>
+        <x:v>67213                               </x:v>
       </x:c>
       <x:c r="H53" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>3169431266</x:v>
       </x:c>
       <x:c r="I53" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>316-943-7576</x:v>
       </x:c>
       <x:c r="J53" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K53" t="str">
         <x:v/>
       </x:c>
       <x:c r="L53" t="str">
         <x:v/>
       </x:c>
       <x:c r="M53" t="str">
         <x:v/>
       </x:c>
       <x:c r="N53" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O53" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P53" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q53" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R53" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T53" t="str">
         <x:v/>
       </x:c>
       <x:c r="U53" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V53" t="str">
         <x:v/>
       </x:c>
       <x:c r="W53" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X53" t="n">
-        <x:v>24780</x:v>
+        <x:v>24511</x:v>
       </x:c>
       <x:c r="Y53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z53" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA53" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB53" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC53" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD53" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF53" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG53" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="n">
-        <x:v>175</x:v>
+        <x:v>26281</x:v>
       </x:c>
       <x:c r="B54" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90174451</x:v>
       </x:c>
       <x:c r="C54" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>GSP METAL FINISHING INC</x:v>
       </x:c>
       <x:c r="D54" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>16520 S FIGUEROA ST</x:v>
       </x:c>
       <x:c r="E54" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>GARDENA</x:v>
       </x:c>
       <x:c r="F54" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G54" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>90248</x:v>
       </x:c>
       <x:c r="H54" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>424-266-9152 X410</x:v>
       </x:c>
       <x:c r="I54" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J54" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/4/2023</x:v>
       </x:c>
       <x:c r="K54" t="str">
         <x:v/>
       </x:c>
       <x:c r="L54" t="str">
         <x:v/>
       </x:c>
       <x:c r="M54" t="str">
         <x:v/>
       </x:c>
       <x:c r="N54" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O54" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P54" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q54" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R54" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T54" t="str">
         <x:v/>
       </x:c>
       <x:c r="U54" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V54" t="str">
         <x:v/>
       </x:c>
       <x:c r="W54" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X54" t="n">
-        <x:v>24671</x:v>
+        <x:v>29254</x:v>
       </x:c>
       <x:c r="Y54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z54" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA54" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB54" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC54" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD54" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF54" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG54" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="n">
-        <x:v>13932</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B55" t="str">
-        <x:v>90067570</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C55" t="str">
-        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D55" t="str">
-        <x:v>4923 CRANSWICK RD</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E55" t="str">
-        <x:v>HOUSTON</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F55" t="str">
         <x:v>TX</x:v>
       </x:c>
       <x:c r="G55" t="str">
-        <x:v>77041-7723</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H55" t="str">
-        <x:v>7134622227</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I55" t="str">
-        <x:v>713-456-2471</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J55" t="str">
-        <x:v>5/11/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K55" t="str">
-        <x:v>1VSL7</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L55" t="str">
-        <x:v>058058517</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M55" t="str">
         <x:v/>
       </x:c>
       <x:c r="N55" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O55" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P55" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q55" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R55" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T55" t="str">
         <x:v/>
       </x:c>
       <x:c r="U55" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V55" t="str">
         <x:v/>
       </x:c>
       <x:c r="W55" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X55" t="n">
-        <x:v>25548</x:v>
+        <x:v>24780</x:v>
       </x:c>
       <x:c r="Y55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z55" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA55" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB55" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC55" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD55" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF55" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG55" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="n">
-        <x:v>53</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B56" t="str">
-        <x:v>90048601</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C56" t="str">
-        <x:v>HOWMET AEROSPACE INC</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D56" t="str">
-        <x:v>1600 HARVARD AVE</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E56" t="str">
-        <x:v>NEWBURGH HEIGHTS</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F56" t="str">
-        <x:v>OH</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G56" t="str">
-        <x:v>44105-3040</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H56" t="str">
-        <x:v>216-641-4109</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I56" t="str">
-        <x:v/>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J56" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K56" t="str">
         <x:v/>
       </x:c>
       <x:c r="L56" t="str">
         <x:v/>
       </x:c>
       <x:c r="M56" t="str">
         <x:v/>
       </x:c>
       <x:c r="N56" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O56" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P56" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q56" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R56" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T56" t="str">
         <x:v/>
       </x:c>
       <x:c r="U56" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V56" t="str">
-        <x:v>Type I Method D Forms B  D only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W56" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X56" t="n">
-        <x:v>24591</x:v>
+        <x:v>24671</x:v>
       </x:c>
       <x:c r="Y56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z56" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA56" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB56" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC56" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD56" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF56" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG56" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="n">
-        <x:v>191</x:v>
+        <x:v>13932</x:v>
       </x:c>
       <x:c r="B57" t="str">
-        <x:v>90024608</x:v>
+        <x:v>90067570</x:v>
       </x:c>
       <x:c r="C57" t="str">
-        <x:v>HYDROFORM USA INC</x:v>
+        <x:v>HOUSTON PRECISION FASTENERS LLC</x:v>
       </x:c>
       <x:c r="D57" t="str">
-        <x:v>2848 E 208TH ST</x:v>
+        <x:v>4923 CRANSWICK RD</x:v>
       </x:c>
       <x:c r="E57" t="str">
-        <x:v>LONG BEACH</x:v>
+        <x:v>HOUSTON</x:v>
       </x:c>
       <x:c r="F57" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G57" t="str">
-        <x:v>90810-1101</x:v>
+        <x:v>77041-7723</x:v>
       </x:c>
       <x:c r="H57" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>7134622227</x:v>
       </x:c>
       <x:c r="I57" t="str">
-        <x:v>310-632-0932</x:v>
+        <x:v>713-456-2471</x:v>
       </x:c>
       <x:c r="J57" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>5/11/2017</x:v>
       </x:c>
       <x:c r="K57" t="str">
-        <x:v/>
+        <x:v>1VSL7</x:v>
       </x:c>
       <x:c r="L57" t="str">
-        <x:v/>
+        <x:v>058058517</x:v>
       </x:c>
       <x:c r="M57" t="str">
         <x:v/>
       </x:c>
       <x:c r="N57" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O57" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P57" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q57" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R57" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T57" t="str">
         <x:v/>
       </x:c>
       <x:c r="U57" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V57" t="str">
         <x:v/>
       </x:c>
       <x:c r="W57" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X57" t="n">
-        <x:v>29003</x:v>
+        <x:v>25548</x:v>
       </x:c>
       <x:c r="Y57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z57" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA57" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB57" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC57" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD57" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF57" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG57" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="n">
-        <x:v>7652</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B58" t="str">
-        <x:v>90044966</x:v>
+        <x:v>90048601</x:v>
       </x:c>
       <x:c r="C58" t="str">
-        <x:v>MACHINE SPECIALTIES LLC</x:v>
+        <x:v>HOWMET AEROSPACE INC</x:v>
       </x:c>
       <x:c r="D58" t="str">
-        <x:v>6511 FRANZ WARNER PKWY</x:v>
+        <x:v>1600 HARVARD AVE</x:v>
       </x:c>
       <x:c r="E58" t="str">
-        <x:v>WHITSETT</x:v>
+        <x:v>NEWBURGH HEIGHTS</x:v>
       </x:c>
       <x:c r="F58" t="str">
-        <x:v>NC</x:v>
+        <x:v>OH</x:v>
       </x:c>
       <x:c r="G58" t="str">
-        <x:v>27377-9215</x:v>
+        <x:v>44105-3040</x:v>
       </x:c>
       <x:c r="H58" t="str">
-        <x:v>3366031919</x:v>
+        <x:v>216-641-4109</x:v>
       </x:c>
       <x:c r="I58" t="str">
-        <x:v>336-603-1920</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J58" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K58" t="str">
         <x:v/>
       </x:c>
       <x:c r="L58" t="str">
         <x:v/>
       </x:c>
       <x:c r="M58" t="str">
         <x:v/>
       </x:c>
       <x:c r="N58" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O58" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P58" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q58" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R58" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T58" t="str">
         <x:v/>
       </x:c>
       <x:c r="U58" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V58" t="str">
-        <x:v/>
+        <x:v>Type I Method D Forms B  D only</x:v>
       </x:c>
       <x:c r="W58" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X58" t="n">
-        <x:v>25439</x:v>
+        <x:v>24591</x:v>
       </x:c>
       <x:c r="Y58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z58" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA58" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB58" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC58" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD58" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF58" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG58" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="n">
-        <x:v>221</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B59" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90024608</x:v>
       </x:c>
       <x:c r="C59" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>HYDROFORM USA INC</x:v>
       </x:c>
       <x:c r="D59" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>2848 E 208TH ST</x:v>
       </x:c>
       <x:c r="E59" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F59" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G59" t="str">
-        <x:v>11704</x:v>
+        <x:v>90810-1101</x:v>
       </x:c>
       <x:c r="H59" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I59" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>310-632-0932</x:v>
       </x:c>
       <x:c r="J59" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K59" t="str">
         <x:v/>
       </x:c>
       <x:c r="L59" t="str">
         <x:v/>
       </x:c>
       <x:c r="M59" t="str">
         <x:v/>
       </x:c>
       <x:c r="N59" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O59" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P59" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q59" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R59" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T59" t="str">
         <x:v/>
       </x:c>
       <x:c r="U59" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V59" t="str">
         <x:v/>
       </x:c>
       <x:c r="W59" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X59" t="n">
-        <x:v>24738</x:v>
+        <x:v>29003</x:v>
       </x:c>
       <x:c r="Y59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z59" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA59" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB59" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC59" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD59" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF59" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG59" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="n">
-        <x:v>240</x:v>
+        <x:v>7652</x:v>
       </x:c>
       <x:c r="B60" t="str">
-        <x:v>90051537</x:v>
+        <x:v>90044966</x:v>
       </x:c>
       <x:c r="C60" t="str">
-        <x:v>Magnetic Inspection Laboratory Inc</x:v>
+        <x:v>MACHINE SPECIALTIES LLC</x:v>
       </x:c>
       <x:c r="D60" t="str">
-        <x:v>1401 Greenleaf Avenue</x:v>
+        <x:v>6511 FRANZ WARNER PKWY</x:v>
       </x:c>
       <x:c r="E60" t="str">
-        <x:v>Elk Grove Village               </x:v>
+        <x:v>WHITSETT</x:v>
       </x:c>
       <x:c r="F60" t="str">
-        <x:v>IL </x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G60" t="str">
-        <x:v>60007                               </x:v>
+        <x:v>27377-9215</x:v>
       </x:c>
       <x:c r="H60" t="str">
-        <x:v>847-437-4488</x:v>
+        <x:v>3366031919</x:v>
       </x:c>
       <x:c r="I60" t="str">
-        <x:v/>
+        <x:v>336-603-1920</x:v>
       </x:c>
       <x:c r="J60" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K60" t="str">
         <x:v/>
       </x:c>
       <x:c r="L60" t="str">
         <x:v/>
       </x:c>
       <x:c r="M60" t="str">
         <x:v/>
       </x:c>
       <x:c r="N60" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O60" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P60" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q60" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R60" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T60" t="str">
         <x:v/>
       </x:c>
       <x:c r="U60" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V60" t="str">
         <x:v/>
       </x:c>
       <x:c r="W60" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X60" t="n">
-        <x:v>24769</x:v>
+        <x:v>25439</x:v>
       </x:c>
       <x:c r="Y60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z60" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA60" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB60" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC60" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD60" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF60" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG60" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="n">
-        <x:v>12874</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B61" t="str">
-        <x:v>90066477</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C61" t="str">
-        <x:v>Mecaprotec Industries Jean-François</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D61" t="str">
-        <x:v>24, rue Jean-François Romieu </x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E61" t="str">
-        <x:v>MURET, 31600</x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F61" t="str">
-        <x:v/>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G61" t="str">
-        <x:v/>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H61" t="str">
-        <x:v>(33) (0)5.61.51.82.00</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I61" t="str">
-        <x:v>(33) (0)5.61.51.82.01</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J61" t="str">
-        <x:v>1/5/2017</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K61" t="str">
         <x:v/>
       </x:c>
       <x:c r="L61" t="str">
         <x:v/>
       </x:c>
       <x:c r="M61" t="str">
         <x:v/>
       </x:c>
       <x:c r="N61" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O61" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P61" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q61" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R61" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T61" t="str">
         <x:v/>
       </x:c>
       <x:c r="U61" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V61" t="str">
         <x:v/>
       </x:c>
       <x:c r="W61" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X61" t="n">
-        <x:v>25432</x:v>
+        <x:v>24738</x:v>
       </x:c>
       <x:c r="Y61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z61" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA61" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB61" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC61" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD61" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF61" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG61" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="n">
-        <x:v>292</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B62" t="str">
-        <x:v>90054111</x:v>
+        <x:v>90051536</x:v>
       </x:c>
       <x:c r="C62" t="str">
-        <x:v>Mecaprotec Industries Joffrey</x:v>
+        <x:v>MAGNETIC AND PENETRANT SERVICES CO</x:v>
       </x:c>
       <x:c r="D62" t="str">
-        <x:v>34 Blvd. Joffrey B.P. 204</x:v>
+        <x:v>8135 1st AVE S</x:v>
       </x:c>
       <x:c r="E62" t="str">
-        <x:v>Muret Cedex</x:v>
+        <x:v>SEATTLE</x:v>
       </x:c>
       <x:c r="F62" t="str">
-        <x:v/>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G62" t="str">
-        <x:v>31607</x:v>
+        <x:v>98108-4202</x:v>
       </x:c>
       <x:c r="H62" t="str">
-        <x:v>330561518207</x:v>
+        <x:v>206-762-5855</x:v>
       </x:c>
       <x:c r="I62" t="str">
-        <x:v>0561518201</x:v>
+        <x:v>206-763-1641</x:v>
       </x:c>
       <x:c r="J62" t="str">
-        <x:v>9/15/2005</x:v>
+        <x:v>5/13/2009</x:v>
       </x:c>
       <x:c r="K62" t="str">
         <x:v/>
       </x:c>
       <x:c r="L62" t="str">
         <x:v/>
       </x:c>
       <x:c r="M62" t="str">
         <x:v/>
       </x:c>
       <x:c r="N62" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O62" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P62" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q62" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R62" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T62" t="str">
         <x:v/>
       </x:c>
       <x:c r="U62" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V62" t="str">
         <x:v/>
       </x:c>
       <x:c r="W62" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X62" t="n">
-        <x:v>24819</x:v>
+        <x:v>24568</x:v>
       </x:c>
       <x:c r="Y62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z62" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA62" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB62" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC62" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD62" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF62" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG62" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="n">
-        <x:v>247</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B63" t="str">
-        <x:v>90051682</x:v>
+        <x:v>90051537</x:v>
       </x:c>
       <x:c r="C63" t="str">
-        <x:v>Metal Finishing Company Inc</x:v>
+        <x:v>Magnetic Inspection Laboratory Inc</x:v>
       </x:c>
       <x:c r="D63" t="str">
-        <x:v>1423 S Mclean Blvd</x:v>
+        <x:v>1401 Greenleaf Avenue</x:v>
       </x:c>
       <x:c r="E63" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Elk Grove Village               </x:v>
       </x:c>
       <x:c r="F63" t="str">
-        <x:v>KS</x:v>
+        <x:v>IL </x:v>
       </x:c>
       <x:c r="G63" t="str">
-        <x:v>57213</x:v>
+        <x:v>60007                               </x:v>
       </x:c>
       <x:c r="H63" t="str">
-        <x:v>(316) 267-7289</x:v>
+        <x:v>847-437-4488</x:v>
       </x:c>
       <x:c r="I63" t="str">
-        <x:v>(316) 267-1450</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J63" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K63" t="str">
         <x:v/>
       </x:c>
       <x:c r="L63" t="str">
         <x:v/>
       </x:c>
       <x:c r="M63" t="str">
         <x:v/>
       </x:c>
       <x:c r="N63" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O63" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P63" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q63" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R63" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T63" t="str">
         <x:v/>
       </x:c>
       <x:c r="U63" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V63" t="str">
         <x:v/>
       </x:c>
       <x:c r="W63" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X63" t="n">
-        <x:v>24784</x:v>
+        <x:v>24769</x:v>
       </x:c>
       <x:c r="Y63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z63" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA63" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB63" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC63" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD63" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF63" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG63" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="n">
-        <x:v>328</x:v>
+        <x:v>12874</x:v>
       </x:c>
       <x:c r="B64" t="str">
-        <x:v>90051753</x:v>
+        <x:v>90066477</x:v>
       </x:c>
       <x:c r="C64" t="str">
-        <x:v>MILLER CASTINGS INC                               </x:v>
+        <x:v>Mecaprotec Industries Jean-François</x:v>
       </x:c>
       <x:c r="D64" t="str">
-        <x:v>2503 PACIFIC PARK DR                </x:v>
+        <x:v>24, rue Jean-François Romieu </x:v>
       </x:c>
       <x:c r="E64" t="str">
-        <x:v>WHITTIER                            </x:v>
+        <x:v>MURET, 31600</x:v>
       </x:c>
       <x:c r="F64" t="str">
-        <x:v>CA </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G64" t="str">
-        <x:v>90601-1610                          </x:v>
+        <x:v/>
       </x:c>
       <x:c r="H64" t="str">
-        <x:v>562-659-0461</x:v>
+        <x:v>(33) (0)5.61.51.82.00</x:v>
       </x:c>
       <x:c r="I64" t="str">
-        <x:v>562-692-4164</x:v>
+        <x:v>(33) (0)5.61.51.82.01</x:v>
       </x:c>
       <x:c r="J64" t="str">
-        <x:v>8/25/2009</x:v>
+        <x:v>1/5/2017</x:v>
       </x:c>
       <x:c r="K64" t="str">
         <x:v/>
       </x:c>
       <x:c r="L64" t="str">
         <x:v/>
       </x:c>
       <x:c r="M64" t="str">
         <x:v/>
       </x:c>
       <x:c r="N64" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O64" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P64" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q64" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R64" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T64" t="str">
         <x:v/>
       </x:c>
       <x:c r="U64" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V64" t="str">
         <x:v/>
       </x:c>
       <x:c r="W64" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X64" t="n">
-        <x:v>24845</x:v>
+        <x:v>25432</x:v>
       </x:c>
       <x:c r="Y64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z64" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA64" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB64" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC64" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD64" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF64" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG64" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="n">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="B65" t="str">
-        <x:v>90043905</x:v>
+        <x:v>90051682</x:v>
       </x:c>
       <x:c r="C65" t="str">
-        <x:v>MISTRAS GROUP                                     </x:v>
+        <x:v>Metal Finishing Company Inc</x:v>
       </x:c>
       <x:c r="D65" t="str">
-        <x:v>8427 ATLANTIC AVE                   </x:v>
+        <x:v>1423 S Mclean Blvd</x:v>
       </x:c>
       <x:c r="E65" t="str">
-        <x:v>CUDAHY                              </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F65" t="str">
-        <x:v>CA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G65" t="str">
-        <x:v>90201                               </x:v>
+        <x:v>57213</x:v>
       </x:c>
       <x:c r="H65" t="str">
-        <x:v>323-583-1653</x:v>
+        <x:v>(316) 267-7289</x:v>
       </x:c>
       <x:c r="I65" t="str">
-        <x:v/>
+        <x:v>(316) 267-1450</x:v>
       </x:c>
       <x:c r="J65" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K65" t="str">
         <x:v/>
       </x:c>
       <x:c r="L65" t="str">
         <x:v/>
       </x:c>
       <x:c r="M65" t="str">
         <x:v/>
       </x:c>
       <x:c r="N65" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O65" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P65" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q65" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R65" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T65" t="str">
         <x:v/>
       </x:c>
       <x:c r="U65" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V65" t="str">
         <x:v/>
       </x:c>
       <x:c r="W65" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X65" t="n">
-        <x:v>24507</x:v>
+        <x:v>24784</x:v>
       </x:c>
       <x:c r="Y65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z65" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA65" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB65" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC65" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD65" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF65" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG65" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="n">
-        <x:v>277</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B66" t="str">
-        <x:v>90063507</x:v>
+        <x:v>90051753</x:v>
       </x:c>
       <x:c r="C66" t="str">
-        <x:v>MISTRAS GROUP INC</x:v>
+        <x:v>MILLER CASTINGS INC                               </x:v>
       </x:c>
       <x:c r="D66" t="str">
-        <x:v>16 INTERNATIONAL DR # F</x:v>
+        <x:v>2503 PACIFIC PARK DR                </x:v>
       </x:c>
       <x:c r="E66" t="str">
-        <x:v>EAST GRANBY</x:v>
+        <x:v>WHITTIER                            </x:v>
       </x:c>
       <x:c r="F66" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G66" t="str">
-        <x:v>06026</x:v>
+        <x:v>90601-1610                          </x:v>
       </x:c>
       <x:c r="H66" t="str">
-        <x:v>508-335-5671</x:v>
+        <x:v>562-659-0461</x:v>
       </x:c>
       <x:c r="I66" t="str">
-        <x:v>860-653-0077</x:v>
+        <x:v>562-692-4164</x:v>
       </x:c>
       <x:c r="J66" t="str">
-        <x:v>5/19/2014</x:v>
+        <x:v>8/25/2009</x:v>
       </x:c>
       <x:c r="K66" t="str">
         <x:v/>
       </x:c>
       <x:c r="L66" t="str">
         <x:v/>
       </x:c>
       <x:c r="M66" t="str">
         <x:v/>
       </x:c>
       <x:c r="N66" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O66" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P66" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q66" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R66" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T66" t="str">
         <x:v/>
       </x:c>
       <x:c r="U66" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V66" t="str">
-        <x:v>No Pre-Penetrant Etch Capability.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W66" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X66" t="n">
-        <x:v>24925</x:v>
+        <x:v>24845</x:v>
       </x:c>
       <x:c r="Y66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z66" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA66" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB66" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC66" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD66" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF66" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG66" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="n">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B67" t="str">
-        <x:v>90051777</x:v>
+        <x:v>90043905</x:v>
       </x:c>
       <x:c r="C67" t="str">
-        <x:v>Mitchell Laboratories Inc</x:v>
+        <x:v>MISTRAS GROUP                                     </x:v>
       </x:c>
       <x:c r="D67" t="str">
-        <x:v>7707 Bequette Ave</x:v>
+        <x:v>8427 ATLANTIC AVE                   </x:v>
       </x:c>
       <x:c r="E67" t="str">
-        <x:v>Pico Rivera</x:v>
+        <x:v>CUDAHY                              </x:v>
       </x:c>
       <x:c r="F67" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G67" t="str">
-        <x:v>90660</x:v>
+        <x:v>90201                               </x:v>
       </x:c>
       <x:c r="H67" t="str">
-        <x:v>(562) 949-6144</x:v>
+        <x:v>323-583-1653</x:v>
       </x:c>
       <x:c r="I67" t="str">
-        <x:v>(562) 949-7584</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J67" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K67" t="str">
         <x:v/>
       </x:c>
       <x:c r="L67" t="str">
         <x:v/>
       </x:c>
       <x:c r="M67" t="str">
         <x:v/>
       </x:c>
       <x:c r="N67" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O67" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P67" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q67" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R67" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T67" t="str">
         <x:v/>
       </x:c>
       <x:c r="U67" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V67" t="str">
         <x:v/>
       </x:c>
       <x:c r="W67" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X67" t="n">
-        <x:v>24902</x:v>
+        <x:v>24507</x:v>
       </x:c>
       <x:c r="Y67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z67" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA67" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB67" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC67" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD67" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF67" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG67" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="n">
-        <x:v>303</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="B68" t="str">
-        <x:v>90051812</x:v>
+        <x:v>90063507</x:v>
       </x:c>
       <x:c r="C68" t="str">
-        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
+        <x:v>MISTRAS GROUP INC</x:v>
       </x:c>
       <x:c r="D68" t="str">
-        <x:v>432 E EUCLID AVE                    </x:v>
+        <x:v>16 INTERNATIONAL DR # F</x:v>
       </x:c>
       <x:c r="E68" t="str">
-        <x:v>COMPTON                             </x:v>
+        <x:v>EAST GRANBY</x:v>
       </x:c>
       <x:c r="F68" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G68" t="str">
-        <x:v>90222-2810                          </x:v>
+        <x:v>06026</x:v>
       </x:c>
       <x:c r="H68" t="str">
-        <x:v>323-636-1004</x:v>
+        <x:v>508-335-5671</x:v>
       </x:c>
       <x:c r="I68" t="str">
-        <x:v>310-369-1025</x:v>
+        <x:v>860-653-0077</x:v>
       </x:c>
       <x:c r="J68" t="str">
-        <x:v>8/18/2006</x:v>
+        <x:v>5/19/2014</x:v>
       </x:c>
       <x:c r="K68" t="str">
         <x:v/>
       </x:c>
       <x:c r="L68" t="str">
         <x:v/>
       </x:c>
       <x:c r="M68" t="str">
         <x:v/>
       </x:c>
       <x:c r="N68" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O68" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P68" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q68" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R68" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T68" t="str">
         <x:v/>
       </x:c>
       <x:c r="U68" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V68" t="str">
-        <x:v/>
+        <x:v>No Pre-Penetrant Etch Capability.</x:v>
       </x:c>
       <x:c r="W68" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X68" t="n">
-        <x:v>25745</x:v>
+        <x:v>24925</x:v>
       </x:c>
       <x:c r="Y68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z68" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA68" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB68" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC68" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD68" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF68" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG68" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="n">
-        <x:v>24897</x:v>
+        <x:v>13958</x:v>
       </x:c>
       <x:c r="B69" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90063606</x:v>
       </x:c>
       <x:c r="C69" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>MISTRAS Services, Kent, WA</x:v>
       </x:c>
       <x:c r="D69" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>212th Street Business Park, 7820 South 210th Street, Suite 110</x:v>
       </x:c>
       <x:c r="E69" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>Kent</x:v>
       </x:c>
       <x:c r="F69" t="str">
-        <x:v>CA</x:v>
+        <x:v>WA</x:v>
       </x:c>
       <x:c r="G69" t="str">
-        <x:v>92337</x:v>
+        <x:v>98032</x:v>
       </x:c>
       <x:c r="H69" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>253-656-0062</x:v>
       </x:c>
       <x:c r="I69" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J69" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>6/15/2017</x:v>
       </x:c>
       <x:c r="K69" t="str">
         <x:v/>
       </x:c>
       <x:c r="L69" t="str">
         <x:v/>
       </x:c>
       <x:c r="M69" t="str">
         <x:v/>
       </x:c>
       <x:c r="N69" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O69" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P69" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q69" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R69" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T69" t="str">
         <x:v/>
       </x:c>
       <x:c r="U69" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V69" t="str">
         <x:v/>
       </x:c>
       <x:c r="W69" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X69" t="n">
-        <x:v>29867</x:v>
+        <x:v>30534</x:v>
       </x:c>
       <x:c r="Y69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z69" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA69" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB69" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC69" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD69" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF69" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG69" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="n">
-        <x:v>87</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B70" t="str">
-        <x:v>90055470</x:v>
+        <x:v>90051777</x:v>
       </x:c>
       <x:c r="C70" t="str">
-        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
+        <x:v>Mitchell Laboratories Inc</x:v>
       </x:c>
       <x:c r="D70" t="str">
-        <x:v>155 Lexington Dr</x:v>
+        <x:v>7707 Bequette Ave</x:v>
       </x:c>
       <x:c r="E70" t="str">
-        <x:v>Laconia</x:v>
+        <x:v>Pico Rivera</x:v>
       </x:c>
       <x:c r="F70" t="str">
-        <x:v>NH</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G70" t="str">
-        <x:v>03246</x:v>
+        <x:v>90660</x:v>
       </x:c>
       <x:c r="H70" t="str">
-        <x:v>(603) 524-0004</x:v>
+        <x:v>(562) 949-6144</x:v>
       </x:c>
       <x:c r="I70" t="str">
-        <x:v/>
+        <x:v>(562) 949-7584</x:v>
       </x:c>
       <x:c r="J70" t="str">
         <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K70" t="str">
         <x:v/>
       </x:c>
       <x:c r="L70" t="str">
         <x:v/>
       </x:c>
       <x:c r="M70" t="str">
         <x:v/>
       </x:c>
       <x:c r="N70" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O70" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P70" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q70" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R70" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T70" t="str">
         <x:v/>
       </x:c>
       <x:c r="U70" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V70" t="str">
         <x:v/>
       </x:c>
       <x:c r="W70" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X70" t="n">
-        <x:v>24519</x:v>
+        <x:v>24902</x:v>
       </x:c>
       <x:c r="Y70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z70" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA70" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB70" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC70" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD70" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF70" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG70" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="n">
-        <x:v>203</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B71" t="str">
-        <x:v>90051986</x:v>
+        <x:v>90051812</x:v>
       </x:c>
       <x:c r="C71" t="str">
-        <x:v>NORTH EAST FINISHING CO</x:v>
+        <x:v>MORRELL'S ELECTRO PLATING INC                     </x:v>
       </x:c>
       <x:c r="D71" t="str">
-        <x:v>245 RALPH AV</x:v>
+        <x:v>432 E EUCLID AVE                    </x:v>
       </x:c>
       <x:c r="E71" t="str">
-        <x:v>COPIAGUE</x:v>
+        <x:v>COMPTON                             </x:v>
       </x:c>
       <x:c r="F71" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G71" t="str">
-        <x:v>11726-1514</x:v>
+        <x:v>90222-2810                          </x:v>
       </x:c>
       <x:c r="H71" t="str">
-        <x:v>6317898000</x:v>
+        <x:v>323-636-1004</x:v>
       </x:c>
       <x:c r="I71" t="str">
-        <x:v>631-789-8094</x:v>
+        <x:v>310-369-1025</x:v>
       </x:c>
       <x:c r="J71" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/18/2006</x:v>
       </x:c>
       <x:c r="K71" t="str">
-        <x:v>7BZG6</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L71" t="str">
-        <x:v>947402947</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M71" t="str">
         <x:v/>
       </x:c>
       <x:c r="N71" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O71" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P71" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q71" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R71" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T71" t="str">
         <x:v/>
       </x:c>
       <x:c r="U71" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V71" t="str">
         <x:v/>
       </x:c>
       <x:c r="W71" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X71" t="n">
-        <x:v>24717</x:v>
+        <x:v>25745</x:v>
       </x:c>
       <x:c r="Y71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z71" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA71" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB71" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC71" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD71" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF71" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG71" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="n">
-        <x:v>17106</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B72" t="str">
-        <x:v>90068865</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C72" t="str">
-        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D72" t="str">
-        <x:v>2522 WEST 21ST STREET</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E72" t="str">
-        <x:v>CHANUTE</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F72" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G72" t="str">
-        <x:v>66720-6132</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H72" t="str">
-        <x:v>6203052451</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I72" t="str">
-        <x:v>620-305-2401</x:v>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J72" t="str">
-        <x:v>5/9/2018</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K72" t="str">
         <x:v/>
       </x:c>
       <x:c r="L72" t="str">
         <x:v/>
       </x:c>
       <x:c r="M72" t="str">
         <x:v/>
       </x:c>
       <x:c r="N72" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O72" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P72" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q72" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R72" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T72" t="str">
         <x:v/>
       </x:c>
       <x:c r="U72" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V72" t="str">
-        <x:v>Type I, Method A, form D only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W72" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X72" t="n">
-        <x:v>25541</x:v>
+        <x:v>29867</x:v>
       </x:c>
       <x:c r="Y72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z72" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA72" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB72" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC72" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD72" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF72" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG72" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="n">
-        <x:v>248</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B73" t="str">
-        <x:v>90052095</x:v>
+        <x:v>90055470</x:v>
       </x:c>
       <x:c r="C73" t="str">
-        <x:v>Ozark Mountain Technologies, Inc.</x:v>
+        <x:v>New Hampshire Ball Bearings Inc, Astro Division</x:v>
       </x:c>
       <x:c r="D73" t="str">
-        <x:v>106 Midland Drive</x:v>
+        <x:v>155 Lexington Dr</x:v>
       </x:c>
       <x:c r="E73" t="str">
-        <x:v>Cuba</x:v>
+        <x:v>Laconia</x:v>
       </x:c>
       <x:c r="F73" t="str">
-        <x:v>MO</x:v>
+        <x:v>NH</x:v>
       </x:c>
       <x:c r="G73" t="str">
-        <x:v>65453</x:v>
+        <x:v>03246</x:v>
       </x:c>
       <x:c r="H73" t="str">
-        <x:v>(573) 885-3018</x:v>
+        <x:v>(603) 524-0004</x:v>
       </x:c>
       <x:c r="I73" t="str">
-        <x:v>(573) 885-3029</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J73" t="str">
-        <x:v>6/27/2006</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K73" t="str">
         <x:v/>
       </x:c>
       <x:c r="L73" t="str">
         <x:v/>
       </x:c>
       <x:c r="M73" t="str">
         <x:v/>
       </x:c>
       <x:c r="N73" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O73" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P73" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q73" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R73" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T73" t="str">
         <x:v/>
       </x:c>
       <x:c r="U73" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V73" t="str">
-        <x:v>Type I, Method A, Sensitivity Level 3, Form d</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W73" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X73" t="n">
-        <x:v>24888</x:v>
+        <x:v>24519</x:v>
       </x:c>
       <x:c r="Y73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z73" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA73" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB73" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC73" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD73" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF73" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG73" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="n">
-        <x:v>27</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B74" t="str">
-        <x:v>90052132</x:v>
+        <x:v>90051986</x:v>
       </x:c>
       <x:c r="C74" t="str">
-        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D74" t="str">
-        <x:v>6837 Farmdale Ave</x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E74" t="str">
-        <x:v>N Hollywood</x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F74" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G74" t="str">
-        <x:v>91605</x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H74" t="str">
-        <x:v>(818) 765-7266</x:v>
+        <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I74" t="str">
-        <x:v>(818) 764-3355</x:v>
+        <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J74" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K74" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L74" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M74" t="str">
         <x:v/>
       </x:c>
       <x:c r="N74" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O74" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P74" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q74" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R74" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T74" t="str">
         <x:v/>
       </x:c>
       <x:c r="U74" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V74" t="str">
         <x:v/>
       </x:c>
       <x:c r="W74" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X74" t="n">
-        <x:v>24412</x:v>
+        <x:v>24717</x:v>
       </x:c>
       <x:c r="Y74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z74" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA74" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB74" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC74" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD74" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF74" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG74" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="n">
-        <x:v>4176</x:v>
+        <x:v>17106</x:v>
       </x:c>
       <x:c r="B75" t="str">
-        <x:v>90052120</x:v>
+        <x:v>90068865</x:v>
       </x:c>
       <x:c r="C75" t="str">
-        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
+        <x:v>ORIZON AEROSTRUCTURES LLC</x:v>
       </x:c>
       <x:c r="D75" t="str">
-        <x:v>11000 Jersey Blvd</x:v>
+        <x:v>2522 WEST 21ST STREET</x:v>
       </x:c>
       <x:c r="E75" t="str">
-        <x:v>RANCHO CUCAMONGA </x:v>
+        <x:v>CHANUTE</x:v>
       </x:c>
       <x:c r="F75" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G75" t="str">
-        <x:v>91730</x:v>
+        <x:v>66720-6132</x:v>
       </x:c>
       <x:c r="H75" t="str">
-        <x:v>909-377-8602  </x:v>
+        <x:v>6203052451</x:v>
       </x:c>
       <x:c r="I75" t="str">
-        <x:v/>
+        <x:v>620-305-2401</x:v>
       </x:c>
       <x:c r="J75" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>5/9/2018</x:v>
       </x:c>
       <x:c r="K75" t="str">
         <x:v/>
       </x:c>
       <x:c r="L75" t="str">
         <x:v/>
       </x:c>
       <x:c r="M75" t="str">
         <x:v/>
       </x:c>
       <x:c r="N75" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O75" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P75" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q75" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R75" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T75" t="str">
         <x:v/>
       </x:c>
       <x:c r="U75" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V75" t="str">
-        <x:v/>
+        <x:v>Type I, Method A, form D only</x:v>
       </x:c>
       <x:c r="W75" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X75" t="n">
-        <x:v>30183</x:v>
+        <x:v>25541</x:v>
       </x:c>
       <x:c r="Y75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z75" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA75" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB75" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC75" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD75" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF75" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG75" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="n">
-        <x:v>13911</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B76" t="str">
-        <x:v>90067462</x:v>
+        <x:v>90052095</x:v>
       </x:c>
       <x:c r="C76" t="str">
-        <x:v>Paragon NDT, LLC</x:v>
+        <x:v>Ozark Mountain Technologies, Inc.</x:v>
       </x:c>
       <x:c r="D76" t="str">
-        <x:v>2210 S. Edwards St.</x:v>
+        <x:v>106 Midland Drive</x:v>
       </x:c>
       <x:c r="E76" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Cuba</x:v>
       </x:c>
       <x:c r="F76" t="str">
-        <x:v>KS</x:v>
+        <x:v>MO</x:v>
       </x:c>
       <x:c r="G76" t="str">
-        <x:v>67213</x:v>
+        <x:v>65453</x:v>
       </x:c>
       <x:c r="H76" t="str">
-        <x:v>316-927-4285</x:v>
+        <x:v>(573) 885-3018</x:v>
       </x:c>
       <x:c r="I76" t="str">
-        <x:v>316-927-4299</x:v>
+        <x:v>(573) 885-3029</x:v>
       </x:c>
       <x:c r="J76" t="str">
-        <x:v>4/12/2017</x:v>
+        <x:v>6/27/2006</x:v>
       </x:c>
       <x:c r="K76" t="str">
         <x:v/>
       </x:c>
       <x:c r="L76" t="str">
         <x:v/>
       </x:c>
       <x:c r="M76" t="str">
         <x:v/>
       </x:c>
       <x:c r="N76" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O76" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P76" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q76" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R76" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T76" t="str">
         <x:v/>
       </x:c>
       <x:c r="U76" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V76" t="str">
-        <x:v/>
+        <x:v>Type I, Method A, Sensitivity Level 3, Form d</x:v>
       </x:c>
       <x:c r="W76" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X76" t="n">
-        <x:v>25454</x:v>
+        <x:v>24888</x:v>
       </x:c>
       <x:c r="Y76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z76" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA76" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB76" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC76" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD76" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF76" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG76" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="n">
-        <x:v>149</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B77" t="str">
-        <x:v>90052168</x:v>
+        <x:v>90052132</x:v>
       </x:c>
       <x:c r="C77" t="str">
-        <x:v>Paragon Services Inc West St.</x:v>
+        <x:v>Pacific Magnetic  Penetrant Co Inc</x:v>
       </x:c>
       <x:c r="D77" t="str">
-        <x:v>1015 S West Street</x:v>
+        <x:v>6837 Farmdale Ave</x:v>
       </x:c>
       <x:c r="E77" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>N Hollywood</x:v>
       </x:c>
       <x:c r="F77" t="str">
-        <x:v>KS</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G77" t="str">
-        <x:v>67213</x:v>
+        <x:v>91605</x:v>
       </x:c>
       <x:c r="H77" t="str">
-        <x:v>(316) 945-5285</x:v>
+        <x:v>(818) 765-7266</x:v>
       </x:c>
       <x:c r="I77" t="str">
-        <x:v>(316) 945-8906</x:v>
+        <x:v>(818) 764-3355</x:v>
       </x:c>
       <x:c r="J77" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K77" t="str">
         <x:v/>
       </x:c>
       <x:c r="L77" t="str">
         <x:v/>
       </x:c>
       <x:c r="M77" t="str">
         <x:v/>
       </x:c>
       <x:c r="N77" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O77" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P77" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q77" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R77" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T77" t="str">
         <x:v/>
       </x:c>
       <x:c r="U77" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V77" t="str">
         <x:v/>
       </x:c>
       <x:c r="W77" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X77" t="n">
-        <x:v>24604</x:v>
+        <x:v>24412</x:v>
       </x:c>
       <x:c r="Y77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z77" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA77" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB77" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC77" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD77" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF77" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG77" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="n">
-        <x:v>342</x:v>
+        <x:v>4176</x:v>
       </x:c>
       <x:c r="B78" t="str">
-        <x:v>90042418</x:v>
+        <x:v>90052120</x:v>
       </x:c>
       <x:c r="C78" t="str">
-        <x:v>PCC STRUCTURALS INC                               </x:v>
+        <x:v>PAC-Rancho, Inc. DBA Consolidated Precision Products</x:v>
       </x:c>
       <x:c r="D78" t="str">
-        <x:v>4600 SE HARNEY DR                   </x:v>
+        <x:v>11000 Jersey Blvd</x:v>
       </x:c>
       <x:c r="E78" t="str">
-        <x:v>PORTLAND                            </x:v>
+        <x:v>RANCHO CUCAMONGA </x:v>
       </x:c>
       <x:c r="F78" t="str">
-        <x:v>OR </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G78" t="str">
-        <x:v>97206                               </x:v>
+        <x:v>91730</x:v>
       </x:c>
       <x:c r="H78" t="str">
-        <x:v>5037773881</x:v>
+        <x:v>909-377-8602  </x:v>
       </x:c>
       <x:c r="I78" t="str">
-        <x:v>503-788-5412</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J78" t="str">
-        <x:v>4/22/2010</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K78" t="str">
         <x:v/>
       </x:c>
       <x:c r="L78" t="str">
         <x:v/>
       </x:c>
       <x:c r="M78" t="str">
         <x:v/>
       </x:c>
       <x:c r="N78" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O78" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P78" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q78" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R78" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T78" t="str">
         <x:v/>
       </x:c>
       <x:c r="U78" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V78" t="str">
         <x:v/>
       </x:c>
       <x:c r="W78" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X78" t="n">
-        <x:v>25498</x:v>
+        <x:v>30183</x:v>
       </x:c>
       <x:c r="Y78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z78" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA78" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB78" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC78" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD78" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF78" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG78" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="n">
-        <x:v>18142</x:v>
+        <x:v>13911</x:v>
       </x:c>
       <x:c r="B79" t="str">
-        <x:v>90068971</x:v>
+        <x:v>90067462</x:v>
       </x:c>
       <x:c r="C79" t="str">
-        <x:v>PEENING TECHNOLOGIES OF GEORGIA INC               </x:v>
+        <x:v>Paragon NDT, LLC</x:v>
       </x:c>
       <x:c r="D79" t="str">
-        <x:v>3117 EMERY CIR                      </x:v>
+        <x:v>2210 S. Edwards St.</x:v>
       </x:c>
       <x:c r="E79" t="str">
-        <x:v>AUSTELL                             </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F79" t="str">
-        <x:v>GA </x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G79" t="str">
-        <x:v>30168-5530                          </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H79" t="str">
-        <x:v>770-941-9573</x:v>
+        <x:v>316-927-4285</x:v>
       </x:c>
       <x:c r="I79" t="str">
-        <x:v/>
+        <x:v>316-927-4299</x:v>
       </x:c>
       <x:c r="J79" t="str">
-        <x:v>8/1/2018</x:v>
+        <x:v>4/12/2017</x:v>
       </x:c>
       <x:c r="K79" t="str">
         <x:v/>
       </x:c>
       <x:c r="L79" t="str">
         <x:v/>
       </x:c>
       <x:c r="M79" t="str">
         <x:v/>
       </x:c>
       <x:c r="N79" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O79" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P79" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q79" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R79" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T79" t="str">
         <x:v/>
       </x:c>
       <x:c r="U79" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V79" t="str">
         <x:v/>
       </x:c>
       <x:c r="W79" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X79" t="n">
-        <x:v>25550</x:v>
+        <x:v>25454</x:v>
       </x:c>
       <x:c r="Y79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z79" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA79" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB79" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC79" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD79" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF79" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG79" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="n">
-        <x:v>26343</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B80" t="str">
-        <x:v>90127495</x:v>
+        <x:v>90052168</x:v>
       </x:c>
       <x:c r="C80" t="str">
-        <x:v>POTEZ AERONAUTIQUE                                </x:v>
+        <x:v>Paragon Services Inc West St.</x:v>
       </x:c>
       <x:c r="D80" t="str">
-        <x:v>8 Route Du Houga BP 149             </x:v>
+        <x:v>1015 S West Street</x:v>
       </x:c>
       <x:c r="E80" t="str">
-        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F80" t="str">
-        <x:v/>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G80" t="str">
-        <x:v>40800                               </x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H80" t="str">
-        <x:v>0558714778          </x:v>
+        <x:v>(316) 945-5285</x:v>
       </x:c>
       <x:c r="I80" t="str">
-        <x:v/>
+        <x:v>(316) 945-8906</x:v>
       </x:c>
       <x:c r="J80" t="str">
-        <x:v>1/4/2024</x:v>
+        <x:v>1/1/2003</x:v>
       </x:c>
       <x:c r="K80" t="str">
         <x:v/>
       </x:c>
       <x:c r="L80" t="str">
         <x:v/>
       </x:c>
       <x:c r="M80" t="str">
         <x:v/>
       </x:c>
       <x:c r="N80" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O80" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P80" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q80" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R80" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T80" t="str">
         <x:v/>
       </x:c>
       <x:c r="U80" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V80" t="str">
-        <x:v>Limited to Penetrant Inspection per GT23A when Etch is not Req’d.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W80" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X80" t="n">
-        <x:v>29491</x:v>
+        <x:v>24604</x:v>
       </x:c>
       <x:c r="Y80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z80" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA80" t="n">
-        <x:v>185</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="AB80" t="str">
-        <x:v>France</x:v>
+        <x:v>United States</x:v>
       </x:c>
       <x:c r="AC80" t="str">
-        <x:v>FR</x:v>
+        <x:v>US</x:v>
       </x:c>
       <x:c r="AD80" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF80" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG80" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="n">
-        <x:v>4449</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B81" t="str">
-        <x:v>90052325</x:v>
+        <x:v>90042418</x:v>
       </x:c>
       <x:c r="C81" t="str">
-        <x:v>PRECISION TUBE BENDING                            </x:v>
+        <x:v>PCC STRUCTURALS INC                               </x:v>
       </x:c>
       <x:c r="D81" t="str">
-        <x:v>13626 TALC ST                       </x:v>
+        <x:v>4600 SE HARNEY DR                   </x:v>
       </x:c>
       <x:c r="E81" t="str">
-        <x:v>SANTA FE SPRINGS                    </x:v>
+        <x:v>PORTLAND                            </x:v>
       </x:c>
       <x:c r="F81" t="str">
-        <x:v>CA </x:v>
+        <x:v>OR </x:v>
       </x:c>
       <x:c r="G81" t="str">
-        <x:v>90670-5114                          </x:v>
+        <x:v>97206                               </x:v>
       </x:c>
       <x:c r="H81" t="str">
-        <x:v>562-407-3200 x337</x:v>
+        <x:v>5037773881</x:v>
       </x:c>
       <x:c r="I81" t="str">
-        <x:v>562-407-3202</x:v>
+        <x:v>503-788-5412</x:v>
       </x:c>
       <x:c r="J81" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>4/22/2010</x:v>
       </x:c>
       <x:c r="K81" t="str">
         <x:v/>
       </x:c>
       <x:c r="L81" t="str">
         <x:v/>
       </x:c>
       <x:c r="M81" t="str">
         <x:v/>
       </x:c>
       <x:c r="N81" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O81" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P81" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q81" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R81" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T81" t="str">
         <x:v/>
       </x:c>
       <x:c r="U81" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V81" t="str">
-        <x:v>Not approved for pre-penetrant etch</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W81" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X81" t="n">
-        <x:v>25692</x:v>
+        <x:v>25498</x:v>
       </x:c>
       <x:c r="Y81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z81" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA81" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB81" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC81" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD81" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF81" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG81" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="n">
-        <x:v>153</x:v>
+        <x:v>18142</x:v>
       </x:c>
       <x:c r="B82" t="str">
-        <x:v>90052342</x:v>
+        <x:v>90068971</x:v>
       </x:c>
       <x:c r="C82" t="str">
-        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
+        <x:v>PEENING TECHNOLOGIES OF GEORGIA INC               </x:v>
       </x:c>
       <x:c r="D82" t="str">
-        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
+        <x:v>3117 EMERY CIR                      </x:v>
       </x:c>
       <x:c r="E82" t="str">
-        <x:v>GROVE                               </x:v>
+        <x:v>AUSTELL                             </x:v>
       </x:c>
       <x:c r="F82" t="str">
-        <x:v>OK </x:v>
+        <x:v>GA </x:v>
       </x:c>
       <x:c r="G82" t="str">
-        <x:v>74344                               </x:v>
+        <x:v>30168-5530                          </x:v>
       </x:c>
       <x:c r="H82" t="str">
-        <x:v>9187866111</x:v>
+        <x:v>770-941-9573</x:v>
       </x:c>
       <x:c r="I82" t="str">
-        <x:v>918-786-4234</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J82" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>8/1/2018</x:v>
       </x:c>
       <x:c r="K82" t="str">
-        <x:v>4GMH2</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L82" t="str">
         <x:v/>
       </x:c>
       <x:c r="M82" t="str">
         <x:v/>
       </x:c>
       <x:c r="N82" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O82" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P82" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q82" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R82" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T82" t="str">
         <x:v/>
       </x:c>
       <x:c r="U82" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V82" t="str">
         <x:v/>
       </x:c>
       <x:c r="W82" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X82" t="n">
-        <x:v>24618</x:v>
+        <x:v>25550</x:v>
       </x:c>
       <x:c r="Y82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z82" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA82" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB82" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC82" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD82" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF82" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG82" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="n">
-        <x:v>231</x:v>
+        <x:v>26343</x:v>
       </x:c>
       <x:c r="B83" t="str">
-        <x:v>90063185</x:v>
+        <x:v>90127495</x:v>
       </x:c>
       <x:c r="C83" t="str">
-        <x:v>PTI Industries Inc.</x:v>
+        <x:v>POTEZ AERONAUTIQUE                                </x:v>
       </x:c>
       <x:c r="D83" t="str">
-        <x:v>2 Peerless Way</x:v>
+        <x:v>8 Route Du Houga BP 149             </x:v>
       </x:c>
       <x:c r="E83" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>AIRE-SUR-L'ADOUR                    </x:v>
       </x:c>
       <x:c r="F83" t="str">
-        <x:v>CT</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G83" t="str">
-        <x:v>06082</x:v>
+        <x:v>40800                               </x:v>
       </x:c>
       <x:c r="H83" t="str">
-        <x:v>860-698-9266</x:v>
+        <x:v>0558714778          </x:v>
       </x:c>
       <x:c r="I83" t="str">
-        <x:v>860-698-6762</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J83" t="str">
-        <x:v>6/19/2014</x:v>
+        <x:v>1/4/2024</x:v>
       </x:c>
       <x:c r="K83" t="str">
         <x:v/>
       </x:c>
       <x:c r="L83" t="str">
         <x:v/>
       </x:c>
       <x:c r="M83" t="str">
         <x:v/>
       </x:c>
       <x:c r="N83" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O83" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P83" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q83" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R83" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T83" t="str">
         <x:v/>
       </x:c>
       <x:c r="U83" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V83" t="str">
-        <x:v/>
+        <x:v>Limited to Penetrant Inspection per GT23A when Etch is not Req’d.</x:v>
       </x:c>
       <x:c r="W83" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X83" t="n">
-        <x:v>25654</x:v>
+        <x:v>29491</x:v>
       </x:c>
       <x:c r="Y83" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z83" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA83" t="n">
-        <x:v>268</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="AB83" t="str">
-        <x:v>United States</x:v>
+        <x:v>France</x:v>
       </x:c>
       <x:c r="AC83" t="str">
-        <x:v>US</x:v>
+        <x:v>FR</x:v>
       </x:c>
       <x:c r="AD83" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE83" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF83" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG83" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="n">
-        <x:v>7373</x:v>
+        <x:v>4449</x:v>
       </x:c>
       <x:c r="B84" t="str">
-        <x:v>90051936</x:v>
+        <x:v>90052325</x:v>
       </x:c>
       <x:c r="C84" t="str">
-        <x:v>QUALITY ALUMINUM FORGE LLC                        </x:v>
+        <x:v>PRECISION TUBE BENDING                            </x:v>
       </x:c>
       <x:c r="D84" t="str">
-        <x:v>793 N CYPRESS ST                    </x:v>
+        <x:v>13626 TALC ST                       </x:v>
       </x:c>
       <x:c r="E84" t="str">
-        <x:v>ORANGE                              </x:v>
+        <x:v>SANTA FE SPRINGS                    </x:v>
       </x:c>
       <x:c r="F84" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G84" t="str">
-        <x:v>92867-6606                          </x:v>
+        <x:v>90670-5114                          </x:v>
       </x:c>
       <x:c r="H84" t="str">
-        <x:v>714-639-8191</x:v>
+        <x:v>562-407-3200 x337</x:v>
       </x:c>
       <x:c r="I84" t="str">
-        <x:v>714-639-2673</x:v>
+        <x:v>562-407-3202</x:v>
       </x:c>
       <x:c r="J84" t="str">
-        <x:v>6/10/2015</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K84" t="str">
         <x:v/>
       </x:c>
       <x:c r="L84" t="str">
         <x:v/>
       </x:c>
       <x:c r="M84" t="str">
         <x:v/>
       </x:c>
       <x:c r="N84" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O84" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P84" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q84" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R84" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T84" t="str">
         <x:v/>
       </x:c>
       <x:c r="U84" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V84" t="str">
-        <x:v/>
+        <x:v>Not approved for pre-penetrant etch</x:v>
       </x:c>
       <x:c r="W84" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X84" t="n">
-        <x:v>30499</x:v>
+        <x:v>25692</x:v>
       </x:c>
       <x:c r="Y84" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z84" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA84" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB84" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC84" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD84" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE84" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF84" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG84" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="n">
-        <x:v>35</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B85" t="str">
-        <x:v>90075284</x:v>
+        <x:v>90052342</x:v>
       </x:c>
       <x:c r="C85" t="str">
-        <x:v>RADIUS AEROSPACE INC                              </x:v>
+        <x:v>PRIDE PLATING INC  VALENCE GROVE </x:v>
       </x:c>
       <x:c r="D85" t="str">
-        <x:v>1923 CENTRAL AVE                    </x:v>
+        <x:v>2900 E HIGHWAY 10 ROUTE 5           </x:v>
       </x:c>
       <x:c r="E85" t="str">
-        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
+        <x:v>GROVE                               </x:v>
       </x:c>
       <x:c r="F85" t="str">
-        <x:v>AR </x:v>
+        <x:v>OK </x:v>
       </x:c>
       <x:c r="G85" t="str">
-        <x:v>71901                               </x:v>
+        <x:v>74344                               </x:v>
       </x:c>
       <x:c r="H85" t="str">
-        <x:v>5013219325</x:v>
+        <x:v>9187866111</x:v>
       </x:c>
       <x:c r="I85" t="str">
-        <x:v>501-622-4222</x:v>
+        <x:v>918-786-4234</x:v>
       </x:c>
       <x:c r="J85" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K85" t="str">
-        <x:v/>
+        <x:v>4GMH2</x:v>
       </x:c>
       <x:c r="L85" t="str">
         <x:v/>
       </x:c>
       <x:c r="M85" t="str">
         <x:v/>
       </x:c>
       <x:c r="N85" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O85" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P85" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q85" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R85" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T85" t="str">
         <x:v/>
       </x:c>
       <x:c r="U85" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V85" t="str">
         <x:v/>
       </x:c>
       <x:c r="W85" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X85" t="n">
-        <x:v>24435</x:v>
+        <x:v>24618</x:v>
       </x:c>
       <x:c r="Y85" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z85" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA85" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB85" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC85" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD85" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE85" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF85" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG85" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="n">
-        <x:v>178</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B86" t="str">
-        <x:v>90024594</x:v>
+        <x:v>90063185</x:v>
       </x:c>
       <x:c r="C86" t="str">
-        <x:v>RAH INDUSTRIES INC                                </x:v>
+        <x:v>PTI Industries Inc.</x:v>
       </x:c>
       <x:c r="D86" t="str">
-        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+        <x:v>2 Peerless Way</x:v>
       </x:c>
       <x:c r="E86" t="str">
-        <x:v>VALENCIA                            </x:v>
+        <x:v>Enfield</x:v>
       </x:c>
       <x:c r="F86" t="str">
-        <x:v>CA </x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G86" t="str">
-        <x:v>91355                               </x:v>
+        <x:v>06082</x:v>
       </x:c>
       <x:c r="H86" t="str">
-        <x:v>6612955190</x:v>
+        <x:v>860-698-9266</x:v>
       </x:c>
       <x:c r="I86" t="str">
-        <x:v/>
+        <x:v>860-698-6762</x:v>
       </x:c>
       <x:c r="J86" t="str">
-        <x:v>7/13/2004</x:v>
+        <x:v>6/19/2014</x:v>
       </x:c>
       <x:c r="K86" t="str">
         <x:v/>
       </x:c>
       <x:c r="L86" t="str">
         <x:v/>
       </x:c>
       <x:c r="M86" t="str">
         <x:v/>
       </x:c>
       <x:c r="N86" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O86" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P86" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q86" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R86" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T86" t="str">
         <x:v/>
       </x:c>
       <x:c r="U86" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V86" t="str">
         <x:v/>
       </x:c>
       <x:c r="W86" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X86" t="n">
-        <x:v>25733</x:v>
+        <x:v>25654</x:v>
       </x:c>
       <x:c r="Y86" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z86" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA86" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB86" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC86" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD86" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE86" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF86" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG86" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="n">
-        <x:v>26402</x:v>
+        <x:v>7373</x:v>
       </x:c>
       <x:c r="B87" t="str">
-        <x:v>90070689</x:v>
+        <x:v>90051936</x:v>
       </x:c>
       <x:c r="C87" t="str">
-        <x:v>SARGENT AEROSPACE  DEFENSE LLC</x:v>
+        <x:v>QUALITY ALUMINUM FORGE LLC                        </x:v>
       </x:c>
       <x:c r="D87" t="str">
-        <x:v>5675 W Burlingame Rd</x:v>
+        <x:v>793 N CYPRESS ST                    </x:v>
       </x:c>
       <x:c r="E87" t="str">
-        <x:v>Tucson</x:v>
+        <x:v>ORANGE                              </x:v>
       </x:c>
       <x:c r="F87" t="str">
-        <x:v>AZ</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G87" t="str">
-        <x:v>85743</x:v>
+        <x:v>92867-6606                          </x:v>
       </x:c>
       <x:c r="H87" t="str">
-        <x:v>(520) 572-4420</x:v>
+        <x:v>714-639-8191</x:v>
       </x:c>
       <x:c r="I87" t="str">
-        <x:v/>
+        <x:v>714-639-2673</x:v>
       </x:c>
       <x:c r="J87" t="str">
-        <x:v>6/20/2024</x:v>
+        <x:v>6/10/2015</x:v>
       </x:c>
       <x:c r="K87" t="str">
         <x:v/>
       </x:c>
       <x:c r="L87" t="str">
         <x:v/>
       </x:c>
       <x:c r="M87" t="str">
         <x:v/>
       </x:c>
       <x:c r="N87" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O87" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P87" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q87" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R87" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T87" t="str">
         <x:v/>
       </x:c>
       <x:c r="U87" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V87" t="str">
         <x:v/>
       </x:c>
       <x:c r="W87" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X87" t="n">
-        <x:v>29875</x:v>
+        <x:v>30499</x:v>
       </x:c>
       <x:c r="Y87" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z87" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA87" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB87" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC87" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD87" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE87" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF87" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG87" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="n">
-        <x:v>337</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B88" t="str">
-        <x:v>90052833</x:v>
+        <x:v>90075284</x:v>
       </x:c>
       <x:c r="C88" t="str">
-        <x:v>SEYER INDUSTRIES INC                              </x:v>
+        <x:v>RADIUS AEROSPACE INC                              </x:v>
       </x:c>
       <x:c r="D88" t="str">
-        <x:v>66 PATMOS CT                        </x:v>
+        <x:v>1923 CENTRAL AVE                    </x:v>
       </x:c>
       <x:c r="E88" t="str">
-        <x:v>SAINT PETERS                        </x:v>
+        <x:v>HOT SPRINGS NATIONAL PARK           </x:v>
       </x:c>
       <x:c r="F88" t="str">
-        <x:v>MO </x:v>
+        <x:v>AR </x:v>
       </x:c>
       <x:c r="G88" t="str">
-        <x:v>63376-3903                          </x:v>
+        <x:v>71901                               </x:v>
       </x:c>
       <x:c r="H88" t="str">
-        <x:v>636-928-1190</x:v>
+        <x:v>5013219325</x:v>
       </x:c>
       <x:c r="I88" t="str">
-        <x:v>636-928-8945</x:v>
+        <x:v>501-622-4222</x:v>
       </x:c>
       <x:c r="J88" t="str">
-        <x:v>3/22/2010</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K88" t="str">
         <x:v/>
       </x:c>
       <x:c r="L88" t="str">
         <x:v/>
       </x:c>
       <x:c r="M88" t="str">
         <x:v/>
       </x:c>
       <x:c r="N88" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O88" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P88" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q88" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R88" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T88" t="str">
         <x:v/>
       </x:c>
       <x:c r="U88" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V88" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W88" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X88" t="n">
+        <x:v>24435</x:v>
+      </x:c>
+      <x:c r="Y88" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z88" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA88" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB88" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC88" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD88" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE88" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF88" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG88" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89">
+      <x:c r="A89" t="n">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="B89" t="str">
+        <x:v>90024594</x:v>
+      </x:c>
+      <x:c r="C89" t="str">
+        <x:v>RAH INDUSTRIES INC                                </x:v>
+      </x:c>
+      <x:c r="D89" t="str">
+        <x:v>24800 AVENUE ROCKEFELLER            </x:v>
+      </x:c>
+      <x:c r="E89" t="str">
+        <x:v>VALENCIA                            </x:v>
+      </x:c>
+      <x:c r="F89" t="str">
+        <x:v>CA </x:v>
+      </x:c>
+      <x:c r="G89" t="str">
+        <x:v>91355                               </x:v>
+      </x:c>
+      <x:c r="H89" t="str">
+        <x:v>6612955190</x:v>
+      </x:c>
+      <x:c r="I89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J89" t="str">
+        <x:v>7/13/2004</x:v>
+      </x:c>
+      <x:c r="K89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N89" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O89" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q89" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R89" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U89" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V89" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W89" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X89" t="n">
+        <x:v>25733</x:v>
+      </x:c>
+      <x:c r="Y89" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z89" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA89" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB89" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC89" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD89" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE89" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF89" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG89" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90">
+      <x:c r="A90" t="n">
+        <x:v>26402</x:v>
+      </x:c>
+      <x:c r="B90" t="str">
+        <x:v>90070689</x:v>
+      </x:c>
+      <x:c r="C90" t="str">
+        <x:v>SARGENT AEROSPACE  DEFENSE LLC</x:v>
+      </x:c>
+      <x:c r="D90" t="str">
+        <x:v>5675 W Burlingame Rd</x:v>
+      </x:c>
+      <x:c r="E90" t="str">
+        <x:v>Tucson</x:v>
+      </x:c>
+      <x:c r="F90" t="str">
+        <x:v>AZ</x:v>
+      </x:c>
+      <x:c r="G90" t="str">
+        <x:v>85743</x:v>
+      </x:c>
+      <x:c r="H90" t="str">
+        <x:v>(520) 572-4420</x:v>
+      </x:c>
+      <x:c r="I90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J90" t="str">
+        <x:v>6/20/2024</x:v>
+      </x:c>
+      <x:c r="K90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N90" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O90" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q90" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R90" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U90" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V90" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W90" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X90" t="n">
+        <x:v>29875</x:v>
+      </x:c>
+      <x:c r="Y90" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z90" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA90" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB90" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC90" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD90" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE90" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF90" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG90" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91">
+      <x:c r="A91" t="n">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B91" t="str">
+        <x:v>90052833</x:v>
+      </x:c>
+      <x:c r="C91" t="str">
+        <x:v>SEYER INDUSTRIES INC                              </x:v>
+      </x:c>
+      <x:c r="D91" t="str">
+        <x:v>66 PATMOS CT                        </x:v>
+      </x:c>
+      <x:c r="E91" t="str">
+        <x:v>SAINT PETERS                        </x:v>
+      </x:c>
+      <x:c r="F91" t="str">
+        <x:v>MO </x:v>
+      </x:c>
+      <x:c r="G91" t="str">
+        <x:v>63376-3903                          </x:v>
+      </x:c>
+      <x:c r="H91" t="str">
+        <x:v>636-928-1190</x:v>
+      </x:c>
+      <x:c r="I91" t="str">
+        <x:v>636-928-8945</x:v>
+      </x:c>
+      <x:c r="J91" t="str">
+        <x:v>3/22/2010</x:v>
+      </x:c>
+      <x:c r="K91" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L91" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M91" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N91" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O91" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P91" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q91" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R91" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T91" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U91" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V91" t="str">
         <x:v>Type I, Method A, Sensitivity Level 3, Form d.
 </x:v>
       </x:c>
-      <x:c r="W88" t="n">
-[...292 lines deleted...]
-      </x:c>
       <x:c r="W91" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X91" t="n">
-        <x:v>30165</x:v>
+        <x:v>25400</x:v>
       </x:c>
       <x:c r="Y91" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z91" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA91" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB91" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC91" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD91" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE91" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF91" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG91" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="n">
-        <x:v>15007</x:v>
+        <x:v>39240</x:v>
       </x:c>
       <x:c r="B92" t="str">
-        <x:v>90068157</x:v>
+        <x:v>90070112</x:v>
       </x:c>
       <x:c r="C92" t="str">
-        <x:v>Steelville Manufacturing Co</x:v>
+        <x:v>Shellcast Foundries Inc</x:v>
       </x:c>
       <x:c r="D92" t="str">
-        <x:v>1056 Perkins Dr          </x:v>
+        <x:v>10645 Lamoureux</x:v>
       </x:c>
       <x:c r="E92" t="str">
-        <x:v>Steelville                  </x:v>
+        <x:v>Montreal-North, Quebec</x:v>
       </x:c>
       <x:c r="F92" t="str">
-        <x:v>MO </x:v>
+        <x:v/>
       </x:c>
       <x:c r="G92" t="str">
-        <x:v>65565                               </x:v>
+        <x:v>H1G 5L4</x:v>
       </x:c>
       <x:c r="H92" t="str">
-        <x:v>573-775-2977</x:v>
+        <x:v>514-322-3760</x:v>
       </x:c>
       <x:c r="I92" t="str">
-        <x:v>573-775-5093</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J92" t="str">
-        <x:v>10/23/2017</x:v>
+        <x:v>2/7/2025</x:v>
       </x:c>
       <x:c r="K92" t="str">
         <x:v/>
       </x:c>
       <x:c r="L92" t="str">
         <x:v/>
       </x:c>
       <x:c r="M92" t="str">
         <x:v/>
       </x:c>
       <x:c r="N92" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O92" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P92" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q92" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R92" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T92" t="str">
         <x:v/>
       </x:c>
       <x:c r="U92" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V92" t="str">
         <x:v/>
       </x:c>
       <x:c r="W92" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X92" t="n">
-        <x:v>25505</x:v>
+        <x:v>30067</x:v>
       </x:c>
       <x:c r="Y92" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z92" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA92" t="n">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="AB92" t="str">
-        <x:v>United States</x:v>
+        <x:v>Canada</x:v>
       </x:c>
       <x:c r="AC92" t="str">
-        <x:v>US</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="AD92" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF92" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG92" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="n">
-        <x:v>161</x:v>
+        <x:v>26137</x:v>
       </x:c>
       <x:c r="B93" t="str">
-        <x:v>90053143</x:v>
+        <x:v>90128120</x:v>
       </x:c>
       <x:c r="C93" t="str">
-        <x:v>Sullivan Precision Metal Finishing</x:v>
+        <x:v>SPEM AERO SAS </x:v>
       </x:c>
       <x:c r="D93" t="str">
-        <x:v>995 North Service Road West</x:v>
+        <x:v>6 rue du castelmouly </x:v>
       </x:c>
       <x:c r="E93" t="str">
-        <x:v>Sullivan</x:v>
+        <x:v>Bagnères de Bigorre </x:v>
       </x:c>
       <x:c r="F93" t="str">
-        <x:v>MO</x:v>
+        <x:v/>
       </x:c>
       <x:c r="G93" t="str">
-        <x:v>63080</x:v>
+        <x:v>65200</x:v>
       </x:c>
       <x:c r="H93" t="str">
-        <x:v>(573) 468-8049</x:v>
+        <x:v>33562913232 </x:v>
       </x:c>
       <x:c r="I93" t="str">
-        <x:v>(573) 468-2182</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J93" t="str">
-        <x:v>1/1/2003</x:v>
+        <x:v>2/7/2023</x:v>
       </x:c>
       <x:c r="K93" t="str">
         <x:v/>
       </x:c>
       <x:c r="L93" t="str">
         <x:v/>
       </x:c>
       <x:c r="M93" t="str">
         <x:v/>
       </x:c>
       <x:c r="N93" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O93" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P93" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q93" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R93" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T93" t="str">
         <x:v/>
       </x:c>
       <x:c r="U93" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V93" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W93" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X93" t="n">
+        <x:v>28802</x:v>
+      </x:c>
+      <x:c r="Y93" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z93" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA93" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="AB93" t="str">
+        <x:v>France</x:v>
+      </x:c>
+      <x:c r="AC93" t="str">
+        <x:v>FR</x:v>
+      </x:c>
+      <x:c r="AD93" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE93" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF93" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG93" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94">
+      <x:c r="A94" t="n">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="B94" t="str">
+        <x:v>90024577</x:v>
+      </x:c>
+      <x:c r="C94" t="str">
+        <x:v>SPS TECHNOLOGIES LLC</x:v>
+      </x:c>
+      <x:c r="D94" t="str">
+        <x:v>1700 W 132ND ST</x:v>
+      </x:c>
+      <x:c r="E94" t="str">
+        <x:v>GARDENA</x:v>
+      </x:c>
+      <x:c r="F94" t="str">
+        <x:v>CA</x:v>
+      </x:c>
+      <x:c r="G94" t="str">
+        <x:v>90249</x:v>
+      </x:c>
+      <x:c r="H94" t="str">
+        <x:v>3102937275</x:v>
+      </x:c>
+      <x:c r="I94" t="str">
+        <x:v>310-819-4776</x:v>
+      </x:c>
+      <x:c r="J94" t="str">
+        <x:v>5/14/2012</x:v>
+      </x:c>
+      <x:c r="K94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N94" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O94" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q94" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R94" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U94" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V94" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W94" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X94" t="n">
+        <x:v>30165</x:v>
+      </x:c>
+      <x:c r="Y94" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z94" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA94" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB94" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC94" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD94" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE94" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF94" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG94" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95">
+      <x:c r="A95" t="n">
+        <x:v>15007</x:v>
+      </x:c>
+      <x:c r="B95" t="str">
+        <x:v>90068157</x:v>
+      </x:c>
+      <x:c r="C95" t="str">
+        <x:v>Steelville Manufacturing Co</x:v>
+      </x:c>
+      <x:c r="D95" t="str">
+        <x:v>1056 Perkins Dr          </x:v>
+      </x:c>
+      <x:c r="E95" t="str">
+        <x:v>Steelville                  </x:v>
+      </x:c>
+      <x:c r="F95" t="str">
+        <x:v>MO </x:v>
+      </x:c>
+      <x:c r="G95" t="str">
+        <x:v>65565                               </x:v>
+      </x:c>
+      <x:c r="H95" t="str">
+        <x:v>573-775-2977</x:v>
+      </x:c>
+      <x:c r="I95" t="str">
+        <x:v>573-775-5093</x:v>
+      </x:c>
+      <x:c r="J95" t="str">
+        <x:v>10/23/2017</x:v>
+      </x:c>
+      <x:c r="K95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N95" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O95" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q95" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R95" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U95" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V95" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W95" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X95" t="n">
+        <x:v>25505</x:v>
+      </x:c>
+      <x:c r="Y95" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z95" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA95" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB95" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC95" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD95" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE95" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF95" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG95" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96">
+      <x:c r="A96" t="n">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B96" t="str">
+        <x:v>90053143</x:v>
+      </x:c>
+      <x:c r="C96" t="str">
+        <x:v>Sullivan Precision Metal Finishing</x:v>
+      </x:c>
+      <x:c r="D96" t="str">
+        <x:v>995 North Service Road West</x:v>
+      </x:c>
+      <x:c r="E96" t="str">
+        <x:v>Sullivan</x:v>
+      </x:c>
+      <x:c r="F96" t="str">
+        <x:v>MO</x:v>
+      </x:c>
+      <x:c r="G96" t="str">
+        <x:v>63080</x:v>
+      </x:c>
+      <x:c r="H96" t="str">
+        <x:v>(573) 468-8049</x:v>
+      </x:c>
+      <x:c r="I96" t="str">
+        <x:v>(573) 468-2182</x:v>
+      </x:c>
+      <x:c r="J96" t="str">
+        <x:v>1/1/2003</x:v>
+      </x:c>
+      <x:c r="K96" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L96" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M96" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N96" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O96" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P96" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q96" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R96" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T96" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U96" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V96" t="str">
         <x:v>Type I, Method A, Sensitivity Level 3, Form d
 </x:v>
       </x:c>
-      <x:c r="W93" t="n">
-[...292 lines deleted...]
-      </x:c>
       <x:c r="W96" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X96" t="n">
-        <x:v>24449</x:v>
+        <x:v>24624</x:v>
       </x:c>
       <x:c r="Y96" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z96" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA96" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB96" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC96" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD96" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE96" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF96" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG96" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="n">
-        <x:v>44946</x:v>
+        <x:v>31760</x:v>
       </x:c>
       <x:c r="B97" t="str">
-        <x:v>90218498</x:v>
+        <x:v>90123440</x:v>
       </x:c>
       <x:c r="C97" t="str">
-        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
+        <x:v>Thompson Aluminum Casting Co                      </x:v>
       </x:c>
       <x:c r="D97" t="str">
-        <x:v>2588 Industry Way</x:v>
+        <x:v>5161 Canal Road                     </x:v>
       </x:c>
       <x:c r="E97" t="str">
-        <x:v>Lynwood</x:v>
+        <x:v>CLEVELAND                           </x:v>
       </x:c>
       <x:c r="F97" t="str">
-        <x:v>CA</x:v>
+        <x:v>OH </x:v>
       </x:c>
       <x:c r="G97" t="str">
-        <x:v>90262</x:v>
+        <x:v>44125                               </x:v>
       </x:c>
       <x:c r="H97" t="str">
-        <x:v>310-613-6758</x:v>
+        <x:v>216-206-2781  x125</x:v>
       </x:c>
       <x:c r="I97" t="str">
         <x:v/>
       </x:c>
       <x:c r="J97" t="str">
-        <x:v>9/22/2025</x:v>
+        <x:v>10/17/2024</x:v>
       </x:c>
       <x:c r="K97" t="str">
         <x:v/>
       </x:c>
       <x:c r="L97" t="str">
         <x:v/>
       </x:c>
       <x:c r="M97" t="str">
         <x:v/>
       </x:c>
       <x:c r="N97" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O97" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P97" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q97" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R97" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T97" t="str">
         <x:v/>
       </x:c>
       <x:c r="U97" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V97" t="str">
-        <x:v/>
+        <x:v>Type I , Method A  Sensitivity Level 3 only. No etch performed. Use outside source for etch.</x:v>
       </x:c>
       <x:c r="W97" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X97" t="n">
-        <x:v>30384</x:v>
+        <x:v>30046</x:v>
       </x:c>
       <x:c r="Y97" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z97" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA97" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB97" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC97" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD97" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE97" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF97" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG97" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="n">
-        <x:v>26163</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B98" t="str">
-        <x:v>90173265</x:v>
+        <x:v>90053487</x:v>
       </x:c>
       <x:c r="C98" t="str">
-        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
+        <x:v>TRIUMPH GROUP OPERATIONS</x:v>
       </x:c>
       <x:c r="D98" t="str">
-        <x:v>601 Airport Dr</x:v>
+        <x:v>4520 HAMPTON RD</x:v>
       </x:c>
       <x:c r="E98" t="str">
-        <x:v>Mansfield</x:v>
+        <x:v>CLEMMONS</x:v>
       </x:c>
       <x:c r="F98" t="str">
-        <x:v>TX</x:v>
+        <x:v>NC</x:v>
       </x:c>
       <x:c r="G98" t="str">
-        <x:v>76063-2718</x:v>
+        <x:v>27012</x:v>
       </x:c>
       <x:c r="H98" t="str">
-        <x:v>817-477-2193 (X220)</x:v>
+        <x:v>3367669036</x:v>
       </x:c>
       <x:c r="I98" t="str">
-        <x:v/>
+        <x:v>336-766-9040</x:v>
       </x:c>
       <x:c r="J98" t="str">
-        <x:v>5/31/2023</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K98" t="str">
         <x:v/>
       </x:c>
       <x:c r="L98" t="str">
         <x:v/>
       </x:c>
       <x:c r="M98" t="str">
         <x:v/>
       </x:c>
       <x:c r="N98" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O98" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P98" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q98" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R98" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T98" t="str">
         <x:v/>
       </x:c>
       <x:c r="U98" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V98" t="str">
-        <x:v>Type I, Method A, Level 3, Form d only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W98" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X98" t="n">
-        <x:v>30162</x:v>
+        <x:v>24528</x:v>
       </x:c>
       <x:c r="Y98" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z98" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA98" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB98" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC98" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD98" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE98" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF98" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG98" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="n">
-        <x:v>129</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B99" t="str">
-        <x:v>90051536</x:v>
+        <x:v>90053494</x:v>
       </x:c>
       <x:c r="C99" t="str">
-        <x:v>Valence Seattle</x:v>
+        <x:v>TRIUMPH PROCESSING</x:v>
       </x:c>
       <x:c r="D99" t="str">
-        <x:v>8135 1st Avenue South</x:v>
+        <x:v>2605 INDUSTRY WAY</x:v>
       </x:c>
       <x:c r="E99" t="str">
-        <x:v>Seattle</x:v>
+        <x:v>LYNWOOD</x:v>
       </x:c>
       <x:c r="F99" t="str">
-        <x:v>WA</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G99" t="str">
-        <x:v>98108</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H99" t="str">
-        <x:v>(206) 762-5855</x:v>
+        <x:v>(323) 563-1338</x:v>
       </x:c>
       <x:c r="I99" t="str">
-        <x:v>(206) 763-1641</x:v>
+        <x:v>323-567-7130</x:v>
       </x:c>
       <x:c r="J99" t="str">
-        <x:v>5/13/2009</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K99" t="str">
         <x:v/>
       </x:c>
       <x:c r="L99" t="str">
         <x:v/>
       </x:c>
       <x:c r="M99" t="str">
         <x:v/>
       </x:c>
       <x:c r="N99" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O99" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P99" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q99" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R99" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T99" t="str">
         <x:v/>
       </x:c>
       <x:c r="U99" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V99" t="str">
         <x:v/>
       </x:c>
       <x:c r="W99" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X99" t="n">
-        <x:v>24568</x:v>
+        <x:v>24449</x:v>
       </x:c>
       <x:c r="Y99" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z99" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA99" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB99" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC99" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD99" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE99" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF99" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG99" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="n">
-        <x:v>1237</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B100" t="str">
-        <x:v>90053659</x:v>
+        <x:v>90218498</x:v>
       </x:c>
       <x:c r="C100" t="str">
-        <x:v>VALLEY METALS LLC</x:v>
+        <x:v>TRIUMPH PROCESSING dba Valence Lynwood</x:v>
       </x:c>
       <x:c r="D100" t="str">
-        <x:v>13125 GREGG ST</x:v>
+        <x:v>2588 Industry Way</x:v>
       </x:c>
       <x:c r="E100" t="str">
-        <x:v>POWAY</x:v>
+        <x:v>Lynwood</x:v>
       </x:c>
       <x:c r="F100" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G100" t="str">
-        <x:v>92064-7122</x:v>
+        <x:v>90262</x:v>
       </x:c>
       <x:c r="H100" t="str">
-        <x:v>000-000-0000</x:v>
+        <x:v>310-613-6758</x:v>
       </x:c>
       <x:c r="I100" t="str">
-        <x:v>858-513-6600</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J100" t="str">
-        <x:v>5/28/2015</x:v>
+        <x:v>9/22/2025</x:v>
       </x:c>
       <x:c r="K100" t="str">
         <x:v/>
       </x:c>
       <x:c r="L100" t="str">
         <x:v/>
       </x:c>
       <x:c r="M100" t="str">
         <x:v/>
       </x:c>
       <x:c r="N100" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O100" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P100" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q100" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R100" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T100" t="str">
         <x:v/>
       </x:c>
       <x:c r="U100" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V100" t="str">
         <x:v/>
       </x:c>
       <x:c r="W100" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X100" t="n">
-        <x:v>25731</x:v>
+        <x:v>30384</x:v>
       </x:c>
       <x:c r="Y100" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z100" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA100" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB100" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC100" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD100" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE100" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF100" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG100" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="n">
-        <x:v>26001</x:v>
+        <x:v>26163</x:v>
       </x:c>
       <x:c r="B101" t="str">
-        <x:v>90122537</x:v>
+        <x:v>90173265</x:v>
       </x:c>
       <x:c r="C101" t="str">
-        <x:v>Verus Aerospace – Premier Processing</x:v>
+        <x:v>TRM GAMMA AEROSPACE ACQUISITION LLC</x:v>
       </x:c>
       <x:c r="D101" t="str">
-        <x:v>3002 W Pawnee ST</x:v>
+        <x:v>601 Airport Dr</x:v>
       </x:c>
       <x:c r="E101" t="str">
-        <x:v>Wichita</x:v>
+        <x:v>Mansfield</x:v>
       </x:c>
       <x:c r="F101" t="str">
-        <x:v>KS</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G101" t="str">
-        <x:v>67213</x:v>
+        <x:v>76063-2718</x:v>
       </x:c>
       <x:c r="H101" t="str">
-        <x:v>316-371-4674</x:v>
+        <x:v>817-477-2193 (X220)</x:v>
       </x:c>
       <x:c r="I101" t="str">
         <x:v/>
       </x:c>
       <x:c r="J101" t="str">
-        <x:v>7/1/2021</x:v>
+        <x:v>5/31/2023</x:v>
       </x:c>
       <x:c r="K101" t="str">
         <x:v/>
       </x:c>
       <x:c r="L101" t="str">
         <x:v/>
       </x:c>
       <x:c r="M101" t="str">
         <x:v/>
       </x:c>
       <x:c r="N101" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O101" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P101" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q101" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R101" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T101" t="str">
         <x:v/>
       </x:c>
       <x:c r="U101" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V101" t="str">
-        <x:v/>
+        <x:v>Type I, Method A, Level 3, Form d only.</x:v>
       </x:c>
       <x:c r="W101" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X101" t="n">
-        <x:v>25873</x:v>
+        <x:v>30162</x:v>
       </x:c>
       <x:c r="Y101" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z101" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA101" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB101" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC101" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD101" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE101" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF101" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG101" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="n">
-        <x:v>26145</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="B102" t="str">
-        <x:v>90127518</x:v>
+        <x:v>90053659</x:v>
       </x:c>
       <x:c r="C102" t="str">
-        <x:v>West Valley Plating</x:v>
+        <x:v>VALLEY METALS LLC</x:v>
       </x:c>
       <x:c r="D102" t="str">
-        <x:v>21061 Superior Street</x:v>
+        <x:v>13125 GREGG ST</x:v>
       </x:c>
       <x:c r="E102" t="str">
-        <x:v>Chatsworth</x:v>
+        <x:v>POWAY</x:v>
       </x:c>
       <x:c r="F102" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G102" t="str">
-        <x:v>91311</x:v>
+        <x:v>92064-7122</x:v>
       </x:c>
       <x:c r="H102" t="str">
-        <x:v>818-709-1684</x:v>
+        <x:v>000-000-0000</x:v>
       </x:c>
       <x:c r="I102" t="str">
-        <x:v/>
+        <x:v>858-513-6600</x:v>
       </x:c>
       <x:c r="J102" t="str">
-        <x:v>3/6/2023</x:v>
+        <x:v>5/28/2015</x:v>
       </x:c>
       <x:c r="K102" t="str">
         <x:v/>
       </x:c>
       <x:c r="L102" t="str">
         <x:v/>
       </x:c>
       <x:c r="M102" t="str">
         <x:v/>
       </x:c>
       <x:c r="N102" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O102" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P102" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q102" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R102" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T102" t="str">
         <x:v/>
       </x:c>
       <x:c r="U102" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V102" t="str">
         <x:v/>
       </x:c>
       <x:c r="W102" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X102" t="n">
-        <x:v>28843</x:v>
+        <x:v>25731</x:v>
       </x:c>
       <x:c r="Y102" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z102" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA102" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB102" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC102" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD102" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE102" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF102" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG102" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="n">
-        <x:v>216</x:v>
+        <x:v>26001</x:v>
       </x:c>
       <x:c r="B103" t="str">
-        <x:v>90024663</x:v>
+        <x:v>90122537</x:v>
       </x:c>
       <x:c r="C103" t="str">
-        <x:v>Western Aerospace Inspection Inc</x:v>
+        <x:v>Verus Aerospace – Premier Processing</x:v>
       </x:c>
       <x:c r="D103" t="str">
-        <x:v>1376 Walter St</x:v>
+        <x:v>3002 W Pawnee ST</x:v>
       </x:c>
       <x:c r="E103" t="str">
-        <x:v>Ventura</x:v>
+        <x:v>Wichita</x:v>
       </x:c>
       <x:c r="F103" t="str">
-        <x:v>CA</x:v>
+        <x:v>KS</x:v>
       </x:c>
       <x:c r="G103" t="str">
-        <x:v>93003</x:v>
+        <x:v>67213</x:v>
       </x:c>
       <x:c r="H103" t="str">
-        <x:v>(805) 644-3882</x:v>
+        <x:v>316-371-4674</x:v>
       </x:c>
       <x:c r="I103" t="str">
-        <x:v>(805) 656-2027</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J103" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>7/1/2021</x:v>
       </x:c>
       <x:c r="K103" t="str">
         <x:v/>
       </x:c>
       <x:c r="L103" t="str">
         <x:v/>
       </x:c>
       <x:c r="M103" t="str">
         <x:v/>
       </x:c>
       <x:c r="N103" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O103" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P103" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q103" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R103" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T103" t="str">
         <x:v/>
       </x:c>
       <x:c r="U103" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V103" t="str">
         <x:v/>
       </x:c>
       <x:c r="W103" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X103" t="n">
-        <x:v>24728</x:v>
+        <x:v>25873</x:v>
       </x:c>
       <x:c r="Y103" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z103" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA103" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB103" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC103" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD103" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE103" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF103" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG103" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="n">
-        <x:v>301</x:v>
+        <x:v>26145</x:v>
       </x:c>
       <x:c r="B104" t="str">
-        <x:v>90053884</x:v>
+        <x:v>90127518</x:v>
       </x:c>
       <x:c r="C104" t="str">
-        <x:v>WOLKERSTORFER CO INC</x:v>
+        <x:v>West Valley Plating</x:v>
       </x:c>
       <x:c r="D104" t="str">
-        <x:v>348 1ST ST SE</x:v>
+        <x:v>21061 Superior Street</x:v>
       </x:c>
       <x:c r="E104" t="str">
-        <x:v>SAINT PAUL</x:v>
+        <x:v>Chatsworth</x:v>
       </x:c>
       <x:c r="F104" t="str">
-        <x:v>MN</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G104" t="str">
-        <x:v>55112-7858</x:v>
+        <x:v>91311</x:v>
       </x:c>
       <x:c r="H104" t="str">
-        <x:v>651-636-0720</x:v>
+        <x:v>818-709-1684</x:v>
       </x:c>
       <x:c r="I104" t="str">
-        <x:v>651-636-3308</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J104" t="str">
-        <x:v>12/2/2025</x:v>
+        <x:v>3/6/2023</x:v>
       </x:c>
       <x:c r="K104" t="str">
         <x:v/>
       </x:c>
       <x:c r="L104" t="str">
         <x:v/>
       </x:c>
       <x:c r="M104" t="str">
         <x:v/>
       </x:c>
       <x:c r="N104" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O104" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P104" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q104" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R104" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T104" t="str">
         <x:v/>
       </x:c>
       <x:c r="U104" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V104" t="str">
         <x:v/>
       </x:c>
       <x:c r="W104" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X104" t="n">
-        <x:v>24824</x:v>
+        <x:v>28843</x:v>
       </x:c>
       <x:c r="Y104" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z104" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA104" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB104" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC104" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD104" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE104" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF104" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG104" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="n">
-        <x:v>26371</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="B105" t="str">
-        <x:v>90175520</x:v>
+        <x:v>90024663</x:v>
       </x:c>
       <x:c r="C105" t="str">
-        <x:v>YANKEE CASTING COMPANY</x:v>
+        <x:v>Western Aerospace Inspection Inc</x:v>
       </x:c>
       <x:c r="D105" t="str">
-        <x:v>243 Shaker Rd.</x:v>
+        <x:v>1376 Walter St</x:v>
       </x:c>
       <x:c r="E105" t="str">
-        <x:v>Enfield</x:v>
+        <x:v>Ventura</x:v>
       </x:c>
       <x:c r="F105" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G105" t="str">
-        <x:v>06082</x:v>
+        <x:v>93003</x:v>
       </x:c>
       <x:c r="H105" t="str">
-        <x:v>(860) 749-6171</x:v>
+        <x:v>(805) 644-3882</x:v>
       </x:c>
       <x:c r="I105" t="str">
-        <x:v/>
+        <x:v>(805) 656-2027</x:v>
       </x:c>
       <x:c r="J105" t="str">
-        <x:v>3/20/2024</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K105" t="str">
         <x:v/>
       </x:c>
       <x:c r="L105" t="str">
         <x:v/>
       </x:c>
       <x:c r="M105" t="str">
         <x:v/>
       </x:c>
       <x:c r="N105" t="str">
         <x:v>Title corrected 8/29/2019</x:v>
       </x:c>
       <x:c r="O105" t="str">
         <x:v>ASTM E1417</x:v>
       </x:c>
       <x:c r="P105" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q105" t="str">
         <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
       </x:c>
       <x:c r="R105" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T105" t="str">
         <x:v/>
       </x:c>
       <x:c r="U105" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V105" t="str">
-        <x:v>Type 1, Method A only.</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W105" t="n">
         <x:v>322</x:v>
       </x:c>
       <x:c r="X105" t="n">
-        <x:v>29501</x:v>
+        <x:v>24728</x:v>
       </x:c>
       <x:c r="Y105" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z105" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA105" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB105" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC105" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD105" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE105" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF105" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG105" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106">
+      <x:c r="A106" t="n">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="B106" t="str">
+        <x:v>90053884</x:v>
+      </x:c>
+      <x:c r="C106" t="str">
+        <x:v>WOLKERSTORFER CO INC</x:v>
+      </x:c>
+      <x:c r="D106" t="str">
+        <x:v>348 1ST ST SE</x:v>
+      </x:c>
+      <x:c r="E106" t="str">
+        <x:v>SAINT PAUL</x:v>
+      </x:c>
+      <x:c r="F106" t="str">
+        <x:v>MN</x:v>
+      </x:c>
+      <x:c r="G106" t="str">
+        <x:v>55112-7858</x:v>
+      </x:c>
+      <x:c r="H106" t="str">
+        <x:v>651-636-0720</x:v>
+      </x:c>
+      <x:c r="I106" t="str">
+        <x:v>651-636-3308</x:v>
+      </x:c>
+      <x:c r="J106" t="str">
+        <x:v>12/2/2025</x:v>
+      </x:c>
+      <x:c r="K106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N106" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O106" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q106" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R106" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U106" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V106" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="W106" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X106" t="n">
+        <x:v>24824</x:v>
+      </x:c>
+      <x:c r="Y106" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z106" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA106" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB106" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC106" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD106" t="str">
+        <x:v>Independent Processor</x:v>
+      </x:c>
+      <x:c r="AE106" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF106" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG106" t="str">
+        <x:v>AS</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107">
+      <x:c r="A107" t="n">
+        <x:v>26371</x:v>
+      </x:c>
+      <x:c r="B107" t="str">
+        <x:v>90175520</x:v>
+      </x:c>
+      <x:c r="C107" t="str">
+        <x:v>YANKEE CASTING COMPANY</x:v>
+      </x:c>
+      <x:c r="D107" t="str">
+        <x:v>243 Shaker Rd.</x:v>
+      </x:c>
+      <x:c r="E107" t="str">
+        <x:v>Enfield</x:v>
+      </x:c>
+      <x:c r="F107" t="str">
+        <x:v>CT</x:v>
+      </x:c>
+      <x:c r="G107" t="str">
+        <x:v>06082</x:v>
+      </x:c>
+      <x:c r="H107" t="str">
+        <x:v>(860) 749-6171</x:v>
+      </x:c>
+      <x:c r="I107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="J107" t="str">
+        <x:v>3/20/2024</x:v>
+      </x:c>
+      <x:c r="K107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="L107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="M107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="N107" t="str">
+        <x:v>Title corrected 8/29/2019</x:v>
+      </x:c>
+      <x:c r="O107" t="str">
+        <x:v>ASTM E1417</x:v>
+      </x:c>
+      <x:c r="P107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="Q107" t="str">
+        <x:v>Standard Practice for Liquid Penetrant Testing</x:v>
+      </x:c>
+      <x:c r="R107" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="T107" t="str">
+        <x:v/>
+      </x:c>
+      <x:c r="U107" t="str">
+        <x:v>Non-Destructive Testing</x:v>
+      </x:c>
+      <x:c r="V107" t="str">
+        <x:v>Type 1, Method A only.</x:v>
+      </x:c>
+      <x:c r="W107" t="n">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="X107" t="n">
+        <x:v>29501</x:v>
+      </x:c>
+      <x:c r="Y107" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="Z107" t="str">
+        <x:v>True</x:v>
+      </x:c>
+      <x:c r="AA107" t="n">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="AB107" t="str">
+        <x:v>United States</x:v>
+      </x:c>
+      <x:c r="AC107" t="str">
+        <x:v>US</x:v>
+      </x:c>
+      <x:c r="AD107" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
-      <x:c r="AE105" t="n">
-[...5 lines deleted...]
-      <x:c r="AG105" t="str">
+      <x:c r="AE107" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AF107" t="n">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="AG107" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>