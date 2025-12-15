--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fde39cb1cc4e73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08191757a9d432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R75f5380b8aae408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfdcb62e0ad2c4cf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75f5380b8aae408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdcb62e0ad2c4cf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -505,509 +505,509 @@
       </x:c>
       <x:c r="AA5" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB5" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
-        <x:v>25939</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B6" t="str">
-        <x:v>90076059</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>FINE QUALITY METAL FINISHING</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>1640 Daisy Ave. </x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F6" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>90813</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H6" t="str">
-        <x:v>562-432-2248</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I6" t="str">
-        <x:v/>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J6" t="str">
-        <x:v>10/6/2020</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K6" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L6" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>29259-24</x:v>
       </x:c>
       <x:c r="P6" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q6" t="str">
         <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="R6" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T6" t="str">
         <x:v/>
       </x:c>
       <x:c r="U6" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V6" t="str">
         <x:v/>
       </x:c>
       <x:c r="W6" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="X6" t="n">
-        <x:v>23425</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="Y6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z6" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>175</x:v>
+        <x:v>25939</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90055274</x:v>
+        <x:v>90076059</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>HIXSON METAL FINISHING                            </x:v>
+        <x:v>FINE QUALITY METAL FINISHING</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>829 PRODUCTION PL                   </x:v>
+        <x:v>1640 Daisy Ave. </x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>NEWPORT BEACH                       </x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>92663                               </x:v>
+        <x:v>90813</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>8009009798</x:v>
+        <x:v>562-432-2248</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>949-645-0534</x:v>
+        <x:v/>
       </x:c>
       <x:c r="J7" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>10/6/2020</x:v>
       </x:c>
       <x:c r="K7" t="str">
         <x:v/>
       </x:c>
       <x:c r="L7" t="str">
         <x:v/>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>29259-24</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V7" t="str">
         <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>1471</x:v>
+        <x:v>23425</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>3</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051195</x:v>
+        <x:v>90055274</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Kamatics Corporation</x:v>
+        <x:v>HIXSON METAL FINISHING                            </x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>1330 Blue Hills Ave</x:v>
+        <x:v>829 PRODUCTION PL                   </x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Bloomfield</x:v>
+        <x:v>NEWPORT BEACH                       </x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CT</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>06002</x:v>
+        <x:v>92663                               </x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(860) 243-7596</x:v>
+        <x:v>8009009798</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(860) 243-7993</x:v>
+        <x:v>949-645-0534</x:v>
       </x:c>
       <x:c r="J8" t="str">
-        <x:v>12/10/2004</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>29259-24</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V8" t="str">
         <x:v/>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>29603</x:v>
+        <x:v>1471</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>221</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051195</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>Kamatics Corporation</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>1330 Blue Hills Ave</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>Bloomfield</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NY</x:v>
+        <x:v>CT</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>11704</x:v>
+        <x:v>06002</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>(860) 243-7596</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>(860) 243-7993</x:v>
       </x:c>
       <x:c r="J9" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>12/10/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>29259-24</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V9" t="str">
         <x:v/>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>1416</x:v>
+        <x:v>29603</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>174</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA</x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J10" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L10" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>29259-24</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Magnetic Particle Inspection</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Non-Destructive Testing</x:v>
       </x:c>
       <x:c r="V10" t="str">
         <x:v/>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>316</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>1086</x:v>
+        <x:v>1416</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>