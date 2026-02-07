--- v1 (2025-12-15)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re08191757a9d432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed526da99e54bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rfdcb62e0ad2c4cf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R52f5a93e57794ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfdcb62e0ad2c4cf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52f5a93e57794ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">