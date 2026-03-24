--- v2 (2026-02-07)
+++ v3 (2026-03-24)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed526da99e54bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959ce75f34c64632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R52f5a93e57794ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R75a8fd6d0939441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52f5a93e57794ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R75a8fd6d0939441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">