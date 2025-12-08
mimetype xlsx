--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra964df33383b48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ac70dc7e0c4232" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R44b64626a48c4c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc766ee22ee854dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R44b64626a48c4c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc766ee22ee854dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -603,672 +603,672 @@
       </x:c>
       <x:c r="AA6" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB6" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC6" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD6" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF6" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG6" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="n">
-        <x:v>246</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B7" t="str">
-        <x:v>90050789</x:v>
+        <x:v>90024581</x:v>
       </x:c>
       <x:c r="C7" t="str">
-        <x:v>Hi-Tech Metal Finishing</x:v>
+        <x:v>EMBEE PROCESSING, LLC</x:v>
       </x:c>
       <x:c r="D7" t="str">
-        <x:v>3100 Jim Christal Rd</x:v>
+        <x:v>2136 SOUTH HATHAWAY STREET</x:v>
       </x:c>
       <x:c r="E7" t="str">
-        <x:v>Denton</x:v>
+        <x:v>SANTA ANA</x:v>
       </x:c>
       <x:c r="F7" t="str">
-        <x:v>TX</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G7" t="str">
-        <x:v>76207</x:v>
+        <x:v>92705-5248</x:v>
       </x:c>
       <x:c r="H7" t="str">
-        <x:v>(940) 349-6014</x:v>
+        <x:v>7145469842</x:v>
       </x:c>
       <x:c r="I7" t="str">
-        <x:v>940-898-8305</x:v>
+        <x:v>714-546-4037</x:v>
       </x:c>
       <x:c r="J7" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K7" t="str">
-        <x:v/>
+        <x:v>8H252</x:v>
       </x:c>
       <x:c r="L7" t="str">
-        <x:v/>
+        <x:v>009659541</x:v>
       </x:c>
       <x:c r="M7" t="str">
         <x:v/>
       </x:c>
       <x:c r="N7" t="str">
         <x:v/>
       </x:c>
       <x:c r="O7" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P7" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q7" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R7" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T7" t="str">
         <x:v/>
       </x:c>
       <x:c r="U7" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V7" t="str">
-        <x:v>Nitric 1  4 only</x:v>
+        <x:v/>
       </x:c>
       <x:c r="W7" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X7" t="n">
-        <x:v>24779</x:v>
+        <x:v>24664</x:v>
       </x:c>
       <x:c r="Y7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z7" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA7" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB7" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC7" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD7" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF7" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG7" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="n">
-        <x:v>5</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B8" t="str">
-        <x:v>90051466</x:v>
+        <x:v>90050789</x:v>
       </x:c>
       <x:c r="C8" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>Hi-Tech Metal Finishing</x:v>
       </x:c>
       <x:c r="D8" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>3100 Jim Christal Rd</x:v>
       </x:c>
       <x:c r="E8" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>Denton</x:v>
       </x:c>
       <x:c r="F8" t="str">
-        <x:v>CA</x:v>
+        <x:v>TX</x:v>
       </x:c>
       <x:c r="G8" t="str">
-        <x:v>90805</x:v>
+        <x:v>76207</x:v>
       </x:c>
       <x:c r="H8" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>(940) 349-6014</x:v>
       </x:c>
       <x:c r="I8" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>940-898-8305</x:v>
       </x:c>
       <x:c r="J8" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K8" t="str">
         <x:v/>
       </x:c>
       <x:c r="L8" t="str">
         <x:v/>
       </x:c>
       <x:c r="M8" t="str">
         <x:v/>
       </x:c>
       <x:c r="N8" t="str">
         <x:v/>
       </x:c>
       <x:c r="O8" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P8" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q8" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R8" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T8" t="str">
         <x:v/>
       </x:c>
       <x:c r="U8" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V8" t="str">
-        <x:v>Limited to Nitric 1, 2, 3,  4 only</x:v>
+        <x:v>Nitric 1  4 only</x:v>
       </x:c>
       <x:c r="W8" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X8" t="n">
-        <x:v>24479</x:v>
+        <x:v>24779</x:v>
       </x:c>
       <x:c r="Y8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z8" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA8" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB8" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
-        <x:v>221</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="B9" t="str">
-        <x:v>90024675</x:v>
+        <x:v>90051466</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
+        <x:v>Lubeco Inc</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>165 Field St</x:v>
+        <x:v>6859 Downey Ave</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>West Babylon</x:v>
+        <x:v>Long Beach</x:v>
       </x:c>
       <x:c r="F9" t="str">
-        <x:v>NY</x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>11704</x:v>
+        <x:v>90805</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(631) 694-1818</x:v>
+        <x:v>(562) 602-1791</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(631) 694-1848</x:v>
+        <x:v>(562) 633-4078</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R9" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T9" t="str">
         <x:v/>
       </x:c>
       <x:c r="U9" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V9" t="str">
-        <x:v>Limited to Nitric 1, Nitric 2, Nitric 3. Limited to Practice B, C, D, E, F </x:v>
+        <x:v>Limited to Nitric 1, 2, 3,  4 only</x:v>
       </x:c>
       <x:c r="W9" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X9" t="n">
-        <x:v>24737</x:v>
+        <x:v>24479</x:v>
       </x:c>
       <x:c r="Y9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z9" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA9" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB9" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC9" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD9" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF9" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG9" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="n">
-        <x:v>82</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B10" t="str">
-        <x:v>90041879</x:v>
+        <x:v>90024675</x:v>
       </x:c>
       <x:c r="C10" t="str">
-        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
+        <x:v>Magellan Aerospace Processing, New York, Inc.</x:v>
       </x:c>
       <x:c r="D10" t="str">
-        <x:v>6060 SHULL ST                       </x:v>
+        <x:v>165 Field St</x:v>
       </x:c>
       <x:c r="E10" t="str">
-        <x:v>BELL GARDENS                        </x:v>
+        <x:v>West Babylon</x:v>
       </x:c>
       <x:c r="F10" t="str">
-        <x:v>CA </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G10" t="str">
-        <x:v>90201-6237                          </x:v>
+        <x:v>11704</x:v>
       </x:c>
       <x:c r="H10" t="str">
-        <x:v>562-927-1331</x:v>
+        <x:v>(631) 694-1818</x:v>
       </x:c>
       <x:c r="I10" t="str">
-        <x:v>562-927-0692</x:v>
+        <x:v>(631) 694-1848</x:v>
       </x:c>
       <x:c r="J10" t="str">
-        <x:v>8/7/2006</x:v>
+        <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K10" t="str">
         <x:v/>
       </x:c>
       <x:c r="L10" t="str">
         <x:v/>
       </x:c>
       <x:c r="M10" t="str">
         <x:v/>
       </x:c>
       <x:c r="N10" t="str">
         <x:v/>
       </x:c>
       <x:c r="O10" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P10" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q10" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R10" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T10" t="str">
         <x:v/>
       </x:c>
       <x:c r="U10" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V10" t="str">
-        <x:v>Limited to Nitric 1, 2, 3, 5. Not approved for high humidity testing</x:v>
+        <x:v>Limited to Nitric 1, Nitric 2, Nitric 3. Limited to Practice B, C, D, E, F </x:v>
       </x:c>
       <x:c r="W10" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X10" t="n">
-        <x:v>24828</x:v>
+        <x:v>24737</x:v>
       </x:c>
       <x:c r="Y10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z10" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA10" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB10" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC10" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD10" t="str">
-        <x:v>Manufacturer</x:v>
+        <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF10" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG10" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="n">
-        <x:v>24897</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B11" t="str">
-        <x:v>90077007</x:v>
+        <x:v>90041879</x:v>
       </x:c>
       <x:c r="C11" t="str">
-        <x:v>ND Testing Inc</x:v>
+        <x:v>METAL SURFACES INTERNATIONAL LLC                  </x:v>
       </x:c>
       <x:c r="D11" t="str">
-        <x:v>11473 Pacific Ave</x:v>
+        <x:v>6060 SHULL ST                       </x:v>
       </x:c>
       <x:c r="E11" t="str">
-        <x:v>FONTANA</x:v>
+        <x:v>BELL GARDENS                        </x:v>
       </x:c>
       <x:c r="F11" t="str">
-        <x:v>CA</x:v>
+        <x:v>CA </x:v>
       </x:c>
       <x:c r="G11" t="str">
-        <x:v>92337</x:v>
+        <x:v>90201-6237                          </x:v>
       </x:c>
       <x:c r="H11" t="str">
-        <x:v>9099884054</x:v>
+        <x:v>562-927-1331</x:v>
       </x:c>
       <x:c r="I11" t="str">
-        <x:v>909-988-2356</x:v>
+        <x:v>562-927-0692</x:v>
       </x:c>
       <x:c r="J11" t="str">
-        <x:v>6/9/2020</x:v>
+        <x:v>8/7/2006</x:v>
       </x:c>
       <x:c r="K11" t="str">
         <x:v/>
       </x:c>
       <x:c r="L11" t="str">
         <x:v/>
       </x:c>
       <x:c r="M11" t="str">
         <x:v/>
       </x:c>
       <x:c r="N11" t="str">
         <x:v/>
       </x:c>
       <x:c r="O11" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P11" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q11" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R11" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T11" t="str">
         <x:v/>
       </x:c>
       <x:c r="U11" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V11" t="str">
-        <x:v>Limited to Citric Acid Solutions only. (Citric 1 – 4)</x:v>
+        <x:v>Limited to Nitric 1, 2, 3, 5. Not approved for high humidity testing</x:v>
       </x:c>
       <x:c r="W11" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X11" t="n">
-        <x:v>29865</x:v>
+        <x:v>24828</x:v>
       </x:c>
       <x:c r="Y11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z11" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA11" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB11" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC11" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD11" t="str">
-        <x:v>Independent Processor</x:v>
+        <x:v>Manufacturer</x:v>
       </x:c>
       <x:c r="AE11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF11" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG11" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="n">
-        <x:v>174</x:v>
+        <x:v>24897</x:v>
       </x:c>
       <x:c r="B12" t="str">
-        <x:v>90024581</x:v>
+        <x:v>90077007</x:v>
       </x:c>
       <x:c r="C12" t="str">
-        <x:v>NOBLE AEROSPACE</x:v>
+        <x:v>ND Testing Inc</x:v>
       </x:c>
       <x:c r="D12" t="str">
-        <x:v>2136 S HATHAWAY ST</x:v>
+        <x:v>11473 Pacific Ave</x:v>
       </x:c>
       <x:c r="E12" t="str">
-        <x:v>SANTA ANA</x:v>
+        <x:v>FONTANA</x:v>
       </x:c>
       <x:c r="F12" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G12" t="str">
-        <x:v>92705-5248</x:v>
+        <x:v>92337</x:v>
       </x:c>
       <x:c r="H12" t="str">
-        <x:v>7145469842</x:v>
+        <x:v>9099884054</x:v>
       </x:c>
       <x:c r="I12" t="str">
-        <x:v>714-546-4037</x:v>
+        <x:v>909-988-2356</x:v>
       </x:c>
       <x:c r="J12" t="str">
-        <x:v>1/1/2004</x:v>
+        <x:v>6/9/2020</x:v>
       </x:c>
       <x:c r="K12" t="str">
-        <x:v>8H252</x:v>
+        <x:v/>
       </x:c>
       <x:c r="L12" t="str">
-        <x:v>009659541</x:v>
+        <x:v/>
       </x:c>
       <x:c r="M12" t="str">
         <x:v/>
       </x:c>
       <x:c r="N12" t="str">
         <x:v/>
       </x:c>
       <x:c r="O12" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P12" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q12" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R12" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T12" t="str">
         <x:v/>
       </x:c>
       <x:c r="U12" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>
       <x:c r="V12" t="str">
-        <x:v/>
+        <x:v>Limited to Citric Acid Solutions only. (Citric 1 – 4)</x:v>
       </x:c>
       <x:c r="W12" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="X12" t="n">
-        <x:v>24664</x:v>
+        <x:v>29865</x:v>
       </x:c>
       <x:c r="Y12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="Z12" t="str">
         <x:v>True</x:v>
       </x:c>
       <x:c r="AA12" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="AB12" t="str">
         <x:v>United States</x:v>
       </x:c>
       <x:c r="AC12" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD12" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF12" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG12" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="n">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B13" t="str">
         <x:v>90051986</x:v>
       </x:c>
       <x:c r="C13" t="str">
-        <x:v>NORTH EAST FINISHING CO                           </x:v>
+        <x:v>NORTH EAST FINISHING CO</x:v>
       </x:c>
       <x:c r="D13" t="str">
-        <x:v>245 RALPH AV                        </x:v>
+        <x:v>245 RALPH AV</x:v>
       </x:c>
       <x:c r="E13" t="str">
-        <x:v>COPIAGUE                            </x:v>
+        <x:v>COPIAGUE</x:v>
       </x:c>
       <x:c r="F13" t="str">
-        <x:v>NY </x:v>
+        <x:v>NY</x:v>
       </x:c>
       <x:c r="G13" t="str">
-        <x:v>11726                               </x:v>
+        <x:v>11726-1514</x:v>
       </x:c>
       <x:c r="H13" t="str">
         <x:v>6317898000</x:v>
       </x:c>
       <x:c r="I13" t="str">
         <x:v>631-789-8094</x:v>
       </x:c>
       <x:c r="J13" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K13" t="str">
-        <x:v/>
+        <x:v>7BZG6</x:v>
       </x:c>
       <x:c r="L13" t="str">
-        <x:v/>
+        <x:v>947402947</x:v>
       </x:c>
       <x:c r="M13" t="str">
         <x:v/>
       </x:c>
       <x:c r="N13" t="str">
         <x:v/>
       </x:c>
       <x:c r="O13" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P13" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q13" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>
       <x:c r="R13" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T13" t="str">
         <x:v/>
       </x:c>
       <x:c r="U13" t="str">
         <x:v>Chemical Processing</x:v>
       </x:c>