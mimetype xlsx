--- v1 (2025-12-08)
+++ v2 (2026-02-07)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ac70dc7e0c4232" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7513fc9c774446ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="Rc766ee22ee854dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Table1" sheetId="1" r:id="R3524a0aef0284195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc766ee22ee854dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rIdStyles" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3524a0aef0284195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str">
         <x:v>SupplierId</x:v>
       </x:c>
       <x:c r="B1" t="str">
         <x:v>SupplierNumber</x:v>
       </x:c>
       <x:c r="C1" t="str">
         <x:v>SupplierName</x:v>
       </x:c>
       <x:c r="D1" t="str">
         <x:v>Address</x:v>
       </x:c>
       <x:c r="E1" t="str">
         <x:v>City</x:v>
       </x:c>
       <x:c r="F1" t="str">
         <x:v>State</x:v>
       </x:c>
       <x:c r="G1" t="str">
@@ -119,63 +119,63 @@
       </x:c>
       <x:c r="AC1" t="str">
         <x:v>CountryAbbreviation</x:v>
       </x:c>
       <x:c r="AD1" t="str">
         <x:v>SupplierType</x:v>
       </x:c>
       <x:c r="AE1" t="str">
         <x:v>SupplierSector</x:v>
       </x:c>
       <x:c r="AF1" t="str">
         <x:v>SpecSector</x:v>
       </x:c>
       <x:c r="AG1" t="str">
         <x:v>SectorAbbreviation</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="n">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B2" t="str">
         <x:v>90008061</x:v>
       </x:c>
       <x:c r="C2" t="str">
-        <x:v>BARRY AVENUE PLATING CO INC                       </x:v>
+        <x:v>BARRY AVENUE PLATING CO INC</x:v>
       </x:c>
       <x:c r="D2" t="str">
-        <x:v>2210 BARRY AVE                      </x:v>
+        <x:v>2210 BARRY AVE</x:v>
       </x:c>
       <x:c r="E2" t="str">
-        <x:v>LOS ANGELES                         </x:v>
+        <x:v>LOS ANGELES</x:v>
       </x:c>
       <x:c r="F2" t="str">
         <x:v>CA </x:v>
       </x:c>
       <x:c r="G2" t="str">
-        <x:v>90064-1402                          </x:v>
+        <x:v>90064-1402</x:v>
       </x:c>
       <x:c r="H2" t="str">
         <x:v>3104780078</x:v>
       </x:c>
       <x:c r="I2" t="str">
         <x:v/>
       </x:c>
       <x:c r="J2" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K2" t="str">
         <x:v/>
       </x:c>
       <x:c r="L2" t="str">
         <x:v/>
       </x:c>
       <x:c r="M2" t="str">
         <x:v/>
       </x:c>
       <x:c r="N2" t="str">
         <x:v/>
       </x:c>
       <x:c r="O2" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
@@ -511,63 +511,63 @@
       </x:c>
       <x:c r="AC5" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD5" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG5" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="n">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B6" t="str">
         <x:v>90046908</x:v>
       </x:c>
       <x:c r="C6" t="str">
-        <x:v>Elite Metal Finishing LLC</x:v>
+        <x:v>ELITE METAL FINISHING LLC</x:v>
       </x:c>
       <x:c r="D6" t="str">
-        <x:v>540 Spectrum Cr                    </x:v>
+        <x:v>540 SPECTRUM CIRCLE</x:v>
       </x:c>
       <x:c r="E6" t="str">
-        <x:v>Oxnard                            </x:v>
+        <x:v>OXNARD</x:v>
       </x:c>
       <x:c r="F6" t="str">
-        <x:v>CA </x:v>
+        <x:v>CA</x:v>
       </x:c>
       <x:c r="G6" t="str">
-        <x:v>93030                               </x:v>
+        <x:v>93030-8988</x:v>
       </x:c>
       <x:c r="H6" t="str">
         <x:v>8059834320</x:v>
       </x:c>
       <x:c r="I6" t="str">
         <x:v>805-983-3830</x:v>
       </x:c>
       <x:c r="J6" t="str">
         <x:v>10/6/2011</x:v>
       </x:c>
       <x:c r="K6" t="str">
         <x:v/>
       </x:c>
       <x:c r="L6" t="str">
         <x:v/>
       </x:c>
       <x:c r="M6" t="str">
         <x:v/>
       </x:c>
       <x:c r="N6" t="str">
         <x:v/>
       </x:c>
       <x:c r="O6" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
@@ -805,69 +805,69 @@
       </x:c>
       <x:c r="AC8" t="str">
         <x:v>US</x:v>
       </x:c>
       <x:c r="AD8" t="str">
         <x:v>Independent Processor</x:v>
       </x:c>
       <x:c r="AE8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AF8" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG8" t="str">
         <x:v>AS</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B9" t="str">
         <x:v>90051466</x:v>
       </x:c>
       <x:c r="C9" t="str">
-        <x:v>Lubeco Inc</x:v>
+        <x:v>LUBECO INC</x:v>
       </x:c>
       <x:c r="D9" t="str">
-        <x:v>6859 Downey Ave</x:v>
+        <x:v>6859 DOWNEY AVENUE</x:v>
       </x:c>
       <x:c r="E9" t="str">
-        <x:v>Long Beach</x:v>
+        <x:v>LONG BEACH</x:v>
       </x:c>
       <x:c r="F9" t="str">
         <x:v>CA</x:v>
       </x:c>
       <x:c r="G9" t="str">
-        <x:v>90805</x:v>
+        <x:v>90805-1967</x:v>
       </x:c>
       <x:c r="H9" t="str">
-        <x:v>(562) 602-1791</x:v>
+        <x:v>5626021791</x:v>
       </x:c>
       <x:c r="I9" t="str">
-        <x:v>(562) 633-4078</x:v>
+        <x:v>562-633-4078</x:v>
       </x:c>
       <x:c r="J9" t="str">
         <x:v>1/1/2004</x:v>
       </x:c>
       <x:c r="K9" t="str">
         <x:v/>
       </x:c>
       <x:c r="L9" t="str">
         <x:v/>
       </x:c>
       <x:c r="M9" t="str">
         <x:v/>
       </x:c>
       <x:c r="N9" t="str">
         <x:v/>
       </x:c>
       <x:c r="O9" t="str">
         <x:v>ASTM A967</x:v>
       </x:c>
       <x:c r="P9" t="str">
         <x:v/>
       </x:c>
       <x:c r="Q9" t="str">
         <x:v>Chemical Passivation Treatments for Stainless Steel Parts</x:v>
       </x:c>